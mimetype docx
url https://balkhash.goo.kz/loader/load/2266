--- v0 (2025-12-18)
+++ v1 (2026-01-06)
@@ -1,7575 +1,11249 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00220088" w:rsidRDefault="00220088" w:rsidP="00F5679F">
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>О государственных услугах</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Закон Республики Казахстан от 15 апреля 2013 года № 88-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Настоящий Закон регулирует общественные отношения в сфере</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Глава 1. ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 1. Основные понятия, используемые</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в настоящем Законе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В настоящем Законе используются следующие основные понятия:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>уполномоченный орган в сфере информатизации – центральный государственный орган, осуществляющий руководство в сфере информатизации и «электронного правительства»;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) принцип «одного окна» – форма централизованного оказания государственной услуги, предусматривающая минимальное участие услугополучателя в сборе и подготовке документов при оказании государственной услуги и ограничение его непосредственного контакта с услугодателями;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) услугополучатель – физические и юридические лица, за исключением центральных государственных органов, загранучреждений Республики Казахстан, местных исполнительных органов областей, городов республиканского значения, столицы, районов, городов областного значения, акимов районов в городе, городов районного значения, поселков, сел, сельских округов;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) услугодатель – центральные государственные органы, загранучреждения Республики Казахстан, местные исполнительные органы областей, городов республиканского значения, столицы, районов, городов областного значения, акимы районов в городе, городов районного значения, поселков, сел, сельских округов, а также физические и юридические лица, оказывающие государственные услуги в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) государственная услуга – одна из форм реализации отдельных государственных функций, осуществляемых в индивидуальном порядке по обращению услугополучателей и направленных на реализацию их прав, свобод и законных интересов, предоставление им соответствующих материальных или нематериальных благ;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) регламент государственной услуги – нормативный правовой акт, устанавливающий требования по соблюдению стандарта государственной услуги и определяющий порядок деятельности услугодателей, в том числе порядок взаимодействия с иными услугодателями, центрами обслуживания населения, а также использования информационных систем в процессе оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) стандарт государственной услуги – нормативный правовой акт, устанавливающий требования к оказанию государственной услуги, а также включающий характеристики процесса, формы, содержание и результат оказания государственной услуги;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">реестр государственных услуг – классифицированный перечень </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) Единый контакт-центр по вопросам оказания государственных услуг – информационно-справочная служба, обеспечивающая работу по предоставлению услугополучателям информации по вопросам оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10) информационная система мониторинга оказания государственных услуг – информационная система, предназначенная для автоматизации и мониторинга процесса оказания государственных услуг, в том числе оказываемых через центры обслуживания населения;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) общественный мониторинг качества оказания государственных услуг – деятельность физических лиц, некоммерческих организаций по сбору, анализу информации об уровне качества оказания государственных услуг и выработке рекомендаций;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оценка качества оказания государственных услуг – деятельность по определению эффективности мер по обеспечению услугополучателей доступными и качественными государственными услугами, оказываемыми центральными государственными органами, местными исполнительными органами областей, городов республиканского значения, столицы, районов, городов областного значения, акимами районов в городе, городов районного значения, поселков, сел, сельских округов;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13) контроль за качеством оказания государственных услуг – деятельность по проверке и мониторингу соблюдения законодательства Республики Казахстан в сфере оказания государственных услуг центральными государственными органами, местными исполнительными органами областей, городов республиканского значения, столицы, районов, городов областного значения, акимами районов в городе, городов районного значения, поселков, сел, сельских округов;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>уполномоченный орган по оценке и контролю за качеством оказания государственных услуг – центральный государственный орган, осуществляющий в пределах своей компетенции деятельность по оценке и контролю за качеством оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15) автоматизация процесса оказания государственной услуги – процедура преобразования административных процессов услугодателя для обеспечения оказания государственной услуги в электронной форме;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16) оптимизация процесса оказания государственной услуги – мероприятие, направленное на упрощение процесса оказания государственной услуги, сокращение срока оказания государственной услуги, перечня документов, представляемых услугополучателями, а также звеньев процесса ее оказания, в том числе путем автоматизации;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17) уполномоченный орган в сфере оказания государственных услуг – центральный государственный орган, осуществляющий руководство и межотраслевую координацию в сфере оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">центр обслуживания населения – юридическое лицо, осуществляющее организацию работы по приему заявлений на оказание государственных услуг и выдаче их результатов услугополучателю по принципу «одного окна», а также обеспечивающее оказание государственных услуг в электронной форме посредством получения сведений из информационных систем в соответствии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19) веб-портал «электронного правительства» – информационная система, представляющая собой единое окно доступа ко всей консолидированной правительственной информации, включая нормативную правовую базу, и к государственным услугам, оказываемым в электронной форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 2. Законодательство Республики Казахстан в сфере</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Законодательство Республики Казахстан в сфере оказания государственных услуг основывается на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Конституции Республики Казахстан, состоит из настоящего Закона и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>иных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>правовых</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>актов Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 3. Основные принципы оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственные услуги оказываются на основе следующих основных принципов:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> равного доступа услугополучателям без какой-либо дискриминации по мотивам происхождения, социального, должностного и имущественного положения, пола, расы, национальности, языка, отношения к религии, убеждений, места жительства или по любым иным обстоятельствам;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> недопустимости проявлений бюрократизма и волокиты при оказании государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подотчетности и прозрачности в сфере оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качества и доступности государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> постоянного совершенствования процесса оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> экономичности и эффективности при оказании государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 4. Права услугополучателей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Услугополучатели имеют право:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) получать полную и достоверную информацию о государственной услуге;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) получать государственную услугу в соответствии со стандартом государственной услуги;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) обжаловать решения, действия (бездействие) центрального государственного органа, местного исполнительного органа области, города республиканского значения, столицы, района, города областного значения, акима района в городе, города районного значения, поселка, села, сельского округа, а также услугодателя и (или) их должностных лиц, центров обслуживания населения и (или) их работников по вопросам оказания государственных услуг в порядке, установленном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>законодательными</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>актами Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) получать государственную услугу в бумажной и (или) электронной форме в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) участвовать в публичных обсуждениях проектов стандартов государственных услуг в порядке, предусмотренном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">статьей 15 настоящего </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Закона;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) обращаться в суд с иском о защите нарушенных прав, свобод и законных интересов в сфере оказания государственных услуг.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Иностранцы, лица без гражданства и иностранные юридические лица получают государственные услуги наравне с гражданами и юридическими лицами Республики Казахстан, если иное не предусмотрено</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 5. Права и обязанности услугодателей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Услугодатели имеют право:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) обращаться с запросом в центральные государственные органы, местные исполнительные органы областей, городов республиканского значения, столицы, районов, городов областного значения, к акимам районов в городе, городов районного значения, поселков, сел, сельских округов за информацией, необходимой для оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) отказывать в оказании государственных услуг в случаях и по основаниям, установленным законами Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Услугодатели обязаны:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) оказывать государственные услуги в соответствии со стандартами и регламентами государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) создавать необходимые условия для лиц с ограниченными возможностями при получении ими государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) предоставлять полную и достоверную информацию о порядке оказания государственных услуг услугополучателям в доступной форме;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) предоставлять центральным государственным органам, местным исполнительным органам областей, городов республиканского значения, столицы, районов, городов областного значения, акимам районов в городе, городов районного значения, поселков, сел, сельских округов, иным услугодателям, центрам обслуживания населения документы и информацию, необходимые для оказания государственных услуг, в том числе посредством интеграции информационных систем, в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) направлять в центр обслуживания населения результат государственной услуги, оказываемой через центр обслуживания населения, не позднее чем за сутки до истечения срока оказания государственной услуги, установленного стандартом государственной услуги;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) повышать квалификацию работников в сфере оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) рассматривать жалобы услугополучателей и информировать их о результатах рассмотрения в сроки, установленные настоящим Законом;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) информировать по запросу услугополучателей о стадии исполнения государственной услуги;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) принимать меры, направленные на восстановление нарушенных прав, свобод и законных интересов услугополучателей;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10) обеспечивать бесперебойное функционирование информационных систем, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>содержащих необходимые сведения для оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) обеспечивать внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги в порядке, установленном уполномоченным органом в сфере информатизации;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12) получать письменное согласие услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Истребование от услугополучателей документов, которые могут быть получены из информационных систем, не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Глава 2. ГОСУДАРСТВЕННОЕ РЕГУЛИРОВАНИЕ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В СФЕРЕ ОКАЗАНИЯ ГОСУДАРСТВЕННЫХ УСЛУГ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 6. Компетенция Правительства Республики Казахстан в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сфере оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00220088" w:rsidRDefault="00220088" w:rsidP="00F5679F">
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительство Республики Казахстан:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) разрабатывает основные направления государственной политики в сфере оказания государственных услуг и организует их осуществление;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>утверждает реестр государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) утверждает стандарты государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) утверждает правила ведения реестра государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) утверждает перечень государственных услуг, подлежащих оптимизации и автоматизации, и сроки их перевода в электронную форму;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>утверждает правила отбора государственных услуг, подлежащих оказанию через центры обслуживания населения;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) утверждает правила взаимодействия Единого контакт-центра по вопросам оказания государственных услуг с центральными государственными органами, местными исполнительными органами областей, городов республиканского значения, столицы, районов, городов областного значения, акимами районов в городе, городов районного значения, поселков, сел, сельских округов, а также услугодателями;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) утверждает перечень государственных услуг, оказываемых в электронной форме на основании одного заявления;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) утверждает правила оптимизации и автоматизации государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10) выполняет иные функции, возложенные на него</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Конституцией, настоящим Законом, иными законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 7. Компетенция уполномоченного органа по оценке и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за качеством оказания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Уполномоченный орган по оценке и контролю за качеством оказания государственных услуг:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) обеспечивает реализацию государственной политики в сфере оказания государственных услуг в пределах своей компетенции;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) осуществляет контроль за качеством оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) разрабатывает и утверждает правила контроля за качеством оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) запрашивает информацию о результатах внутреннего контроля за качеством оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) разрабатывает и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>утверждает методику оценки качества оказания государственных услуг по согласованию с уполномоченным органом в сфере информатизации;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) осуществляет формирование и реализацию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>государственного социального заказа по проведению общественного мониторинга качества оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) создает общественные советы по взаимодействию и сотрудничеству с физическими лицами, некоммерческими организациями по вопросам оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) оказывает информационную, консультативную, методическую поддержку физическим лицам и некоммерческим организациям по проведению общественного мониторинга качества оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) осуществляет иные функции, предусмотренные настоящим Законом, иными</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>законами Республики Казахстан,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 8. Компетенция уполномоченного органа в сфере</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Уполномоченный орган в сфере оказания государственных услуг:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) обеспечивает реализацию государственной политики в сфере оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) разрабатывает правила ведения реестра государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) осуществляет разработку и ведение реестра государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) разрабатывает и утверждает правила по разработке стандартов и регламентов государственных услуг по согласованию с уполномоченным органом в сфере информатизации;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) осуществляет согласование проектов стандартов государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) проводит мониторинг деятельности центральных государственных органов, местных исполнительных органов областей, городов республиканского значения и столицы по разработке стандартов и (или) регламентов государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) разрабатывает и утверждает методику определения стоимости государственной услуги;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) разрабатывает и утверждает порядок формирования, сроки представления и типовую форму отчета деятельности центральных государственных органов, местных исполнительных органов областей, городов республиканского значения, столицы, районов, городов областного значения, акимов районов в городе, городов районного значения, поселков, сел, сельских округов по вопросам оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) разрабатывает предложения по совершенствованию стандартов государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 9. Компетенция уполномоченного органа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в сфере информатизации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Уполномоченный орган в сфере информатизации:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) обеспечивает реализацию государственной политики в сфере оказания государственных услуг в пределах своей компетенции;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) разрабатывает и утверждает правила деятельности центров обслуживания населения;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) разрабатывает правила отбора государственных услуг, подлежащих оказанию через центры обслуживания населения;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) осуществляет организацию деятельности центров обслуживания населения;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) координирует деятельность центров обслуживания населения и их взаимодействие с услугодателями;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) осуществляет методологическое обеспечение деятельности центров обслуживания населения;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) разрабатывает перечень государственных услуг, подлежащих оптимизации и автоматизации, и сроки их перевода в электронную форму;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) организует и координирует работу Единого контакт-центра по вопросам оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) разрабатывает и утверждает правила деятельности Единого контакт-центра по вопросам оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10) разрабатывает правила взаимодействия Единого контакт-центра по вопросам оказания государственных услуг с центральными государственными органами, местными исполнительными органами областей, городов республиканского значения, столицы, районов, городов областного значения, акимами районов в городе, городов районного значения, поселков, сел, сельских округов, а также услугодателями;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) осуществляет согласование проектов стандартов государственных услуг, предусматривающих электронную форму оказания государственных услуг и (или) оказание государственных услуг через центры обслуживания населения;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12) разрабатывает предложения по совершенствованию стандартов государственных услуг, оказываемых в электронной форме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) через центры обслуживания населения;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13) разрабатывает правила оптимизации и автоматизации государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 10. Компетенция центральных государственных органов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Центральные государственные органы:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) разрабатывают стандарты государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) разрабатывают и утверждают регламенты государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) обеспечивают повышение качества оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) обеспечивают доступность стандартов и регламентов государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) обеспечивают информированность услугополучателей о порядке оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) рассматривают обращения услугополучателей по вопросам оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) принимают меры, направленные на восстановление нарушенных прав, свобод и законных интересов услугополучателей;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) обеспечивают повышение квалификации работников в сфере оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) принимают меры по оптимизации и автоматизации процессов оказания государственных услуг в соответствии с законодательством Республики Казахстан по согласованию с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>уполномоченным органом в сфере информатизации;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10) обеспечивают предоставление информации в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг для проведения оценки качества оказания государственных услуг, а также информации по результатам внутреннего контроля за качеством оказания государственных услуг в порядке и сроки, установленные законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) обеспечивают предоставление информации в уполномоченный орган в сфере информатизации для проведения оценки качества оказания государственных услуг, оказываемых в электронной форме, в порядке и сроки, установленные законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12) предоставляют доступ центрам обслуживания населения к информационным системам, содержащим необходимые для оказания государственных услуг сведения, если иное не предусмотрено законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13) предоставляют информацию о порядке оказания государственных услуг в Единый контакт-центр по вопросам оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14) проводят внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15) обеспечивают соблюдение услугодателями стандартов государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16) осуществляют иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 11. Компетенция местных исполнительных органов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>областей, городов республиканского значения,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>столицы, районов, городов областного значения,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">акимов районов в городе, городов районного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>значения, поселков, сел, сельских округов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Местные исполнительные органы областей, городов республиканского значения, столицы, районов, городов областного значения, акимы районов в городе, городов районного значения, поселков, сел, сельских округов:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) обеспечивают повышение качества оказания государственных услуг на территории соответствующей административно-территориальной единицы;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) обеспечивают доступность стандартов и регламентов государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) обеспечивают информированность услугополучателей о порядке оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) рассматривают обращения услугополучателей по вопросам оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) принимают меры, направленные на восстановление нарушенных прав, свобод и законных интересов услугополучателей;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) обеспечивают повышение квалификации работников в сфере оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) принимают меры по оптимизации и автоматизации процессов оказания государственных услуг в соответствии с законодательством Республики Казахстан по согласованию с уполномоченным органом в сфере информатизации;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) обеспечивают предоставление информации в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>уполномоченный орган по оценке и контролю за качеством оказания государственных услуг для проведения оценки качества оказания государственных услуг, а также информации по результатам внутреннего контроля за качеством оказания государственных услуг в порядке и сроки, установленные законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) обеспечивают предоставление информации в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>уполномоченный орган в сфере информатизации для проведения оценки качества оказания государственных услуг, оказываемых в электронной форме, в порядке и сроки, установленные законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10) предоставляют доступ центрам обслуживания населения к информационным системам, содержащим необходимые для оказания государственных услуг сведения, если иное не предусмотрено законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) предоставляют информацию о порядке оказания государственных услуг в Единый контакт-центр по вопросам оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12) проводят внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13) обеспечивают соблюдение услугодателями стандартов государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14) осуществляют в интересах местного государственного управления иные полномочия, возлагаемые законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Глава 3. РЕЕСТР, СТАНДАРТ  И РЕГЛАМЕНТ ГОСУДАРСТВЕННЫХ УСЛУГ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 12. Реестр государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Государственные услуги подлежат включению в реестр государственных услуг.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Реестр государственных услуг предусматривает:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> наименование государственной услуги;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сведения об услугополучателе (физическое и (или) юридическое лицо); наименование центрального государственного органа, разрабатывающего стандарт государственной услуги; наименование услугодателя;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> наименование организаций, осуществляющих прием заявлений и выдачу результатов оказания государственной услуги, и (или) указание на веб-портал «электронного правительства» в случае оказания государственной услуги в электронной форме;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> форму оказания государственной услуги;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> платность либо бесплатность оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 13. Общие требования к разработке и утверждению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>стандарта государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Для обеспечения единых требований к качеству оказания государственных услуг центральными государственными органами разрабатываются стандарты государственных услуг, в том числе для государственных услуг, оказываемых загранучреждениями Республики Казахстан, местными исполнительными органами областей, городов республиканского значения, столицы, районов, городов областного значения, акимами районов в городе, городов районного значения, поселков, сел, сельских округов.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарт государственной услуги, разрабатываемый центральным государственным органом, подчиненным и подотчетным Президенту Республики Казахстан, утверждается Правительством Республики Казахстан по согласованию с Администрацией Президента Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарт государственной услуги, разрабатываемый центральным государственным органом, входящим в структуру Правительства Республики Казахстан, утверждается Правительством Республики</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарт государственной услуги разрабатывается и утверждается в течение трех месяцев с даты включения государственной услуги в реестр государственных услуг. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Проект стандарта государственной услуги подлежит публичному обсуждению в порядке, предусмотренном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>статьей 15 настоящего Закона.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Принятие, изменение, дополнение и отмена стандартов государственных услуг осуществляются на основе предложений</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, уполномоченного органа в сфере оказания государственных услуг,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>уполномоченного органа в сфере информатизации, центральных государственных органов, местных исполнительных органов областей, городов республиканского значения, столицы, районов, городов областного значения, акимов районов в городе, городов районного значения, поселков, сел, сельских округов, а также по итогам общественного мониторинга качества оказания государственных услуг и (или) рассмотрения обращений услугополучателей по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 14. Требования к содержанию стандарта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги предусматривает:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) общие положения: наименование государственной услуги;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> наименование центрального государственного органа, разрабатывающего стандарт государственной услуги; наименование услугодателя;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) порядок оказания государственной услуги:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> срок оказания государственной услуги; форму оказания государственной услуги; результат оказания государственной услуги;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> размер платы, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> график работы услугодателя;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> перечень документов, необходимых для оказания государственной услуги;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) порядок обжалования решений, действий (бездействия) центральных государственных органов, местных исполнительных органов областей, городов республиканского значения, столицы, районов, городов областного значения, акимов районов в городе, городов районного значения, поселков, сел, сельских округов, а также услугодателей и (или) их должностных лиц, центров обслуживания населения и (или) их работников по вопросам оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через центры обслуживания населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 15. Публичное обсуждение проектов стандартов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Публичное обсуждение проектов стандартов государственных услуг проводится с целью учета замечаний и предложений физических и юридических лиц, права, свободы и законные интересы которых затрагиваются стандартами государственных услуг.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Центральный государственный орган, разрабатывающий стандарт государственной услуги, размещает проект стандарта государственной услуги для его публичного обсуждения на веб-портале «электронного правительства», своем интернет-ресурсе и (или) интернет-ресурсах местного исполнительного органа области, города республиканского значения, столицы, района, города областного значения, акима района в городе, города районного значения, поселка, села, сельского округа, а также обеспечивает иными способами информирование услугополучателей о проекте стандарта государственной услуги в течение пяти рабочих дней со дня включения государственной услуги в реестр государственных услуг.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Публичное обсуждение проекта стандарта государственной услуги осуществляется в течение тридцати календарных дней со дня его размещения </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>для публичного обсуждения.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Центральный государственный орган, разрабатывающий проект стандарта государственной услуги, составляет отчет о завершении публичного обсуждения проекта стандарта государственной услуги, который подлежит размещению на веб-портале «электронного правительства», своем интернет-ресурсе и (или) интернет-ресурсах местного исполнительного органа области, города республиканского значения, столицы, района, города областного значения, акима района в городе, города районного значения, поселка, села, сельского округа.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Отчет о завершении публичного обсуждения проекта стандарта государственной услуги содержит:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> перечень и краткое содержание замечаний и предложений, полученных в ходе публичного обсуждения, с приложением обоснований по принятым и (или) непринятым замечаниям и предложениям;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> информацию о способе ознакомления с проектом стандарта государственной услуги, доработанного с учетом поступивших замечаний и предложений.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Замечания и предложения физических и юридических лиц к проекту стандарта государственной услуги, поступившие по истечении срока, указанного в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пункте 3 настоящей статьи, не подлежат рассмотрению.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Проект стандарта государственной услуги, доработанный по результатам публичного обсуждения, и отчет о завершении публичного обсуждения проекта стандарта государственной услуги направляются на согласование в заинтересованные центральные государственные органы, местные исполнительные органы областей, городов республиканского значения, столицы, районов, городов областного значения, акимам районов в городе, городов районного значения, поселков, сел, сельских округов.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Проекты нормативных правовых актов по внесению изменений и (или) дополнений в утвержденные стандарты государственных услуг в обязательном порядке подлежат публичному обсуждению в порядке, установленном настоящей статьей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 16. Требования к разработке регламента</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Для организации деятельности услугодателей в течение тридцати календарных дней после утверждения стандарта государственной услуги центральными государственными органами и местными исполнительными органами областей, городов республиканского значения, столицы разрабатываются и утверждаются регламенты государственных услуг.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Регламент государственной услуги, разрабатываемый центральным государственным органом, утверждается нормативным правовым актом центрального государственного органа или его руководителя.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Регламент государственной услуги, разрабатываемый местным исполнительным органом области, города республиканского значения, столицы, в том числе для местного исполнительного органа района, города областного значения, акима района в городе, города районного значения, поселка, села, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>сельского округа, утверждается нормативным правовым постановлением акимата области, города республиканского значения, столицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 17. Требования к содержанию регламента</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Регламент государственной услуги предусматривает:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) общие положения;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) описание порядка действий структурных подразделений (работников) услугодателя в процессе оказания государственной услуги;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) описание порядка взаимодействия структурных подразделений (работников) услугодателя в процессе оказания государственной услуги;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) описание порядка взаимодействия с центром обслуживания населения и (или) иными услугодателями, а также порядка использования информационных систем в процессе оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Глава 4. ОКАЗАНИЕ ГОСУДАРСТВЕННЫХ УСЛУГ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 18. Оказание государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственные услуги оказываются:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) услугодателями;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) через центры обслуживания населения;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) посредством веб-портала «электронного правительства».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 19. Оказание государственных услуг услугодателями</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Требования и порядок оказания государственных услуг услугодателями определяются стандартом и регламентом государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 20. Оказание государственных услуг через центры</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обслуживания населения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. При оказании государственных услуг через центры обслуживания населения, оказание которых предусматривает отправку заявления и документов услугополучателя услугодателям на бумажном носителе, день приема заявлений и документов не входит в срок оказания государственной услуги, установленный стандартом государственной услуги.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Работник центра обслуживания населения обязан принять заявление услугополучателя при наличии у него полного пакета документов согласно перечню, предусмотренному стандартом государственной услуги.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае представления услугополучателем неполного пакета документов согласно перечню, предусмотренному стандартом государственной услуги, работник центра обслуживания населения отказывает в приеме заявления.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. При оказании государственной услуги через центры обслуживания населения идентификацию личности услугополучателя осуществляют работники центров обслуживания населения.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. При оказании государственных услуг через центры обслуживания населения взаимодействие с услугодателями осуществляется с использованием </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">информационной системы мониторинга оказания государственных услуг. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. По заявлению услугополучателя работник центра обслуживания населения заверяет электронную копию документа с представленного услугополучателем оригинала документа.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Работники центров обслуживания населения при оказании государственных услуг обязаны получать письменное согласие услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 21. Оказание государственных услуг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в электронной форме</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Оказание государственных услуг в электронной форме осуществляется посредством веб-портала «электронного правительства» в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Результатом оказания государственной услуги в электронной форме является выдача электронного документа или документа на бумажном носителе либо сведения из информационной системы «электронного правительства».</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. При оказании государственной услуги в электронной форме через центр обслуживания населения на основании письменного согласия услугополучателя его запрос в форме электронного документа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заверяется электронной цифровой подписью работника центра обслуживания населения, выданной ему для использования в служебных целях.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Услугополучателям может быть оказано несколько государственных услуг в электронной форме на основании одного заявления в порядке, определяемом уполномоченным органом в сфере информатизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 22. Оптимизация процессов оказания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оптимизация процессов оказания государственных услуг осуществляется центральными государственными органами, местными исполнительными органами областей, городов республиканского значения, столицы, районов, городов областного значения, акимами районов в городе, городов районного значения, поселков, сел, сельских округов на постоянной основе в порядке, определяемом уполномоченным органом в сфере информатизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 23. Информирование услугополучателей о порядке</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Информация о порядке оказания государственных услуг предоставляется посредством:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) размещения стандартов государственных услуг в местах нахождения услугодателей и центрах обслуживания населения;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) обращения физических и юридических лиц к услугодателям;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) размещения стандартов государственных услуг на веб-портале «электронного правительства», интернет-ресурсах центральных государственных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>органов, местных исполнительных органов областей, городов республиканского значения, столицы, районов, городов областного значения, акимов районов в городе, городов районного значения, поселков, сел, сельских округов, услугодателей и других средствах массовой информации;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) обращения в Единый контакт-центр по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Центральные государственные органы, местные исполнительные органы областей, городов республиканского значения, столицы, районов, городов областного значения, акимы районов в городе, городов районного значения, поселков, сел, сельских округов и услугодатели в течение трех рабочих дней с даты утверждения или изменения стандарта государственной услуги актуализируют информацию о порядке ее оказания.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Центральные государственные органы, местные исполнительные органы областей, городов республиканского значения, столицы, районов, городов областного значения, акимы районов в городе, городов районного значения, поселков, сел, сельских округов, услугодатели и центры обслуживания населения обязаны незамедлительно предоставлять услугополучателям информацию о порядке оказания государственных услуг с необходимыми разъяснениями при их обращении.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Информация о стадии оказания государственной услуги предоставляется услугополучателю при его обращении в Единый контакт-центр по вопросам оказания государственных услуг и (или) к услугодателю.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Центральные государственные органы, местные исполнительные органы областей, городов республиканского значения, столицы, районов, городов областного значения, акимы районов в городе, городов районного значения, поселков, сел, сельских округов ежегодно размещают на веб-портале «электронного правительства», интернет-ресурсах и других средствах массовой информации отчет о деятельности по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Центральные государственные органы, местные исполнительные органы областей, городов республиканского значения, столицы, районов, городов областного значения, акимы районов в городе, городов районного значения, поселков, сел, сельских округов не реже одного раза в год проводят публичные обсуждения отчетов о деятельности в сфере оказания государственных услуг с участием услугодателей, заинтересованных физических и юридических лиц. Итоги публичных обсуждений используются для повышения качества оказания государственных услуг и совершенствования стандартов государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 24. Плата за оказание государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Государственные услуги в Республике Казахстан оказываются на платной или бесплатной основе в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>законами Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Не допускается установление для услугополучателя платы за оказание государственных услуг, бесплатное предоставление которых гарантировано</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 25. Особенности рассмотрения жалоб по вопросам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Жалобы услугополучателей по вопросам оказания государственных услуг подлежат рассмотрению в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>законодательством Республики Казахстан с учетом особенностей, установленных настоящим Законом.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Жалоба услугополучателя, поступившая в адрес центрального государственного органа, местного исполнительного органа области, города республиканского значения, столицы, района, города областного значения, акима района в городе, города районного значения, поселка, села, сельского округа, услугодателя, центра обслуживания населения, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Уполномоченный орган по оценке и контролю за качеством оказания государственных услуг по итогам рассмотрения жалобы обязан:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) обеспечить комплексное изучение причин неудовлетворения услугополучателя принятым решением центрального государственного органа, местного исполнительного органа области, города республиканского значения, столицы, района, города областного значения, акима района в городе, города районного значения, поселка, села, сельского округа, услугодателя, центра обслуживания населения по его жалобе;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) в случае установления факта несоблюдения законодательства Республики Казахстан в сфере оказания государственных услуг со стороны центрального государственного органа, местного исполнительного органа области, города республиканского значения, столицы, района, города областного значения, акима района в городе, города районного значения, поселка, села, сельского округа направить в их адрес предложения для принятия мер по восстановлению нарушенных прав, свобод и законных интересов услугополучателя;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) осуществлять контроль своевременности и полноты удовлетворения жалобы услугополучателя со стороны центрального государственного органа, местного исполнительного органа области, города республиканского значения, столицы, района, города областного значения, акима района в городе, города районного значения, поселка, села, сельского округа.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Срок рассмотрения жалобы уполномоченным органом по оценке и контролю за качеством оказания государственных услуг, центральным государственным органом, местным исполнительным органом области, города республиканского значения, столицы, района, города областного значения, акимом района в городе, города районного значения, поселка, села, сельского округа продлевается не более чем на десять рабочих дней в случаях необходимости:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) проведения дополнительного изучения или проверки по жалобе либо проверки с выездом на место;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) получения дополнительной информации.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение трех рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>жалобы в электронном виде) услугополучателю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00220088" w:rsidRDefault="00220088" w:rsidP="00F5679F">
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Глава 5. КОНТРОЛЬ ЗА КАЧЕСТВОМ ОКАЗАНИЯ ГОСУДАРСТВЕННЫХ УСЛУГ. ОЦЕНКА И ОБЩЕСТВЕННЫЙ МОНИТОРИНГ КАЧЕСТВА ОКАЗАНИЯ ГОСУДАРСТВЕННЫХ УСЛУГ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 26. Принципы проведения контроля за качеством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оказания государственных услуг, оценки и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>общественного мониторинга качества оказания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Проведение контроля за качеством оказания государственных услуг, оценки и общественного мониторинга качества оказания государственных услуг основывается на принципах:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) законности;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) объективности;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) беспристрастности;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) достоверности;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) всесторонности;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) прозрачности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 27. Особенности проведения контроля за качеством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Контроль за качеством оказания государственных услуг осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Объектом контроля за качеством оказания государственных услуг является деятельность центральных государственных органов, местных исполнительных органов областей, городов республиканского значения, столицы, районов, городов областного значения, акимов районов в городе, городов районного значения, поселков, сел, сельских округов по соблюдению законодательства Республики Казахстан в сфере оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 28. Порядок проведения оценки качества оказания </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оценка качества оказания государственных услуг, за исключением государственных услуг, оказываемых в электронной форме, осуществляется</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оценка качества государственных услуг, оказываемых в электронной форме, осуществляется</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>уполномоченным органом в сфере информатизации в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00220088" w:rsidRDefault="00220088" w:rsidP="00F5679F">
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00220088" w:rsidRDefault="00220088" w:rsidP="00F5679F">
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 29. Общественный мониторинг качества оказания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00220088" w:rsidRDefault="00220088" w:rsidP="00F5679F">
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Общественный мониторинг качества оказания государственных услуг проводится физическими лицами, некоммерческими организациями по собственной инициативе и за свой счет.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Общественный мониторинг качества оказания государственных услуг также проводится по государственному социальному заказу уполномоченного органа по оценке и контролю за качеством оказания государственных услуг в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. При проведении общественного мониторинга качества оказания государственных услуг физические лица, некоммерческие организации вправе запрашивать у центральных государственных органов, местных исполнительных органов областей, городов республиканского значения, столицы, районов, городов областного значения, акимов районов в городе, городов районного значения, поселков, сел, сельских округов необходимую информацию, относящуюся к сфере оказания государственных услуг, в случае отсутствия данной информации на их интернет-ресурсах, за исключением информации, составляющей государственные секреты, коммерческую и иную охраняемую законом тайну, в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. По результатам общественного мониторинга качества оказания государственных услуг физические лица, некоммерческие организации составляют заключение. Заключение общественного мониторинга качества оказания государственных услуг включает:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) информацию о соблюдении центральными государственными органами, местными исполнительными органами областей, городов республиканского значения, столицы, районов, городов областного значения, акимами районов в городе, городов районного значения, поселков, сел, сельских округов, а также услугодателями требований законодательства Республики Казахстан в сфере оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) рекомендации по устранению выявленных в ходе общественного мониторинга качества оказания государственных услуг фактов несоблюдения законодательства Республики Казахстан в сфере оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) предложения по повышению качества оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) предложения по внесению изменений и дополнений в стандарты государственных услуг.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Центральные государственные органы, местные исполнительные органы областей, городов республиканского значения, столицы, районов, городов областного значения, акимы районов в городе, городов районного значения, поселков, сел, сельских округов, а также услугодатели принимают меры по повышению качества оказания государственных услуг с учетом заключения общественного мониторинга качества оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">   Глава 6. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 30. Ответственность за нарушение законодательства</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан в сфере оказания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Нарушение законодательства Республики Казахстан в сфере оказания государственных услуг влечет ответственность, установленную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 31. Порядок введения в действие настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Настоящий Закон вводится в действие по истечении тридцати календарных дней после его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00220088" w:rsidRDefault="00220088" w:rsidP="00F5679F">
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...7136 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Президент</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00DF2661">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> Н.НАЗАРБАЕВ</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Н. НАЗАРБАЕВ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D1590F" w:rsidRPr="00DF2661" w:rsidRDefault="00D1590F" w:rsidP="00F5679F">
+    <w:p w:rsidR="00317A59" w:rsidRDefault="00317A59" w:rsidP="00317A59">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF2661">
-[...12 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00D1590F" w:rsidRPr="00DF2661" w:rsidSect="00220088">
-[...8 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:p w:rsidR="00775096" w:rsidRDefault="00775096"/>
+    <w:sectPr w:rsidR="00775096" w:rsidSect="00775096">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="60"/>
-[...2 lines deleted...]
-  <w:doNotTrackMoves/>
+  <w:zoom w:percent="66"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...15 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00145669"/>
-[...18 lines deleted...]
-    <w:rsid w:val="00FE17FE"/>
+    <w:rsidRoot w:val="00317A59"/>
+    <w:rsid w:val="00317A59"/>
+    <w:rsid w:val="00775096"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:uiCompat97To2003/>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-    <w:lsdException w:name="Normal" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...24 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -7641,394 +11315,154 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92F69"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00317A59"/>
     <w:rPr>
-      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
-[...2 lines deleted...]
-      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Calibri" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
-  </w:style>
-[...58 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...186 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="1211961155">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -8054,51 +11488,51 @@
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -8226,91 +11660,59 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>43982</Characters>
+  <Pages>19</Pages>
+  <Words>7229</Words>
+  <Characters>41206</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>366</Lines>
-  <Paragraphs>103</Paragraphs>
+  <Lines>343</Lines>
+  <Paragraphs>96</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>51594</CharactersWithSpaces>
+  <CharactersWithSpaces>48339</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Мемлекеттік көрсетілетін қызметтер туралы</dc:title>
+  <dc:title/>
   <dc:subject/>
-  <dc:creator/>
+  <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>