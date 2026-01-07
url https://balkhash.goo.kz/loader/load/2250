--- v0 (2025-12-07)
+++ v1 (2026-01-07)
@@ -1,4175 +1,3825 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00475C67" w:rsidRPr="00475C67" w:rsidRDefault="00475C67" w:rsidP="00475C67">
+    <w:p w:rsidR="00CE4A7C" w:rsidRPr="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00475C67">
+      <w:r w:rsidRPr="00CE4A7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00475C67">
+        <w:t>Приложение 1         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>    </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00475C67">
+        <w:br/>
+        <w:t>к приказу Министра образования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>Б</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00475C67">
+        <w:t>и науки Республики Казахстан  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ілім және ғылым министрінің </w:t>
-[...35 lines deleted...]
-        <w:t>1-қосымша         </w:t>
+        <w:br/>
+        <w:t>от 8 апреля 2015 года № 179  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00475C67" w:rsidRDefault="00475C67" w:rsidP="00475C67">
+    <w:p w:rsidR="00CE4A7C" w:rsidRPr="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:spacing w:before="225" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00475C67">
+      <w:r w:rsidRPr="00CE4A7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>«Бастауыш, негізгі орта,</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Стандарт государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> жалпы орта білім берудің жалпы</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:br/>
+        <w:t>«Прием документов и зачисление в организации образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00475C67">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">независимо от ведомственной подчиненности, для </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">білім беретін бағдарламалары </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>обучения по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>бойынша оқыту үшін ведомстволық</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:br/>
+        <w:t>общеобразовательным программам начального, основного среднего,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...82 lines deleted...]
-      </w:r>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>общего среднего образования»</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00475C67" w:rsidRPr="00475C67" w:rsidRDefault="00475C67" w:rsidP="00475C67">
+    <w:p w:rsidR="00CE4A7C" w:rsidRPr="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:spacing w:before="225" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00475C67">
+      <w:r w:rsidRPr="00CE4A7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1. Жалпы ережелер</w:t>
+        <w:t>1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00475C67" w:rsidRPr="00475C67" w:rsidRDefault="00475C67" w:rsidP="00475C67">
+    <w:p w:rsidR="00CE4A7C" w:rsidRPr="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00475C67">
-[...17 lines deleted...]
-        <w:t xml:space="preserve">1. «Бастауыш, негізгі орта, жалпы орта білім берудің жалпы білім беретін бағдарламалары бойынша оқыту үшін ведомстволық бағыныстылығына қарамастан білім беру ұйымдарына құжаттарды қабылдау және оқуға қабылдау» мемлекеттік </w:t>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Государственная услуга «Прием документов и зачисление в организации образования, независимо от ведомственной подчиненности, для </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00475C67">
-[...6 lines deleted...]
-        <w:t>к</w:t>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучения по</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00475C67">
-[...57 lines deleted...]
-      <w:bookmarkStart w:id="1" w:name="z16"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общеобразовательным программам начального, основного среднего, общего среднего образования» (далее – государственная услуга).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z13"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00475C67">
-[...37 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="z17"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="z14"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="00475C67">
-[...568 lines deleted...]
-        <w:r w:rsidRPr="00475C67">
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Государственная услуга оказывается организациями начального, основного среднего и общего среднего образования (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатели</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z27" w:history="1">
+        <w:r w:rsidRPr="00CE4A7C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>демалыс</w:t>
+          <w:t>веб-портал</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00475C67">
-[...9 lines deleted...]
-        <w:r w:rsidRPr="00475C67">
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> «электронного правительства»: www.egov.kz (далее – портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE4A7C" w:rsidRPr="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE4A7C" w:rsidRPr="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сроки оказания государственной услуги:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) с момента сдачи пакета документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, а также при обращении через портал – пять рабочих дней для получения расписки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      для зачисления в организацию образования начального, основного среднего, общего среднего образования:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      на очную и вечернюю форму обучения – не позднее 30 августа;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в первый класс – с 1 июня по 30 августа;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) максимально допустимое время ожидания для сдачи пакета документов – 15 минут;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) максимально допустимое время обслуживания – 15 минут.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z17"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Форма оказания государственной услуги: электронная, бумажная.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="z18"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Результат оказания государственной услуги: расписка о приеме документов и приказ о зачислении в организацию начального, основного среднего, общего среднего образования на начало учебного года.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Форма предоставления результата оказания государственной услуги: электронная, бумажная.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      При обращении к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за результатом оказания государственной услуги на бумажном носителе результат оформляется на бумажном носителе.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      При обращении через портал в «личный кабинет» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приходит уведомление о зачислении в организацию образования в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="z19"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. Государственная услуга оказывается бесплатно физическим лицам (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="z20"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. График работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: с понедельника по пятницу включительно, за исключением выходных и праздничных дней, согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z84" w:history="1">
+        <w:r w:rsidRPr="00CE4A7C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>мереке күндерін</w:t>
+          <w:t>трудовому законодательству</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00475C67">
-[...102 lines deleted...]
-          <w:spacing w:val="2"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан, в соответствии с установленным графиком работы с 9.00 часов до 18.30 часов с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Прием заявления и выдача результата оказания государственной услуги осуществляется с 9.00 до 18.30 часов с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) Портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      При обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> после окончания рабочего времени в выходные и праздничные дни, согласно трудовому законодательству Республики Казахстан, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="z21"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:u w:val="single"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>көрсетіледі.</w:t>
-[...72 lines deleted...]
-      <w:r w:rsidRPr="00475C67">
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">      9. Көрсетілетін қызметті алушы (немесе оның </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00475C67">
+        <w:t xml:space="preserve"> (либо его законного представителя):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>заңды</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00475C67">
+        <w:br/>
+        <w:t xml:space="preserve">      к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> өкілі) жүгінген кезде мемлекеттік қызметті көрсету үшін қажетті құжаттардың тізбесі:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00475C67">
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...34 lines deleted...]
-        <w:r w:rsidRPr="00475C67">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) заявление согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z30" w:history="1">
+        <w:r w:rsidRPr="00CE4A7C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>1-қосымшаға</w:t>
+          <w:t>приложению 1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00475C67">
-[...143 lines deleted...]
-        <w:r w:rsidRPr="00475C67">
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящему стандарту;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) копия свидетельства о рождении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, в случае рождения до 2008 года (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z37" w:history="1">
+        <w:r w:rsidRPr="00CE4A7C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>бұйрығымен</w:t>
+          <w:t>документ</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00475C67">
-[...9 lines deleted...]
-        <w:r w:rsidRPr="00475C67">
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, удостоверяющий личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (оригинал требуется для идентификации личности);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) врачебное профессионально-консультационное заключение, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z439" w:history="1">
+        <w:r w:rsidRPr="00CE4A7C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 086/е нысан</w:t>
+          <w:t>форма № 086/е</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00475C67">
-[...47 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, утвержденное приказом исполняющего обязанности Министра здравоохранения Республики Казахстан, зарегистрированное в реестре государственной регистрации от 23 ноября 2010 года № 907 «Об утверждении форм первичной медицинской документации организаций здравоохранения» (далее - форма № 086/е);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) фотографии размером 3х4 см в количестве 2 штук;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      5) заключение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагого</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-медико-психологической комиссии (при наличии).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00475C67">
-[...79 lines deleted...]
-        <w:r w:rsidRPr="00475C67">
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучатели</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – иностранцы и лица без гражданства также представляют один из следующих документов, определяющих их статус, с отметкой о регистрации по месту проживания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) иностранец – </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z44" w:history="1">
+        <w:r w:rsidRPr="00CE4A7C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>тұруға ықтиярхаты</w:t>
+          <w:t>вид на жительство</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00475C67">
-[...29 lines deleted...]
-        <w:r w:rsidRPr="00475C67">
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> иностранца в Республике Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) лицо без гражданства – </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z56" w:history="1">
+        <w:r w:rsidRPr="00CE4A7C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>куәлігі</w:t>
+          <w:t>удостоверение</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00475C67">
-[...49 lines deleted...]
-        <w:r w:rsidRPr="00475C67">
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> лица без гражданства;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) беженец – </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z79" w:history="1">
+        <w:r w:rsidRPr="00CE4A7C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>куәлігі</w:t>
+          <w:t>удостоверение</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00475C67">
-[...89 lines deleted...]
-        <w:r w:rsidRPr="00475C67">
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> беженца;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) лицо, ищущее убежище - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="00CE4A7C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>2-қосымшаға</w:t>
+          <w:t>свидетельство</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00475C67">
-[...56 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> лица, ищущего убежище;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00475C67">
-[...69 lines deleted...]
-        <w:r w:rsidRPr="00475C67">
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      5) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оралман</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z48" w:history="1">
+        <w:r w:rsidRPr="00CE4A7C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 086/е нысанының</w:t>
+          <w:t>удостоверение</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00475C67">
-[...432 lines deleted...]
-        <w:r w:rsidRPr="00475C67">
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оралмана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      При сдаче документов для оказания государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдается расписка о приеме документов у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по форме, согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z33" w:history="1">
+        <w:r w:rsidRPr="00CE4A7C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t xml:space="preserve">уәкілетті </w:t>
+          <w:t>приложению 2</w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
-        <w:r w:rsidRPr="00475C67">
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящему стандарту государственной услуги.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>На портал:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) заявление одного из родителей (или иных законных представителей) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в форме электронного документа, подписанного ЭЦП его представителя, с указанием фактического места жительства </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) электронная копия свидетельства о рождении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, если дата его рождения до 2008 года;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) электронная копия врачебного профессионально-консультационного заключение, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z439" w:history="1">
+        <w:r w:rsidRPr="00CE4A7C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>орган</w:t>
+          <w:t>форма № 086/е</w:t>
         </w:r>
-        <w:proofErr w:type="gramEnd"/>
-        <w:r w:rsidRPr="00475C67">
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4) цифровая фотография </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> размером 3х4 см;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      5) электронная копия заключения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагого</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-медико-психологической комиссии (при наличии).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Сведения о данных документа, удостоверяющего личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, свидетельства о рождении ребенка (если ребенок родился после 2008 года) получает из соответствующих государственных информационных систем через шлюз «электронного правительства».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      При обращении через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в «личный кабинет» направляется уведомление-отчет о принятии запроса для оказания государственной услуги в форме электронного документа, удостоверенного ЭЦП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE4A7C" w:rsidRPr="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Порядок обжалования решений,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>действий (бездействий) местных исполнительных органов, города</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>республиканского значения и столицы, района (города областного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">значения) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE4A7C" w:rsidRPr="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10. Для обжалования решений, действий (бездействий) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг жалоба подается в письменном виде:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) на имя руководителя соответствующего местного исполнительного органа, города республиканского значения и столицы, района (города областного значения) по адресам, указанным в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z26" w:history="1">
+        <w:r w:rsidRPr="00CE4A7C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>ға</w:t>
+          <w:t>пункте 12</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00475C67">
-[...89 lines deleted...]
-        <w:r w:rsidRPr="00475C67">
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по адресам, указанным в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> местных исполнительных органов, города республиканского значения и столицы, района (города областного значения) с указанием фамилии и инициалов лица, принявшего жалобу, сроки и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги, поступившая в адрес местного исполнительного органа, города республиканского значения и столицы, района (города областного значения), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      В случае несогласия с результатами оказания государственной услуги, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> может обратиться в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="00CE4A7C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>бірыңғай байланыс орталығы</w:t>
+          <w:t>уполномоченный орган</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00475C67">
-[...26 lines deleted...]
-        <w:t>      Жеке тұ</w:t>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по оценке и </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00475C67">
-[...6 lines deleted...]
-        <w:t>лғаны</w:t>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00475C67">
-[...29 lines deleted...]
-        <w:r w:rsidRPr="00475C67">
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственной услуги.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес уполномоченного органа по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственной услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Информацию о порядке обжалования можно получить посредством </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="00CE4A7C">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>заңнамасында</w:t>
+          <w:t xml:space="preserve">единого </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00CE4A7C">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>контакт-центра</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В жалобе физического лица указываются его фамилия, имя, отчество (при наличии), почтовый адрес.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="z24"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      11. В случаях несогласия с результатами оказанной государственной услуги, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет право обратиться в суд в установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z1429" w:history="1">
+        <w:r w:rsidRPr="00CE4A7C">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00475C67">
-[...26 lines deleted...]
-        <w:t>қа жүгінуге құқылы.</w:t>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан порядке.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00475C67" w:rsidRPr="00475C67" w:rsidRDefault="00475C67" w:rsidP="00475C67">
+    <w:p w:rsidR="00CE4A7C" w:rsidRPr="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:spacing w:before="225" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="32"/>
-[...7 lines deleted...]
-          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Иные требования с учетом особенностей оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="32"/>
-[...8 lines deleted...]
-          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>государственной услуги, в том числе оказываемой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="32"/>
-[...16 lines deleted...]
-        <w:t>өзге де талаптар</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>в электронной форме</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00475C67" w:rsidRPr="00475C67" w:rsidRDefault="00475C67" w:rsidP="00475C67">
+    <w:p w:rsidR="00CE4A7C" w:rsidRPr="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00475C67">
-[...26 lines deleted...]
-        <w:t xml:space="preserve">      13. Көрсетілетін қызметті алушының ата-анасының (заңды өкілдерінің) ЭЦҚ болған жағдайда, мемлекеттік </w:t>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12. Адреса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> указываются: на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства (www.egov.kz в разделе «Государственные услуги»), местных исполнительных органов города республиканского значения и столицы, района (города областного значения).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="z27"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП родителей (законных представителей).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="z28"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством единого </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00475C67">
-[...6 lines deleted...]
-        <w:t>к</w:t>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00475C67">
-[...35 lines deleted...]
-        <w:t xml:space="preserve">ібі мен мәртебесі </w:t>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="z29"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15. Контактные телефоны справочных служб </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства: www.gov.kz., единого </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>туралы</w:t>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...55 lines deleted...]
-        <w:t xml:space="preserve"> байланыс-орталығы: 8-800-080-7777, 1414.</w:t>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00475C67" w:rsidRPr="00475C67" w:rsidRDefault="00475C67" w:rsidP="00475C67">
-[...168 lines deleted...]
-    <w:p w:rsidR="00475C67" w:rsidRPr="00475C67" w:rsidRDefault="00475C67" w:rsidP="00BD20F6">
+    <w:p w:rsidR="00CE4A7C" w:rsidRPr="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00475C67">
-[...37 lines deleted...]
-        <w:t>Т.А.Ә. (болған жағдайда),   </w:t>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 1              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>к стандарту государственной услуги  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>«Прием документов и зачисление в   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>организации образования, независимо  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>от ведомственной подчиненности,   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">для </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучения по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общеобразовательным  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>программам начального, основного   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>среднего, общего среднего образования»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00475C67" w:rsidRPr="00475C67" w:rsidRDefault="00475C67" w:rsidP="00BD20F6">
-[...21 lines deleted...]
-    <w:p w:rsidR="00475C67" w:rsidRPr="00475C67" w:rsidRDefault="00475C67" w:rsidP="00BD20F6">
+    <w:p w:rsidR="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00475C67">
-[...154 lines deleted...]
-        <w:t xml:space="preserve"> және облыс атауы)</w:t>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00475C67" w:rsidRPr="00475C67" w:rsidRDefault="00475C67" w:rsidP="00BD20F6">
+    <w:p w:rsidR="00CE4A7C" w:rsidRPr="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...69 lines deleted...]
-        <w:t>қабылдауды сұраймын</w:t>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>         </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00475C67" w:rsidRPr="00475C67" w:rsidRDefault="00475C67" w:rsidP="00BD20F6">
+    <w:p w:rsidR="00CE4A7C" w:rsidRPr="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...160 lines deleted...]
-        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00475C67">
-[...181 lines deleted...]
-        <w:t>2-қосымша           </w:t>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Руководителю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Наименование местного исполнительного органа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_______________________/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Ф.И.О. (при наличии) полностью/</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00475C67" w:rsidRPr="00475C67" w:rsidRDefault="00475C67" w:rsidP="00475C67">
-[...44 lines deleted...]
-    <w:p w:rsidR="00475C67" w:rsidRPr="00475C67" w:rsidRDefault="00475C67" w:rsidP="00BD20F6">
+    <w:p w:rsidR="00CE4A7C" w:rsidRPr="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00475C67">
-[...56 lines deleted...]
-        <w:t xml:space="preserve"> және облыс атауы)</w:t>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00475C67" w:rsidRPr="00475C67" w:rsidRDefault="00475C67" w:rsidP="00BD20F6">
+    <w:p w:rsidR="00CE4A7C" w:rsidRPr="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...29 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Прошу зачислить моего сына/дочь (Ф.И.О. (при наличии) ребенка)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>для обучения в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____ класс __________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>               (полное наименование организации образования)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Проживающего по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>адресу _______________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>    (наименование населенного пункта, района, города и области)</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00475C67" w:rsidRPr="00475C67" w:rsidRDefault="00475C67" w:rsidP="00BD20F6">
+    <w:p w:rsidR="00CE4A7C" w:rsidRPr="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00475C67">
-[...36 lines deleted...]
-        <w:t>         ____________________________________________________________</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Согласен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на использования сведений, составляющих </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>охряняемую</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>законом тайну, содержащихся в информационных системах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                                        __________ «__» ____ 20__ г.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                                         (подпись)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00475C67" w:rsidRPr="00475C67" w:rsidRDefault="00475C67" w:rsidP="00BD20F6">
+    <w:p w:rsidR="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 2              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>к стандарту государственной услуги  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>«Прием документов и зачисление в   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>организации образования, независимо  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>от ведомственной подчиненности,   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">для </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучения по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общеобразовательным  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>программам начального, основного   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>среднего, общего среднего образования»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE4A7C" w:rsidRPr="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4A7C" w:rsidRPr="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE4A7C" w:rsidRPr="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00475C67">
-[...27 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Расписка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">            о получении документов у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00475C67" w:rsidRPr="00475C67" w:rsidRDefault="00475C67" w:rsidP="00BD20F6">
+    <w:p w:rsidR="00CE4A7C" w:rsidRPr="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00475C67">
-[...26 lines deleted...]
-        <w:t>      Телефоны __________</w:t>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Организации образования __________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                      (полное наименование организации образования)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>   (наименование населенного пункта, района, города и области)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00475C67" w:rsidRPr="00475C67" w:rsidRDefault="00475C67" w:rsidP="00BD20F6">
+    <w:p w:rsidR="00CE4A7C" w:rsidRPr="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00475C67">
-[...6 lines deleted...]
-        <w:t>Алдым: Т.А.Ә. (бар болса)/көрсетілетін қызметті алушының қолы</w:t>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Расписка о приеме документов № _________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00475C67" w:rsidRPr="00475C67" w:rsidRDefault="00475C67" w:rsidP="00BD20F6">
+    <w:p w:rsidR="00CE4A7C" w:rsidRPr="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00475C67">
-[...6 lines deleted...]
-        <w:t>«__» __________ 20__ жыл</w:t>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Получены </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________ следующие документы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      (Ф.И.О. (при наличии) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1. Заявление</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Другие _______________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>            _______________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      ______________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000E14B1" w:rsidRPr="00475C67" w:rsidRDefault="000E14B1">
+    <w:p w:rsidR="00CE4A7C" w:rsidRPr="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дата приема заявления ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      _________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ф.И.О. (при наличии</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ответственного лица, принявшего документы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  ________(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE4A7C" w:rsidRPr="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Телефон</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      _________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">олучил: Ф.И.О. (при наличии)/подпись </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE4A7C" w:rsidRPr="00CE4A7C" w:rsidRDefault="00CE4A7C" w:rsidP="00CE4A7C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«___» _________ 20__ год</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E14B1" w:rsidRPr="00CE4A7C" w:rsidRDefault="000E14B1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="000E14B1" w:rsidRPr="00475C67" w:rsidSect="00475C67">
+    <w:sectPr w:rsidR="000E14B1" w:rsidRPr="00CE4A7C" w:rsidSect="00CE4A7C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="90"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="006A53DE"/>
+    <w:rsidRoot w:val="00361304"/>
     <w:rsid w:val="000E14B1"/>
-    <w:rsid w:val="00475C67"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BD20F6"/>
+    <w:rsid w:val="00361304"/>
+    <w:rsid w:val="00B04579"/>
+    <w:rsid w:val="00CE4A7C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -4319,139 +3969,144 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00475C67"/>
+    <w:rsid w:val="00CE4A7C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00475C67"/>
+    <w:rsid w:val="00CE4A7C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00475C67"/>
+    <w:rsid w:val="00CE4A7C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00475C67"/>
+    <w:rsid w:val="00CE4A7C"/>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00475C67"/>
+    <w:rsid w:val="00CE4A7C"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="note">
+    <w:name w:val="note"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00CE4A7C"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -4578,167 +4233,172 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00475C67"/>
+    <w:rsid w:val="00CE4A7C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00475C67"/>
+    <w:rsid w:val="00CE4A7C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00475C67"/>
+    <w:rsid w:val="00CE4A7C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00475C67"/>
+    <w:rsid w:val="00CE4A7C"/>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00475C67"/>
+    <w:rsid w:val="00CE4A7C"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="note">
+    <w:name w:val="note"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00CE4A7C"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1120801059">
+    <w:div w:id="1991208959">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1000006697" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011057" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011057" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000684" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K990000411_" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013324" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K070000251_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000684" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K070000251_" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/U1400000900" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000684" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1000006697" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1000006697" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000073" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1400009592" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/U1400000900" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011057" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000684" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011057" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1000006697" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1500000377" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000684" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000418" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011057" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000684" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1600013324" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1000006697" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1300008624" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4987,70 +4647,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>2005</Words>
-  <Characters>11434</Characters>
+  <Words>1921</Words>
+  <Characters>10950</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>95</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>91</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13413</CharactersWithSpaces>
+  <CharactersWithSpaces>12846</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>