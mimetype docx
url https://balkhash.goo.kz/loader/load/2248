--- v0 (2025-12-07)
+++ v1 (2026-01-30)
@@ -1,3483 +1,4659 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:tbl>
-[...128 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ҚазақстанРеспубликасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>імжәнеғылымминистрінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2015 жылғы 13 сәуірдегі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№ 198 бұйрығына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>14-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00537962">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
           <w:b/>
-          <w:color w:val="1E1E1E"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
           <w:b/>
-          <w:color w:val="1E1E1E"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>«Аз қамтылған</w:t>
+      </w:r>
+      <w:r w:rsidR="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
           <w:b/>
-          <w:color w:val="1E1E1E"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E121F1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
           <w:b/>
-          <w:color w:val="1E1E1E"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">отдыха детям из малообеспеченных семей в </w:t>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>отбасылардағы</w:t>
+      </w:r>
+      <w:r w:rsidR="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:r w:rsidR="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>ала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>сыртындағы</w:t>
+      </w:r>
+      <w:r w:rsidR="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidR="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E121F1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
           <w:b/>
-          <w:color w:val="1E1E1E"/>
-[...4 lines deleted...]
-        <w:t>загородны</w:t>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
           <w:b/>
-          <w:color w:val="1E1E1E"/>
-[...4 lines deleted...]
-        <w:t>х</w:t>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>жанындағы</w:t>
+      </w:r>
+      <w:r w:rsidR="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>лагерьлерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>демалуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:r w:rsidR="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:r w:rsidR="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:r w:rsidR="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidR="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>жолдама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00537962">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>мемлекеттіккөрсетілетінқызмет стандарты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Жалпыережелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. «Аз қамтылғанотбасылардағыбалалардыңқаласыртындағыжәнемектепжанындағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лагерьлердедемалуыүшінқұжаттарқабылдаужәнежолдама беру» мемлекеттіккөрсетілетін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызметі (бұданә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>і – мемлекеттіккөрсетілетінқызмет).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. МемлекеттіккөрсетілетінқызметстандартынҚазақстанРеспубликасыБілімжәнеғылым</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>министрлігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұданә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Министрлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) әзірледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Мемлекеттікқызметтіоблыстардың, Астана және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Алматы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қалаларының, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аудандар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қалалардыңбілім беру ұйымдары (бұданә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>і – көрсетілетінқызметтіберуші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Өтіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іқабылдаужәнемемлекеттікқызметкөрсетудіңнәтижесін беру көрсетілетінқызметті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>берушініңкеңсесіарқылыжүзегеасырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>2. Мемлекеттікқызметтікөрсетутәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4. Мемлекеттікқызметтікөрсетумерзімдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) көрсетілетінқызметтіберушігеқұжаттартоптамасынтапсырғансәттенбастап: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жолдама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – он </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бес ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұмыскүні;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2) көрсетілетінқызметтіберушігекөрсетілетінқызметтіалушыныңқұжаттардытапсыруыүшін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>күтудің</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұқсатберілетінеңұзақуақыты – 20 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3) көрсетілетінқызметтіберушініңкөрсетілетінқызметтіалушығақызметкөрсетудің</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұқсат</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>берілетінеңұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қуақыты – 30 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5. Мемлекеттікқызметтікөрсетунысаны - қағазжүзінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6. Мемлекеттікқызметкөрсетудіңнәтижесі - қаласыртындағыжәнемектепжанындағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лагерьлергежолдама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттікқызметкөрсетудіңнәтижесін беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нысаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - қағазтү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>інде</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7. Мемлекеттікқызметжекетұлғаларға (бұданә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>і – көрсетілетінқызметтіалушы) тегінжәне</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ақылытүрдекөрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттіккөрсетілетінқызметқұнын «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>імтуралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>» 2007 жылғы 27 шілдедегіҚазақстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасыны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сәйкескөрсетілетінқызметтіберушіайқындайдыжәнеоблыстардың,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>республикалықмаңызы бар қаланың, астананыңжергіліктіатқарушыоргандарының интернет-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ресурстарындаорналастырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттікқызмет:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1) мемлекеттікатаулыәлеуметтіккө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мекалу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ғақұқығы бар отбасыларданшыққанбалаларға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2) мемлекеттікатаулыәлеуметтіккөмекалмайтын, жанбасынашаққандағытабысыеңтөменгі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>күнкө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ісдеңгейініңшамасынантөменотбасыларданшыққанбалаларға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3) жетімбалаларға, ата-анасыныңқамқорлығынсызқалып, отбасылардатұратынбалаларға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4) төтеншежағдайлардыңсалдарынаншұғылжәрдемдіталапететінотбасыларданшыққан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балаларға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру ұйымының</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ал</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қалыбасқару органы айқындайтынбілімалушылар мен</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәрбиеленушілердіңөзге де санаттарынатегінтүрдекөрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8. Көрсетілетінқызметтіберушініңжұмыскестесі: ҚазақстанРеспубликасыеңбекзаңнамасына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сәйкесдемалысжәнемерекекүндерінқоспағанда, дүйсенбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мен ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұмааралығындасағат 13.00-ден14.30-ге дейінгітүскіүзіліспенсағат 9.00-ден 18.30-ге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Өтіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іқабылдаужәнемемлекеттікқызметкөрсетудіңнәтижесін беру сағат 13.00-ден 14.30-ге</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дейінгітүскіүзіліспенсағат 9.00-ден 18.30-ге дейінжүзегеасырылады. Көрсетілетінқызметті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алушыныалдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ала жазужәнежеделдеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызметкөрсетуқарастырылмаған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9. Көрсетілетінқызметалушыныңкөрсетілетінқызметтіберушініңжү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>інгенкезіндегі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттікқызметкөрсетуүшінқажеттіқұжаттартізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1) өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2) көрсетілетінқызметтіалушыныңжекебасынкуәландыратынқұжат (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жекебасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сәйкестендіруүшінталапетіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3) баланыңтууытуралыкуәлігініңкөшірмелері (жекебасынсәйкестендіруүшінталапетіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4) мемлекеттікатаулыәлеуметтіккөмекті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ғақұқығы бар отбасыларданшыққанмемлекеттік</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қызметтіалушыларсанатыүшінкөрсетілетінқызметтіалушының (отбасының) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атқарушыоргандартарапынанұсынылатынмемлекеттікатаулыәлеуметтіккөмектітұтынушыларқатарынажататынынрастайтынанықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5) табысытуралымәлімет (ата-аналардыңнемесеолардыалмастырушыадамдардың</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>еңбекақылары, кәсіпкерлікжә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>небас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қа да қызметтүрлерінентүскентабыстары, балаларға</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>төленетіналименттү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">індегіжәнеқарауындағыбасқа да адамдардыңтабыстары, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жанбасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шаққандағыорташатабысыеңтөменгіөмірсүрудеңгейінентөмен, мемлекеттікатаулыәлеуметтіккөмекалмайтынотбасылартабыстары)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жетімбалалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен ата-анасыныңқамқорлығынсызқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ал</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ған, отбасыдатәрбиеленетінбалалар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшінқорғаншылықты (қамқоршылықты), патронаттықтәрбиелеудібекітутуралыуәкілетті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>органныңшешімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7) отбасыныңматериалды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тұрмыстықжағдайынтексеріп-қараунегізінде, сондай-аққаржылай</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әнематериалдықкөмеккөрсетутуралышешімқабылдауүшінбасқа да қажеттіқұжаттар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>негізіндеқаласыртындағыжәнемектепжанындағылагерьлердедемалуғатегінжодама беру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралыбілім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру ұйымдарыалқалыбасқаруоргандарыныңшешімініңкөшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9) даму мүмкіндігішектеулібалаларүшінпсихологиялы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>медициналық-педагогикалық-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>консультациялардыңмедициналыққорытындысыныңкөшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10) көрсетілетінқызметтіалушыныңфлюросуретіменқосаденсаулықжағдайытуралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(медициналықпаспорты) анықтама (болғанжағдайда).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Көрсетілетінқызметттіберушіқұжаттардықабылдаукезіндекөрсетілетінқызметтіалушыға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1) сұранымдықабылдаунөмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іжәнекүні;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2) сұратылғанмемлекеттікқызметтіңтү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>і;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3) қосаберілгенқұжаттардың саны жәнеатаулары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4) құжаттардың беру күні (уақыты) жәнеорны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5) өтіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">іқабылдағанқызметкердіңтегі, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, әкесініңаты (болғанжағдайда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) көрсетілетінқызметтіалушыныңтегі, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, әкесініңаты (болғанжағдайда), олардың</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>байланыстелефондарыкөрсетілгентиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іқұжаттардықабылдағанытуралықолхатбереді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D312B4">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Облыстардың жергілікті атқарушы органдарының, республикалық маңызы барқалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D312B4">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сондай-ақ көрсетілетін қызметті берушілердің және (немесе) олардыңлауазымдытұлғаларының қызмет көрсету мәселелері бойынша шешімдеріне, әрекеттеріне(әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00537962" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10. Мемлекеттікқызметкөрсетумәселелерібойыншакөрсетілетінқызметтіберушініңжәне</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00537962" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(немесе) оныңлауазымдыадамдарыныңшешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00537962" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шағымкөрсетілетінқызметтіберушініңбасшысыныңатына не осы мемлекеттікқызмет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00537962" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>стандартының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12-тармағында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілгенмекенжайбойыншаоблыстардың, республикалық</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00537962" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>маңызы бар қаланың, астананыңтиістіжергіліктіатқарушы органы (бұданәрі – әкімдік)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00537962" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басшысыныңатынаберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00537962" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шағымдаржазбашанысандапоштанемесекөрсетілетінқызметтіберушініңнемесеәкімдіктің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00537962" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кеңсесіарқылықолма-қолқабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00537962" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жеке тұлғаныңшағымындааты, жөні, тегі, поштамекен-жайы, байланыс телефоны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00537962" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шағымныңқабылдануынрастауоныңшағымдықабылдағанадамныңаты-жөні, берілген</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00537962" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шағымғажауапалумерзіміжәнеорныкөрсетілетінқызметтіберушініңнемесеәкімдіктің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00537962" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кеңсесінде (мөртабан, кіріснөмірі мен күні) тіркелуіболыптабылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00537962" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетінқызметтіберушініңмекенжайынакеліптүскенкөрсетілетінқызметтіалушының</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00537962" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шағымытіркелгенненкүніненбастап бес жұмыскүніішіндеқарастыруғажатады. Шағымды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00537962" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қарастырунәтижелерітуралыдәлелдіжауапкөрсетілетінқызметтіалушыға почта арқылы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00537962" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетінқызметтіберушініңкеңесесіндеқолма-қолберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00537962" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілгенмемлекеттікқызметнәтижелеріменкеліспегенжағдайда, көрсетілетінқызметті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00537962" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алушымемлекеттікқызметкөрсетусапасынбағалаужәнебақылаужөніндегіуәкілеттіорганға</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00537962" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жүгінеалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00537962" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттікқызметкөрсетусапасынбағалаужәнебақылаужөніндегіуәкілеттіорганның</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00537962" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>атынакеліптүскенкөрсетілетінқызметтіалушыныңшағымытіркелгенкүніненбастап он бес</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00537962" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыскүніішіндеқарастыруғажатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00537962" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Сондай-ақ, мемлекеттікқызметкөрсетумәселелерібойыншакөрсетілетінқызметтіберушінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00537962" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және (немесе) оныңлауазымдыадамдарыныңшешімдеріне, әрекетіне (әрекетсіздігіне) шағымданутуралыақпараттымемлекеттікқызметкөрсетумәселелеріжөніндегіБірыңғайбайланысорталығының «1414» телефоны бойыншаалуғаболады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00537962" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11. Көрсетілгенмемлекеттікқызметнәтижелеріменкеліспегенжағдайда, көрсетілетінқызметті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00537962" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алушыҚазақстанРеспубликасыныңзаңнамасындабелгіленгентәртіппенсотқажүгінугеқұқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00537962" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4. Көрсетілетінмемлекеттікқызметтіңерекшеліктерінескереотырыпқойылатынөзге де талаптар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00537962" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>12. МемлекеттікқызметкөрсетуорындарыныңмекенжайларыМинистрліктің www.edu.gov.kz</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00537962" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>интернет-ресурсындаорналасқан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00537962" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13. Көрсетілетінқызметтіберушініңмемлекеттікқызметкөрсетумәселесібойыншаанықтама</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00537962" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызметініңбайланыстелефондарыМинистрліктің www.edu.gov.kz жәнекөрсетілетінқызметті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D312B4" w:rsidRPr="00537962" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537962">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>берушінің www.bala-kkk.kz. интернет-ресурсындаорналастырылған.мемлекеттікқызметкөрсету</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A68BD" w:rsidRPr="00D312B4" w:rsidRDefault="00D312B4" w:rsidP="00D312B4">
+      <w:pPr>
+        <w:ind w:left="-567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D312B4">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мәселелеріжөніндег</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D312B4">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іБ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D312B4">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ірыңғай</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00E121F1">
-[...3153 lines deleted...]
-    <w:sectPr w:rsidR="000E14B1" w:rsidSect="00E121F1">
+      <w:r w:rsidRPr="00D312B4">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>байланысорталығының «1414».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D312B4">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="001A68BD" w:rsidRPr="00D312B4" w:rsidSect="00D312B4">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="426" w:right="720" w:bottom="426" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="TimesNewRomanPSMT">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000201" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000004" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="TimesNewRomanPS-BoldMT">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000201" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000004" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...4 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00394E1C"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E121F1"/>
+    <w:rsidRoot w:val="004638BE"/>
+    <w:rsid w:val="001A68BD"/>
+    <w:rsid w:val="004638BE"/>
+    <w:rsid w:val="00537962"/>
+    <w:rsid w:val="00D312B4"/>
+    <w:rsid w:val="00D73E09"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D73E09"/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -3592,432 +4768,90 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
-[...18 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...306 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000246_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1500000377" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000073" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/U1400000900" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1600000025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1600013324" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4265,55 +5099,56 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>7558</Characters>
+  <Pages>1</Pages>
+  <Words>1179</Words>
+  <Characters>6723</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>62</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>56</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8866</CharactersWithSpaces>
+  <CharactersWithSpaces>7887</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>