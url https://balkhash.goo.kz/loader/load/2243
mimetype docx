--- v0 (2025-12-07)
+++ v1 (2026-01-31)
@@ -1,1475 +1,11585 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00C878DD" w:rsidRPr="00C878DD" w:rsidRDefault="00C878DD" w:rsidP="00C878DD">
+    <w:p w:rsidR="007E68C9" w:rsidRPr="007E68C9" w:rsidRDefault="007E68C9" w:rsidP="007E68C9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C878DD">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Приложение 2              </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EC6001">
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C878DD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EC6001">
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C878DD">
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>Республики Казахстан          </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EC6001">
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C878DD">
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t>ілім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғылым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>министрінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:br/>
-        <w:t>от 7 апреля 2015 года № 172      </w:t>
+        <w:t xml:space="preserve">2015 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәуірдегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">№ 172 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-қосымша</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C878DD" w:rsidRPr="00C878DD" w:rsidRDefault="00C878DD" w:rsidP="00C878DD">
+    <w:p w:rsidR="007E68C9" w:rsidRPr="007E68C9" w:rsidRDefault="007E68C9" w:rsidP="00217D05">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:spacing w:before="225" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C878DD">
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Стандарт государственной услуги</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C878DD">
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C878DD">
+        <w:t>Мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:br/>
-        <w:t>организации образования»</w:t>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стандарты</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C878DD" w:rsidRPr="00C878DD" w:rsidRDefault="00C878DD" w:rsidP="00C878DD">
+    <w:p w:rsidR="007E68C9" w:rsidRPr="007E68C9" w:rsidRDefault="007E68C9" w:rsidP="00217D05">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:spacing w:before="225" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C878DD">
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ережелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00C878DD" w:rsidRPr="00C878DD" w:rsidRDefault="00C878DD" w:rsidP="00C878DD">
+    <w:p w:rsidR="007E68C9" w:rsidRPr="007E68C9" w:rsidRDefault="007E68C9" w:rsidP="00217D05">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C878DD">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00C878DD">
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00C878DD">
+        <w:t xml:space="preserve">      2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стандартын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғылым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>министрлігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Министрлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әзірледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...31 lines deleted...]
-      <w:r w:rsidRPr="00C878DD">
+        <w:t xml:space="preserve">      3. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үлгідегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түрдегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">      Прием и выдача документов для оказания государственной услуги осуществляются через канцелярию </w:t>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00C878DD">
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кеңсесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C878DD" w:rsidRPr="00C878DD" w:rsidRDefault="00C878DD" w:rsidP="00C878DD">
+    <w:p w:rsidR="007E68C9" w:rsidRPr="007E68C9" w:rsidRDefault="007E68C9" w:rsidP="00217D05">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:spacing w:before="225" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C878DD">
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00C878DD" w:rsidRPr="00C878DD" w:rsidRDefault="00C878DD" w:rsidP="00C878DD">
+    <w:p w:rsidR="007E68C9" w:rsidRPr="007E68C9" w:rsidRDefault="007E68C9" w:rsidP="00217D05">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C878DD">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00C878DD">
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мерзімдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>      1) с момента сдачи пакета документов – 30 минут;</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C878DD">
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>топтамасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тапсырған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәттен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 30 минут;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>      2) максимально допустимое время ожидания до момента приема документов – 15 минут;</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C878DD">
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәтіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>күтудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұқсат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>етілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұзақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уақыты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 15 минут;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>      3) максимально допустимое время обслуживания – 15 минут.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C878DD">
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рұқсат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>етілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұзақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уақыты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 15 минут.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="z45"/>
+      <w:bookmarkStart w:id="0" w:name="z63"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нысаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қағаз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z64"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нәтижесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ата-анасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өкілінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өтініші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>баланы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нәтижесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұсыну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нысаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қағаз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="z65"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тұлғаларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тегін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z66"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="00C878DD">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00C878DD">
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кестесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңнамасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://adilet.zan.kz/kaz/docs/K070000251_" \l "z0" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="9A1616"/>
+          <w:spacing w:val="2"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>демалыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://adilet.zan.kz/kaz/docs/K070000251_" \l "z0" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="9A1616"/>
+          <w:spacing w:val="2"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мереке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>күндерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қоспағанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дүйсенбі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аралығында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>белгіленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кестесіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сағат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13.00-ден 14.00-ге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түскі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үзіліспен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сағат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 09.00-ден</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18.00-ге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-      <w:bookmarkStart w:id="4" w:name="z46"/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Өтініштерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметтің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нәтижесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сағат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13.00-ден 14.30-ға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түскі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үзіліспен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сағат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 09.00-ден 17.30-ға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүргізіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазылусыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеделдетіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетусіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="z67"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidRPr="00C878DD">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00C878DD">
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берушіге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қажетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тізбесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>      Форма представления результата оказания государственной услуги: бумажная.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C878DD">
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="z68"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өтініш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еркін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нысанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="z47"/>
-[...30 lines deleted...]
-      <w:r w:rsidRPr="00C878DD">
+      <w:bookmarkStart w:id="6" w:name="z69"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) Астана </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Алматы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалаларыны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басқармалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аудандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бөлімдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауылдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жерлерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әкім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жолдама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="z48"/>
-[...31 lines deleted...]
-        <w:r w:rsidRPr="00EC6001">
+      <w:bookmarkStart w:id="7" w:name="z70"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкестендіру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ата-анасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өкілінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>куәландыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://adilet.zan.kz/kaz/docs/Z1300000073" \l "z0" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="9A1616"/>
+          <w:spacing w:val="2"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түпнұсқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көшірме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="z71"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://adilet.zan.kz/kaz/docs/V030002423_" \l "z0" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="9A1616"/>
+          <w:spacing w:val="2"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="9A1616"/>
+          <w:spacing w:val="2"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="9A1616"/>
+          <w:spacing w:val="2"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>паспорты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="z72"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>денсаулығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E68C9" w:rsidRPr="007E68C9" w:rsidRDefault="007E68C9" w:rsidP="00217D05">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мәселелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қаланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>астананың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауданның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қаланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атқарушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лауазымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адамдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шешімдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әрекетіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әрекетсіздігіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шағымдану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="007E68C9" w:rsidRPr="007E68C9" w:rsidRDefault="007E68C9" w:rsidP="00217D05">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мәселелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лауазымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адамдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шешімдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әрекетіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әрекетсіздігіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шағымдану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазбаша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түрде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стандартының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z76" w:history="1">
+        <w:r w:rsidRPr="007E68C9">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>трудовому законодательству</w:t>
+          <w:t>11-тармағында</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EC6001">
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C878DD">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00C878DD">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекенжайлар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қаланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>астананың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауданның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қаланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атқарушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> органы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басшысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>      Прием заявлений и выдачи результатов оказания государственной услуги осуществляется с 09.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C878DD">
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шағымында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әкесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пошталық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шағ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ым</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қояды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>      Государственная услуга оказывается в порядке очереди без предварительной записи и ускоренного обслуживания.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C878DD">
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қаланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>астананың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауданның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қаланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атқарушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекенжайына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түскен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мәселелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шағымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>күнінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жатады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...51 lines deleted...]
-      <w:r w:rsidRPr="00C878DD">
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нәтижелерімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келіспеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сапасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бақылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уәкілетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орган</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүгіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>      1) заявление (в произвольной форме);</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C878DD">
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сапасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бақылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уәкілетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекенжайына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түскен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шағымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>күнінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> он бес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қарастыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жатады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">      2) направление, выданное Управлением образования городов Астана и Алматы, районных, городских отделов образования, в сельской местности - </w:t>
-[...94 lines deleted...]
-      <w:r w:rsidRPr="00EC6001">
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нәтижелерімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келіспеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C878DD">
-[...16 lines deleted...]
-        <w:t>      5) справка о состоянии здоровья ребенка.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://adilet.zan.kz/kaz/docs/K990000411_" \l "z0" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="9A1616"/>
+          <w:spacing w:val="2"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңнамасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>белгіленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртіппен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сот</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүгінуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C878DD" w:rsidRPr="00C878DD" w:rsidRDefault="00C878DD" w:rsidP="00EC6001">
+    <w:p w:rsidR="007E68C9" w:rsidRPr="007E68C9" w:rsidRDefault="007E68C9" w:rsidP="00217D05">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C878DD">
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00C878DD">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00EC6001">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00C878DD">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00C878DD">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00C878DD">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00C878DD">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00EC6001">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00C878DD">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ерекшеліктері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ескеріле</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>оказания государственных услуг</w:t>
-      </w:r>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00C878DD" w:rsidRPr="00C878DD" w:rsidRDefault="00C878DD" w:rsidP="00C878DD">
+    <w:p w:rsidR="007E68C9" w:rsidRPr="007E68C9" w:rsidRDefault="007E68C9" w:rsidP="00217D05">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C878DD">
-[...68 lines deleted...]
-      <w:r w:rsidRPr="00C878DD">
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орнының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Министрліктің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> www.edu.gov.kz интернет-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ресурсында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орналастырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">      В жалобе </w:t>
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00C878DD">
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="z77"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мәртебесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қашықтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>режимінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мәселелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірыңғай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орталығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мүмкіндігіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C878DD">
+      <w:r w:rsidRPr="007E68C9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">      Жалоба </w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve"> может обратиться в уполномоченный орган по оценке и </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="z78"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мәселелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірыңғ</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C878DD">
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C878DD">
-[...116 lines deleted...]
-        <w:t>Республики Казахстан порядке.</w:t>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орталығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E68C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: 8-800-080-7777, 1414.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C878DD" w:rsidRPr="00C878DD" w:rsidRDefault="00C878DD" w:rsidP="00EC6001">
+    <w:p w:rsidR="000E14B1" w:rsidRPr="007E68C9" w:rsidRDefault="000E14B1">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...9 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C878DD">
-[...21 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="12" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w:rsidR="00C878DD" w:rsidRPr="00C878DD" w:rsidRDefault="00C878DD" w:rsidP="00C878DD">
-[...122 lines deleted...]
-    <w:sectPr w:rsidR="000E14B1" w:rsidSect="00EC6001">
+    <w:sectPr w:rsidR="000E14B1" w:rsidRPr="007E68C9" w:rsidSect="007E68C9">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="426" w:right="720" w:bottom="284" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0080347F"/>
+    <w:rsidRoot w:val="006E632E"/>
     <w:rsid w:val="000E14B1"/>
-    <w:rsid w:val="0080347F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00EC6001"/>
+    <w:rsid w:val="00217D05"/>
+    <w:rsid w:val="006E632E"/>
+    <w:rsid w:val="007E68C9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1619,135 +11729,135 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00C878DD"/>
+    <w:rsid w:val="007E68C9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00C878DD"/>
+    <w:rsid w:val="007E68C9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C878DD"/>
+    <w:rsid w:val="007E68C9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00C878DD"/>
+    <w:rsid w:val="007E68C9"/>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C878DD"/>
+    <w:rsid w:val="007E68C9"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -1878,167 +11988,167 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00C878DD"/>
+    <w:rsid w:val="007E68C9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00C878DD"/>
+    <w:rsid w:val="007E68C9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C878DD"/>
+    <w:rsid w:val="007E68C9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00C878DD"/>
+    <w:rsid w:val="007E68C9"/>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C878DD"/>
+    <w:rsid w:val="007E68C9"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="2046786359">
+    <w:div w:id="267735747">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010981" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V030002423_" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000073" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1500000377" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500010981" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2287,70 +12397,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>758</Words>
-  <Characters>4327</Characters>
+  <Words>814</Words>
+  <Characters>4646</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>36</Lines>
+  <Lines>38</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5075</CharactersWithSpaces>
+  <CharactersWithSpaces>5450</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>