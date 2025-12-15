--- v0 (2025-12-07)
+++ v1 (2025-12-15)
@@ -1,7717 +1,4766 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00FA6E77" w:rsidRPr="00FA6E77" w:rsidRDefault="00FA6E77" w:rsidP="00FA6E77">
-[...42 lines deleted...]
-        <w:t>Бі</w:t>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3420"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidTr="00386DD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386DD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00386DD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>к приказу Министра</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00386DD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00386DD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00386DD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>от 13 апреля 2015 года</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00386DD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>№ 198</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"Предоставление бесплатног</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о и льготного питания отдельным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>категориям обучающихся и воспитанников в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>общеобразовательных школах"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="z139"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Государственная услуга "Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах" (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Государственная услуга оказывается местными исполнительными органами областей городов Астаны и Алматы, районов и городов областного значения (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Прием заявления и выдача результата оказания государственной услуги осуществляются </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00FA6E77">
-[...6 lines deleted...]
-        <w:t>л</w:t>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>через</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00FA6E77">
-[...76 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z27" w:history="1">
+        <w:r w:rsidRPr="00386DD5">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>веб-портал</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> "электронного правительства" www.egov.kz (далее – портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) с момента сдачи документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, а также при обращении на портал – пять рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) максимально допустимое время ожидания для сдачи документов у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) максимально допустимое время обслуживания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 30 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Форма оказания государственной услуги – электронная (частично автоматизированная) и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Результат оказания государственной услуги – справка о предоставлении бесплатного и льготного питания в общеобразовательной школе по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z157" w:history="1">
+        <w:r w:rsidRPr="00386DD5">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приложению 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящему стандарту государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Форма предоставления результата оказания государственной услуги – электронная и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В случае обращения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за результатом оказания государственной услуги на бумажном носителе результат оказания государственной услуги оформляется в электронной форме, распечатывается, заверяется печатью и подписью уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. Государственная услуга оказывается бесплатно физическим лицам (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных и праздничных дней, согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z84" w:history="1">
+        <w:r w:rsidRPr="00386DD5">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>трудовому законодательству</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Прием заявления и выдача результата оказания государственной услуги осуществляется с 9.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9. Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) заявление по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z158" w:history="1">
+        <w:r w:rsidRPr="00386DD5">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приложению 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящему стандарту государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z37" w:history="1">
+        <w:r w:rsidRPr="00386DD5">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>документ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, удостоверяющий личность родителей (требуется для идентификации личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) копия свидетельства о рождении ребенка в случае рождения ребенка до 13 августа 2007 года либо за пределами Республики Казахстан (требуется для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) копия свидетельства о заключении или расторжении брака (в случае заключения или расторжения брака до 2008 года либо за пределами Республики Казахстан);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) справка, подтверждающая принадлежность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (семьи) к потребителям государственной адресной социальной помощи, предоставляемую местными исполнительными органами для категории </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из семей, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z3" w:history="1">
+        <w:r w:rsidRPr="00386DD5">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>имеющих право</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> на получение государственной адресной социальной помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) документы о полученных доходах (справка о заработной плате работающих родителей или лиц их заменяющих, о доходах от предпринимательской и других видов деятельности, о доходах в виде алиментов на детей и других иждивенцев для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из семей, не получающих государственную адресную социальную помощь, в которых </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z11" w:history="1">
+        <w:r w:rsidRPr="00386DD5">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>среднедушевой доход</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> ниже величины </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="00386DD5">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>прожиточного</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z18" w:history="1">
+        <w:r w:rsidRPr="00386DD5">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>минимума</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z54" w:history="1">
+        <w:r w:rsidRPr="00386DD5">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>решение</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> уполномоченного органа об утверждении опеки (попечительства), патронатного воспитания для детей-сирот и детей, оставшихся без попечения родителей, воспитывающихся в семьях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) копия </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>решения коллегиального органа управления организации образования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о предоставлении бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах на основании обследования материально-бытового положения семьи, а также других необходимых документов для принятия решения об оказании финансовой и материальной помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Документы представляются в подлинниках для сверки, после чего подлинники возвращаются </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При приеме документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдает </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> расписку о приеме соответствующих документов с указанием:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) номера и даты приема запроса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) вида запрашиваемой государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) количества и названия приложенных документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) даты (времени) и места выдачи документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) фамилии, имени, а также отчества (при наличии) работника </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, принявшего заявление;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) фамилии, имени, а также отчества (при наличии) родителей и его контактных телефонов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      на портал:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) запрос по форме электронного документа, удостоверенный ЭЦП </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) электронная копия свидетельства о рождении ребенка в случае рождения ребенка до 13 августа 2007 года либо за пределами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) электронная копия свидетельства о заключении или расторжении брака в случае заключения или расторжения брака до 2008 года либо за пределами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) электронная копия </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>решения коллегиального органа управления организации образования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о предоставлении бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах на основании обследования материально-бытового положения семьи, а также других необходимых документов для принятия решения об оказании финансовой и материальной помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) электронная копия документа о полученных доходах (справка о заработной плате работающих родителей или лиц их заменяющих).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сведения документов, удостоверяющих личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, рождение ребенка (в случае рождения ребенка после 13 августа 2007 года), заключение или расторжении брака (в случае заключения или расторжения брака после 2008 года), о регистрации в качестве безработного, о принадлежности </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (семьи) к получателям государственной адресной социальной помощи, об установлении опеки или попечительства над ребенком-сиротой (детьми-сиротами) или ребенком (детьми), оставшихся без попечения родителей, передаче</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ребенка-сироты (детей-сирот) или ребенка (детей), оставшегося без попечения родителей, на патронатное воспитание, о полученных доходах от предпринимательской и других видов деятельности, о доходах в виде алиментов на детей и других иждивенцев </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      В случае обращения через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в "личный кабинет" направляется статус о принятии запроса на государственную услугу, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Порядок обжалования решений,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> действий (бездействия) местных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>исполнительных органов об</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ластей, города республиканского</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>значения, столицы, районов,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> городов областного значения, а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">также </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> их должностных лиц по вопросам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10. Обжалование решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг: жалоба подается на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> либо руководителя соответствующего местного исполнительного органа областей, города республиканского значения, столицы (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) по адресам, указанным в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z154" w:history="1">
+        <w:r w:rsidRPr="00386DD5">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 12</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жалоба подается в письменной форме по почте либо нарочно через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В жалобе физического лица указывается его фамилия, имя, отчество (при его наличии), почтовый адрес, контактный телефон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При обращении через портал информацию о порядке обжалования можно получить по телефону Единого </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг "1414".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При отправке жалобы через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услогополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по почте либо выдается нарочно в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В случае несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> может обратиться с жалобой в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="00386DD5">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>уполномоченный орган</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес уполномоченного органа по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Также информацию о порядке обжалования действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц можно получить по телефону </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="00386DD5">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Единого </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00386DD5">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>контакт-центра</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> по вопросам оказания государственных услуг "1414".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11. В случаях несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет право обратиться в суд в установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z1429" w:history="1">
+        <w:r w:rsidRPr="00386DD5">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Иные требования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с учетом особенностей оказания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12. Адреса мест оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства www.edu.gov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также Единого </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг "1414".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14. Контактные телефоны справочных служб </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства www.edu.gov.kz, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> www.bala-kkk.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5805"/>
+        <w:gridCol w:w="3420"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidTr="00386DD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00386DD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z157"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="00386DD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00386DD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>к стандарту государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00386DD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Предоставление бесплатного и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00386DD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>льготного питания отдельным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00386DD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>категориям обучающихся и воспитанников</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00386DD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>в общеобразовательных школах"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>СПРАВКА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о предоставлении бесплатного и льготного питания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в общеобразовательной школе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00CA4173" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r w:rsidR="00386DD5" w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дана __________________ в том, что он/она включе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00386DD5" w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00386DD5" w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-а) в список</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRDefault="00CA4173" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidR="00386DD5" w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(Ф.И.О.(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4173" w:rsidRPr="00386DD5" w:rsidRDefault="00CA4173" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRDefault="00386DD5" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся и воспитанников, обеспечивающихся бесплатным питанием в 20__ - 20__ учебном году.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4173" w:rsidRDefault="00CA4173" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4173" w:rsidRPr="00386DD5" w:rsidRDefault="00CA4173" w:rsidP="00386DD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00CA4173" w:rsidP="00CA4173">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                </w:t>
+      </w:r>
+      <w:r w:rsidR="00386DD5" w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00CA4173" w:rsidP="00CA4173">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                </w:t>
+      </w:r>
+      <w:r w:rsidR="00386DD5" w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дата, подпись руководителя</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00CA4173" w:rsidP="00CA4173">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                </w:t>
+      </w:r>
+      <w:r w:rsidR="00386DD5" w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>местного исполнительного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00CA4173" w:rsidP="00CA4173">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                </w:t>
+      </w:r>
+      <w:r w:rsidR="00386DD5" w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>областей, городов Астаны и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00CA4173" w:rsidP="00CA4173">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                 </w:t>
+      </w:r>
+      <w:r w:rsidR="00386DD5" w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Алматы, районов и городов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00CA4173" w:rsidP="00CA4173">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                 </w:t>
+      </w:r>
+      <w:r w:rsidR="00386DD5" w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>областного значения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4173" w:rsidRDefault="00CA4173" w:rsidP="00CA4173">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386DD5" w:rsidRPr="00386DD5" w:rsidRDefault="00CA4173" w:rsidP="00CA4173">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r w:rsidR="00386DD5" w:rsidRPr="00386DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Место печати</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A68BD" w:rsidRPr="00386DD5" w:rsidRDefault="001A68BD">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...7450 lines deleted...]
-    <w:sectPr w:rsidR="001A68BD" w:rsidRPr="00FA6E77" w:rsidSect="00FA6E77">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:sectPr w:rsidR="001A68BD" w:rsidRPr="00386DD5" w:rsidSect="00386DD5">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="426" w:right="850" w:bottom="426" w:left="567" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="426" w:right="566" w:bottom="426" w:left="567" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="TimesNewRomanPSMT">
-    <w:panose1 w:val="00000000000000000000"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="auto"/>
-[...18 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="420024FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="90"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="006216DC"/>
+    <w:rsidRoot w:val="00CE12CC"/>
     <w:rsid w:val="001A68BD"/>
-    <w:rsid w:val="006216DC"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00FA6E77"/>
+    <w:rsid w:val="00386DD5"/>
+    <w:rsid w:val="0097786B"/>
+    <w:rsid w:val="00CA4173"/>
+    <w:rsid w:val="00CE12CC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -7855,76 +4904,145 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00386DD5"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00386DD5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00386DD5"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00386DD5"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00386DD5"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -8045,89 +5163,173 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00386DD5"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00386DD5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00386DD5"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00386DD5"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00386DD5"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="105081101">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000314" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1500000377" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1600000025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1600013324" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/U1400000900" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000246_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000418" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000246_" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000073" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8376,70 +5578,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>2049</Words>
-  <Characters>11685</Characters>
+  <Words>2006</Words>
+  <Characters>11435</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>97</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>95</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13707</CharactersWithSpaces>
+  <CharactersWithSpaces>13415</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>