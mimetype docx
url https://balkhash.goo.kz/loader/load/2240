--- v0 (2025-12-10)
+++ v1 (2025-12-14)
@@ -1,2569 +1,3817 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5610"/>
-        <w:gridCol w:w="3660"/>
+        <w:gridCol w:w="5638"/>
+        <w:gridCol w:w="3632"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EA5B1E" w:rsidRPr="00C64899" w:rsidTr="00131CB1">
+      <w:tr w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidTr="00131CB1">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EA5B1E" w:rsidRPr="00C64899" w:rsidRDefault="00EA5B1E" w:rsidP="00131CB1">
+          <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00131CB1">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C64899">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EA5B1E" w:rsidRPr="00C64899" w:rsidRDefault="00EA5B1E" w:rsidP="00131CB1">
+          <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00131CB1">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C64899">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>Қазақстан Республикасы</w:t>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>Білім және ғылым министрінің</w:t>
+              </w:rPr>
+              <w:t>к приказу Министра образования</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>2015 жылғы 8 сәуірдегі</w:t>
+              </w:rPr>
+              <w:t>и науки Республики Казахстан</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...15 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              </w:rPr>
+              <w:t>от 8 апреля 2015 года № 179</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EA5B1E" w:rsidRPr="00C64899" w:rsidRDefault="00EA5B1E" w:rsidP="00EA5B1E">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z10"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Бастауыш, негізгі орта, жалпы орта білім берудің жалпы</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> Стандарт государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00C64899">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>білім беретін бағдарламалары бойынша оқыту үшін ведомстволық</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>"Прием документов и зачисление в организации образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00C64899">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>бағыныстылығына қарамастан білім беру ұйымдарына құжаттарды</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">независимо от ведомственной подчиненности, для </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>обучения по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00C64899">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>қабылдау және оқуға қабылдау" мемлекеттік көрсетілетін</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>общеобразовательным программам начального, основного среднего,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00C64899">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>қызмет стандарты</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>общего среднего образования"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00C64899">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>1. Жалпы ережелер</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="1" w:name="z14"/>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z12"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00C64899">
-[...15 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="z15"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Государственная услуга "Прием документов и зачисление в организации образования, независимо от ведомственной подчиненности, для </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>обучения по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общеобразовательным программам начального, основного среднего, общего среднего образования" (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z13"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00C64899">
-[...15 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="z16"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z14"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="00C64899">
-[...33 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="z18"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Государственная услуга оказывается организациями начального, основного среднего и общего среднего образования (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугодатели</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Прием заявления и выдача результата оказания государственной услуги осуществляются </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>через</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>веб-портал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "электронного правительства": </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>www.egov.kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z15"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z16"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidRPr="00C64899">
-[...33 lines deleted...]
-      <w:bookmarkStart w:id="7" w:name="z20"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) с момента сдачи пакета документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, а также при обращении через портал – пять рабочих дней для получения расписки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      для зачисления в организацию образования начального, основного среднего, общего среднего образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      на очную и вечернюю форму обучения – не позднее 30 августа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      в первый класс – с 1 июня по 30 августа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      2) максимально допустимое время ожидания для сдачи пакета документов – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      3) максимально допустимое время обслуживания – 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z17"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      5. Форма оказания государственной услуги: электронная, бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z18"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidRPr="00C64899">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      6. Результат оказания государственной услуги: расписка о приеме документов и приказ о зачислении в организацию начального, основного среднего, общего среднего образования на начало учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      Форма предоставления результата оказания государственной услуги: электронная, бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При обращении к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за результатом оказания государственной услуги на бумажном носителе результат оформляется на бумажном носителе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При обращении через портал в "личный кабинет" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приходит уведомление о зачислении в организацию образования в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z19"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. Государственная услуга оказывается бесплатно физическим лицам (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z20"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      8. График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>: с понедельника по пятницу включительно, за исключением выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан, в соответствии с установленным графиком работы с 9.00 часов до 18.30 часов с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      Прием заявления и выдача результата оказания государственной услуги осуществляется с 9.00 до 18.30 часов с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      2) Портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> после окончания рабочего времени в выходные и праздничные дни, согласно трудовому законодательству Республики Казахстан, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z21"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9. Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (либо его законного представителя):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) заявление согласно приложению 1 к настоящему стандарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) копия свидетельства о рождении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в случае рождения до 2008 года (документ, удостоверяющий личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (оригинал требуется для идентификации личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) врачебное профессионально-консультационное заключение, форма № 086/е, утвержденное приказом исполняющего обязанности Министра здравоохранения Республики Казахстан, зарегистрированное в реестре государственной регистрации от 23 ноября 2010 года № 907 "Об утверждении форм первичной медицинской документации организаций здравоохранения" (далее - форма № 086/е);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      4) фотографии размером 3х4 см в количестве 2 штук;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) заключение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>педагого-медико-психологической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комиссии (при наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Услугополучатели</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – иностранцы и лица без гражданства также представляют один из следующих документов, определяющих их статус, с отметкой о регистрации по месту проживания:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) иностранец – вид на жительство иностранца в Республике Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) лицо без гражданства – удостоверение лица без гражданства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) беженец – удостоверение беженца;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4) лицо, ищущее убежище - свидетельство лица, ищущего убежище;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       5) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>оралман</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – удостоверение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>оралмана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       При сдаче документов для оказания государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдается расписка о приеме документов у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по форме, согласно приложению 2 к настоящему стандарту государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      На портал:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) заявление одного из родителей (или иных законных представителей) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в форме электронного документа, подписанного ЭЦП его представителя, с указанием фактического места жительства </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) электронная копия свидетельства о рождении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, если дата его рождения до 2008 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) электронная копия </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>врачебного</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> профессионально-консультационного заключение, форма № 086/е.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) цифровая фотография </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> размером 3х4 см;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) электронная копия заключения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>педагого-медико-психологической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комиссии (при наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сведения о данных документа, удостоверяющего личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, свидетельства о рождении ребенка (если ребенок родился после 2008 года) получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При обращении через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в "личный кабинет" направляется уведомление-отчет о принятии запроса для оказания государственной услуги в форме электронного документа, удостоверенного ЭЦП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z22"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. Мемлекеттік қызметті көрсету тәртібі</w:t>
-[...81 lines deleted...]
-      <w:bookmarkStart w:id="12" w:name="z25"/>
+        <w:t xml:space="preserve"> 3. Порядок обжалования решений,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>действий (бездействий) местных исполнительных органов, города</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>республиканского значения и столицы, района (города областного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">значения) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z23"/>
       <w:bookmarkEnd w:id="11"/>
-      <w:r w:rsidRPr="00C64899">
-[...33 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="z27"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10. Для обжалования решений, действий (бездействий) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг жалоба подается в письменном виде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) на имя руководителя соответствующего местного исполнительного органа, города республиканского значения и столицы, района (города областного значения) по адресам, указанным в пункте 12;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по адресам, указанным в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> местных исполнительных органов, города республиканского значения и столицы, района (города областного значения) с указанием фамилии и инициалов лица, принявшего жалобу, сроки и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги, поступившая в адрес местного исполнительного органа, города республиканского значения и столицы, района (города областного значения), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       В случае несогласия с результатами оказания государственной услуги, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> может обратиться в уполномоченный орган по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес уполномоченного органа по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственной услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Информацию о порядке обжалования можно получить посредством единого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      В жалобе физического лица указываются его фамилия, имя, отчество (при наличии), почтовый адрес.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z24"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       11. В случаях несогласия с результатами оказанной государственной услуги, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z25"/>
       <w:bookmarkEnd w:id="13"/>
-      <w:r w:rsidRPr="00C64899">
-[...15 lines deleted...]
-      <w:bookmarkStart w:id="15" w:name="z28"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Иные требования с учетом особенностей оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>государственной услуги, в том числе оказываемой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>в электронной форме</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z26"/>
       <w:bookmarkEnd w:id="14"/>
-      <w:r w:rsidRPr="00C64899">
-[...15 lines deleted...]
-      <w:bookmarkStart w:id="16" w:name="z29"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12. Адреса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугодателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> указываются: на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>www.egov.kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в разделе "Государственные услуги"), местных исполнительных органов города республиканского значения и столицы, района (города областного значения).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z27"/>
       <w:bookmarkEnd w:id="15"/>
-      <w:r w:rsidRPr="00C64899">
-[...15 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="z30"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП родителей (законных представителей).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z28"/>
       <w:bookmarkEnd w:id="16"/>
-      <w:r w:rsidRPr="00C64899">
-[...15 lines deleted...]
-      <w:bookmarkStart w:id="18" w:name="z31"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством единого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z29"/>
       <w:bookmarkEnd w:id="17"/>
-      <w:r w:rsidRPr="00C64899">
-[...165 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      9. Көрсетілетін қызметті алушы (немесе оның заңды өкілі) жүгінген кезде мемлекеттік қызметті көрсету үшін қажетті құжаттардың тізбесі:</w:t>
-[...756 lines deleted...]
-        <w:t xml:space="preserve">       15. Көрсетілетін қызметті берушінің мемлекеттік қызмет көрсету мәселелері жөніндегі анықтама қызметтерінің байланыс телефондары Министрліктің интернет-ресурсында орналастырылған: www.edu.gov.kz. Мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс-орталығы: 8-800-080-7777, 1414. </w:t>
+        <w:t xml:space="preserve">      15. Контактные телефоны справочных служб </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>www.gov.kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., единого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5530"/>
-        <w:gridCol w:w="3740"/>
+        <w:gridCol w:w="5461"/>
+        <w:gridCol w:w="3809"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EA5B1E" w:rsidRPr="00C64899" w:rsidTr="00131CB1">
+      <w:tr w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidTr="00131CB1">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="63"/>
-          <w:p w:rsidR="00EA5B1E" w:rsidRPr="00C64899" w:rsidRDefault="00EA5B1E" w:rsidP="00131CB1">
+          <w:bookmarkEnd w:id="18"/>
+          <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00131CB1">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C64899">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EA5B1E" w:rsidRPr="00C64899" w:rsidRDefault="00EA5B1E" w:rsidP="00131CB1">
+          <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00131CB1">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C64899">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>"Бастауыш, негізгі орта, жалпы</w:t>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>орта білім берудің жалпы білім</w:t>
+              </w:rPr>
+              <w:t>к стандарту государственной услуги</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>беретін бағдарламалары бойынша</w:t>
+              </w:rPr>
+              <w:t>"Прием документов и зачисление в</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>оқыту үшін ведомстволық</w:t>
+              </w:rPr>
+              <w:t>организации образования, независимо</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>бағыныстылығына қарамастан білім</w:t>
+              </w:rPr>
+              <w:t>от ведомственной подчиненности,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>беру ұйымдарына құжаттарды қабылдау</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">для </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>обучения по</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> общеобразовательным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>және оқуға қабылдау" мемлекеттік</w:t>
+              </w:rPr>
+              <w:t>программам начального, основного</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C64899">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...15 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              </w:rPr>
+              <w:t>среднего, общего среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EA5B1E" w:rsidRPr="00C64899" w:rsidRDefault="00EA5B1E" w:rsidP="00EA5B1E">
-[...705 lines deleted...]
-    <w:sectPr w:rsidR="00CB404F" w:rsidSect="00CB404F">
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z31"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Форма            </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      Руководителю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      Наименование местного исполнительного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      _______________________/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      Ф.И.О. (при наличии) полностью/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z32"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      Прошу зачислить моего сына/дочь (Ф.И.О. (при наличии) ребенка)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      для обучения </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      _____ класс __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      (полное наименование организации образования)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      Проживающего по</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      адресу _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      (наименование населенного пункта, района, города и области)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Согласен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на использования сведений, составляющих </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>охряняемую</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>законом тайну, содержащихся в информационных системах</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      __________ "__" ____ 20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5461"/>
+        <w:gridCol w:w="3809"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidTr="00131CB1">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00131CB1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00131CB1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>к стандарту государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>"Прием документов и зачисление в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>организации образования, независимо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>от ведомственной подчиненности,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">для </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>обучения по</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> общеобразовательным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>программам начального, основного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D57C3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>среднего, общего среднего образования"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z34"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Форма            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z35"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      Расписка</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      о получении документов у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      Организации образования __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>                             (полное наименование организации образования)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      (наименование населенного пункта, района, города и области)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      Расписка о приеме документов № _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Получены </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________ следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      (Ф.И.О. (при наличии) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      1. Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      2. Другие _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      Дата приема заявления ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      Ф.И.О. (при наличии</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>)(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ответственного лица, принявшего документы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      ________(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      Телефон __________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Получил: Ф.И.О. (при наличии)/подпись </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E0206F" w:rsidRPr="00D57C3F" w:rsidRDefault="00E0206F" w:rsidP="00E0206F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      "___" _________ 20__ год</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00371DBC" w:rsidRPr="00E0206F" w:rsidRDefault="00371DBC" w:rsidP="00E0206F"/>
+    <w:sectPr w:rsidR="00371DBC" w:rsidRPr="00E0206F" w:rsidSect="00371DBC">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Consolas">
-    <w:panose1 w:val="020B0609020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="modern"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial Unicode MS">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Batang">
+    <w:altName w:val="바탕"/>
+    <w:panose1 w:val="02030600000101010101"/>
+    <w:charset w:val="81"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Candara">
+    <w:panose1 w:val="020E0502030303020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000A44B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="00000001"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="00000001"/>
+    <w:name w:val="WW8Num2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3479"/>
+        </w:tabs>
+        <w:ind w:left="3479" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="0ADD69B4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4E20A128"/>
+    <w:lvl w:ilvl="0" w:tplc="AFEA20F8">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="55CF1E34"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BE8EE9F6"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="2"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00EA5B1E"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00EA5B1E"/>
+    <w:rsidRoot w:val="00E72138"/>
+    <w:rsid w:val="00371DBC"/>
+    <w:rsid w:val="009A60EB"/>
+    <w:rsid w:val="00E0206F"/>
+    <w:rsid w:val="00E72138"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="0"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -2636,95 +3884,213 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00EA5B1E"/>
+    <w:rsid w:val="00E72138"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
-      <w:lang w:val="en-US"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E72138"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:after="100"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E72138"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E72138"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E72138"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="2">
+    <w:name w:val="Основной текст (2)_"/>
+    <w:link w:val="20"/>
+    <w:locked/>
+    <w:rsid w:val="00E72138"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+      <w:sz w:val="19"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Основной текст (2)"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="2"/>
+    <w:rsid w:val="00E72138"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="240" w:line="240" w:lineRule="atLeast"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Candara" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Candara" w:cstheme="minorBidi"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:rsid w:val="00E72138"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="366755433">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2970,55 +4336,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>10253</Characters>
+  <Pages>3</Pages>
+  <Words>1760</Words>
+  <Characters>10037</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>85</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>83</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12027</CharactersWithSpaces>
+  <CharactersWithSpaces>11774</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>