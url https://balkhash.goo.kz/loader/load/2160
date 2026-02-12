--- v0 (2025-12-10)
+++ v1 (2026-02-12)
@@ -1,46825 +1,13563 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:kern w:val="36"/>
           <w:sz w:val="39"/>
           <w:szCs w:val="39"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:kern w:val="36"/>
           <w:sz w:val="39"/>
           <w:szCs w:val="39"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Білім туралы</w:t>
+        <w:t>Об образовании</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасының 2007 жылғы 27 шілдедегі № 319 Заңы.</w:t>
-[...5 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+        <w:t>Закон Республики Казахстан от 27 июля 2007 года № 319-III.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="255"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="1E1E1E"/>
+            <w:spacing w:val="5"/>
+            <w:sz w:val="23"/>
+            <w:szCs w:val="23"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>оглавление</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...12 lines deleted...]
-        <w:r w:rsidRPr="006068BA">
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Настоящий Закон регулирует общественные отношения в области образования, определяет основные принципы государственной политики в этой области и направлен на обеспечение конституционного права граждан Республики Казахстан, а также иностранцев и лиц без гражданства, постоянно проживающих в Республике Казахстан, на образование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 1. ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 1. Основные понятия, используемые в настоящем Законе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В настоящем Законе используются следующие основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) исключен Законом РК от 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>68-баптан</w:t>
+          <w:t>№ 398-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006068BA">
-[...25 lines deleted...]
-        <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1-1) адъюнкт – лицо, обучающееся в зарубежных военных учебных заведениях, реализующих образовательные программы послевузовского образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) академия – высшее учебное заведение, реализующее образовательные учебные программы высшего и послевузовского образования по одной-двум группам специальностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2-1) академическая мобильность – перемещение обучающихся или преподавателей-исследователей для обучения или проведения исследований на определенный академический период (семестр или учебный год) в другое высшее учебное заведение (внутри страны или за рубежом) с обязательным перезачетом освоенных учебных программ, дисциплин в виде кредитов в своем высшем учебном заведении или для продолжения учебы в другом высшем учебном заведении;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-2) аккредитационные органы – юридические лица, которые разрабатывают стандарты (регламенты) и проводят аккредитацию организаций </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на основе разработанных ими стандартов (регламентов);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2-3) стандарты (регламенты) аккредитации – документы аккредитационного органа, устанавливающие требования к процедуре аккредитации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) именная стипендия - учреждаемая физическими или юридическими лицами стипендия для поощрения наиболее </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>способных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся, успешно осваивающих соответствующие образовательные программы, занимающихся научно-исследовательской работой, принимающих активное участие в общественной, культурной и спортивной жизни учебного заведения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3-1) методический кабинет – структурное подразделение органов управления образования, обеспечивающее организационно-методическое сопровождение, анализ и оценку результативности образовательного процесса, обобщение и распространение инновационного педагогического опыта, что способствует творческому росту педагогических кадров и их профессиональной самореализации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3-2) военные, специальные учебные заведения – организации образования, подведомственные органам национальной безопасности Республики Казахстан, Министерству внутренних дел Республики Казахстан, органам прокуратуры Республики Казахстан и Министерству обороны Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) бакалавр – степень, присуждаемая лицам, освоившим образовательные программы высшего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4-1) бакалавриат – высшее образование, образовательные программы которого направлены на подготовку кадров с присуждением степени "бакалавр" по соответствующей специальности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) предпрофильная подготовка - целенаправленная педагогическая поддержка выбора </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающимся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> основного среднего образования индивидуальной образовательной траектории;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5-1) профильная школа – учебное заведение, реализующее общеобразовательную учебную программу общего среднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) профильное обучение - процесс дифференциации и индивидуализации обучения, организации образовательного процесса с учетом интересов, склонностей и способностей обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      6-1) доктор по профилю – степень, присуждаемая лицам, освоившим программу докторантуры по соответствующей сфере профессиональной деятельности и защитившим диссертацию в Республике Казахстан или за ее пределами, признанная в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) международная стипендия "Болашак" – стипендия, учреждаемая Президентом Республики Казахстан для обучения граждан Республики Казахстан в ведущих зарубежных высших учебных заведениях по очной форме обучения или прохождения стажировки в зарубежных организациях работниками, категории которых определяются Республиканской комиссией по подготовке кадров за рубежом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7-1) ваучерно-модульная система повышения квалификации – форма повышения квалификации, предоставляющая работнику образования возможность выбора организации, содержания и сроков обучения, финансируемая на основе подушевого норматива, установленного государством и оформленного в виде именного документа (ваучера), обеспеченного определенной суммой денег;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7-2) институт повышения квалификации – организация образования, реализующая актуальные образовательные программы профессионального повышения квалификации и переподготовку кадров в системе непрерывного образования, осуществляющая поддержку инновационных процессов в образовании, обеспечивающих эффективность методической работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7-3) присвоение квалификации – процедура подтверждения совокупности индивидуальных способностей, профессиональных знаний, умений и навыков, необходимых для выполнения работы в рамках соответствующего вида профессиональной деятельности по конкретной специальности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7-4) специальные условия для получения образования – условия, включающие специальные учебные программы и методы обучения, технические и иные средства, среду жизнедеятельности, а также медицинские, социальные и иные услуги, без которых невозможно освоение общеобразовательных учебных и образовательных программ лицами (детьми) с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) промежуточная аттестация </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - процедура, проводимая с целью оценки качества освоения обучающимися содержания части или всего объема одной учебной дисциплины после завершения ее изучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) итоговая аттестация обучающихся - процедура, проводимая с целью определения степени освоения ими объема учебных дисциплин, предусмотренных государственным общеобязательным стандартом соответствующего уровня образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9-1) образование – непрерывный процесс воспитания и обучения, осуществляемый в целях нравственного, интеллектуального, культурного, физического развития и формирования профессиональной компетентности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9-2) образовательная программа – единый комплекс основных характеристик образования, включающий цели, результаты и содержание обучения, организацию образовательного процесса, способы и методы их реализации, критерии оценки результатов обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10) образовательный грант - целевая сумма денег, предоставляемая </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающемуся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на условиях, установленных законодательством Республики Казахстан, для оплаты высшего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10-1) образовательный кредит – деньги, предоставляемые заемщику финансовыми организациями для оплаты обучения на условиях срочности, платности и возвратности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) образовательная деятельность - процесс целенаправленного, педагогически обоснованного, последовательного взаимодействия субъектов образования, в ходе которого решаются задачи обучения, развития и воспитания личности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) образовательный мониторинг - систематическое наблюдение, анализ, оценка и прогноз состояния и динамики изменений результатов и условий осуществления образовательных процессов, контингента обучающихся, сети, а также рейтинговых показателей достижений деятельности организаций образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) уполномоченный орган в области образования - центральный исполнительный орган Республики Казахстан, осуществляющий руководство и межотраслевую координацию в области образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      14) национальная система оценки качества образования - совокупность институциональных структур, процедур, форм и способов установления соответствия качества образования государственным общеобязательным стандартам образования, потребностям личности, общества и государства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15) нострификация документов об образовании - процедура, проводимая с целью определения эквивалентности документов, выданных лицам, получившим образование в других государствах, в международных или иностранных учебных заведениях (их филиалах);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      16) аккредитация организаций образования – процедура признания аккредитационным органом соответствия образовательных </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услуг</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> установленным стандартам (регламентам) аккредитации с целью предоставления объективной информации об их качестве и подтверждения наличия эффективных механизмов его повышения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17) государственная аттестация организаций образования - процедура, проводимая с целью контроля соответствия образовательных услуг, предоставляемых организациями образования, требованиям государственного общеобязательного стандарта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17-1) особый статус высшего учебного заведения – особый режим функционирования организации образования, предоставляющий право самостоятельного определения содержания образования и организации образовательной деятельности, предусмотренный законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      18) гимназия – учебное заведение, реализующее общеобразовательные учебные программы начального, основного среднего и общего среднего образования и образовательные программы дополнительного образования, обеспечивающие расширенное и углубленное образование по </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>общественно-гуманитарному</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и иным направлениям обучения в соответствии со склонностями и способностями обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      18-1) научно-методическая работа – вид деятельности, основанный на достижениях науки и передового педагогического опыта и направленный на совершенствование функционирования и развития системы непрерывного образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      18-2) кандидат наук, доктор наук – ученые степени, присужденные на основании защиты диссертаций соискателями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      18-3) докторант – лицо, обучающееся в докторантуре;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      18-4) докторантура – послевузовское образование, образовательные программы которого направлены на подготовку кадров для научной, педагогической и (или) профессиональной деятельности, с присуждением степени доктора философии (PhD), доктора по профилю;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19) исключен Законом РК от 24.10.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z18" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>МАЗМҰНЫ</w:t>
+          <w:t>№ 487-IV</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...49 lines deleted...]
-        <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19-1) дуальное обучение – форма подготовки кадров, сочетающая обучение в организации образования с обязательными периодами обучения и практики на предприятии с предоставлением рабочих мест и компенсационной выплатой обучающимся при равной ответственности предприятия, учебного заведения и обучающегося;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      20) исключен Законом РК от 24.10.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z18" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 487-ІV</w:t>
+          <w:t>№ 487-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006068BA">
-[...23 lines deleted...]
-        <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21) общеобразовательная школа – учебное заведение, реализующее общеобразовательные учебные программы начального, основного среднего и общего среднего образования, а также образовательные программы дополнительного образования обучающихся и воспитанников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21-1) подушевой норматив финансирования – норматив финансового обеспечения гарантированной государственной стоимости обучения на всех уровнях образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21-2) высший колледж – учебное заведение, реализующее интегрированные модульные образовательные программы технического и профессионального, послесреднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      21-3) исследовательский университет – </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>высшее учебное заведение, реализующее утвержденную Правительством Республики Казахстан программу развития на пять</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лет и самостоятельно разработанные образовательные программы высшего и послевузовского образования по широкому спектру </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>направлений подготовки (специальностей), использующее результаты фундаментальных и прикладных научных исследований для генерации и трансферта новых знаний;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21-4) лица (дети) с особыми образовательными потребностями – лица, которые испытывают постоянные или временные трудности в получении образования, обусловленные здоровьем, нуждающиеся в специальных, общеобразовательных учебных программах и образовательных программах дополнительного образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21-5) инклюзивное образование – процесс, обеспечивающий равный доступ к образованию для всех обучающихся с учетом особых образовательных потребностей и индивидуальных возможностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      22) инновационно-образовательный консорциум - добровольное равноправное объединение на основе договора о совместной деятельности, в котором высшие учебные заведения, научные организации и другие юридические лица, занятые в сфере производства, объединяют интеллектуальные, финансовые и иные ресурсы для подготовки высококвалифицированных специалистов на базе фундаментальных, прикладных научных исследований и технологических инноваций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      23) исключен Законом РК от 24.10.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z20" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 121-V</w:t>
+          <w:t>№ 487-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006068BA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      24) исключен Законом РК от 24.10.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z20" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      25) институт – высшее учебное заведение, реализующее образовательные учебные программы высшего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      26) институциональная аккредитация – процесс оценивания качества организации образования аккредитационным органом на соответствие заявленному статусу и установленным стандартам аккредитационного органа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      26-1) интегрированные образовательные программы – образовательные программы, разработанные на основе объединения соответствующих содержательных аспектов образовательных программ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      27) интернатные организации – организации образования, обеспечивающие государственные гарантии прав на образование определенных категорий лиц с предоставлением места проживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>28) интернатура – форма подготовки обучающихся по клиническим специальностям в рамках базового высшего медицинского образования для получения допуска к клинической практике;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      28-1) кадет – лицо, обучающееся в военном, специальном учебном заведении по образовательным программам технического и профессионального или послесреднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>28-2) центры адаптации несовершеннолетних – организации, находящиеся в ведении органов образования, обеспечивающие прием и временное содержание безнадзорных и беспризорных детей в возрасте от трех до восемнадцати лет для установления родителей или других законных представителей, детей, оставшихся без попечения родителей или лиц, их заменяющих, в случае невозможности их своевременного устройства, детей, отобранных при непосредственной угрозе их жизни или здоровью органом опеки и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> попечительства от родителей (одного из них) или от других лиц, на попечении которых они находятся, детей, направляемых в специальные организации образования, а также детей, находящихся в трудной жизненной ситуации вследствие жестокого обращения, приведшего </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> социальной дезадаптации и социальной депривации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      29) профессиональная ориентация - предоставление информации и консультационной помощи </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающемуся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в реализации его прав в области образовательных и профессиональных возможностей, свободном и осознанном выборе профессии и места учебы в соответствии с профессиональными интересами, индивидуальными способностями и психофизиологическими особенностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      29-1) профессиональное образование – вид образования, направленный на приобретение </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающимися</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> знаний, умений, навыков и компетенций, позволяющих вести профессиональную деятельность в определенной сфере и (или) выполнять работу по конкретной профессии или специальности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      29-2) профессиональная подготовка – часть системы технического и профессионального образования, предусматривающей реализацию образовательных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">программ с сокращенным сроком </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучения по подготовке</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> квалифицированных рабочих кадров и специалистов среднего звена;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      30) оценка профессиональной подготовленности – определение степени соответствия уровня квалификации (способности) выпускника организаций образования, реализующих образовательные программы технического и профессионального, послесреднего образования, к выполнению работы в рамках соответствующего вида профессиональной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      30-1) профессиональная практика – вид учебной деятельности, направленной на закрепление теоретических знаний, умений, приобретение и развитие практических навыков и компетенций в процессе выполнения определенных видов работ, связанных с будущей профессиональной деятельностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      31) исключен Законом РК от 24.10.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z25" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      32) исключен Законом РК от 24.10.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z25" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      33) комплексное тестирование - форма экзамена, проводимого одновременно по нескольким учебным дисциплинам с применением информационно-коммуникационных технологий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      34) клиническая база - клиника высшего учебного заведения или организации здравоохранения, функционирующая на базе местных организаций здравоохранения, имеющая высокий уровень материально-технической базы, осуществляющая на основе современных методов организационно-методической, учебной, лечебно-диагностической и научно-исследовательской работы подготовку и переподготовку врачей, научных кадров и оказывающая все виды медицинской помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      35) колледж – учебное заведение, реализующее образовательные программы общего среднего и технического и профессионального образования или послесреднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      35-1) кооперативное обучение – одна из форм организации профессиональной подготовки кадров, основанной на корпоративной ответственности государства, работодателей и учебных заведений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>36) кредитная технология обучения - обучение на основе выбора и самостоятельного планирования обучающимся последовательности изучения дисциплин с использованием кредита как унифицированной единицы измерения объема учебной работы обучающегося и преподавателя;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      36-1) курсант – лицо, обучающееся в военном, специальном учебном заведении по образовательным программам высшего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      37) квота приема – предельное количество объема государственного образовательного заказа, в том числе образовательных грантов, выделяемых для приема в организации образования, реализующие образовательные программы технического и профессионального, послесреднего и высшего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      37-1) образовательный грант Первого Президента Республики Казахстан – Елбасы "Өркен" (далее – грант "Өркен") – грант, учреждаемый Первым Президентом Республики Казахстан для оплаты обучения одаренных детей в автономной организации образования "Назарбаев Интеллектуальные школы";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      37-2) ассоциированный профессор (доцент), профессор – ученые звания, присваиваемые уполномоченным органом в области образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      38) дистанционные образовательные технологии - обучение, осуществляемое с применением информационно-коммуникационных технологий и телекоммуникационных сре</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дств пр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и опосредствованном (на расстоянии) или не полностью опосредствованном взаимодействии обучающегося и педагогического работника;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      38-1) прикладной бакалавриат – послесреднее образование, образовательные программы которого направлены на подготовку кадров с присуждением квалификации "прикладной бакалавр";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      38-2) прикладной бакалавр – квалификация, присуждаемая лицам, освоившим образовательные программы послесреднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      38-3) внешкольная организация дополнительного образования – учебно-воспитательная организация, реализующая образовательные программы дополнительного образования обучающихся и воспитанников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      39) дополнительное образование – процесс воспитания, обучения, осуществляемый с целью удовлетворения всесторонних потребностей обучающихся, воспитанников и специалистов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      40) лицей – учебное заведение, реализующее общеобразовательные учебные программы основного среднего и общего среднего образования и образовательные программы дополнительного образования, обеспечивающие расширенное и углубленное естественно-математическое образование </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в соответствии с их склонностями и способностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      41) магистр – степень, присуждаемая лицам, освоившим образовательные программы магистратуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      41-1) магистрант – лицо, обучающееся в магистратуре;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      41-2) магистратура – послевузовское образование, образовательные программы которого направлены на подготовку кадров с присуждением степени "магистр" по соответствующей специальности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      41-3) специалист – квалификация, присваиваемая лицам после освоения образовательной программы высшего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      42) специализированная аккредитация - оценка качества отдельных образовательных программ, реализуемых организацией образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      43) исключен Законом РК от 24.10.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z32" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      44) государственная именная стипендия - стипендия, учреждаемая Президентом Республики Казахстан и (или) Правительством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      45) государственный образовательный заказ - финансируемый государством объем услуг по дошкольному воспитанию и обучению, среднему образованию, подготовке, повышению квалификации и переподготовке квалифицированных работников и специалистов для обеспечения потребностей экономики, воспроизводства квалифицированной рабочей силы и интеллектуального потенциала общества, а также по учебно-методическому обеспечению системы образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>45-1) государственный выпускной экзамен – форма итоговой аттестации обучающихся в организациях среднего образования, являющаяся необходимым условием для получения ими документа государственного образца, свидетельствующего об окончании курса среднего образования;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46) учебная программа – программа, определяющая по каждой учебной дисциплине (предмету) содержание и объем знаний, умений, навыков и компетенций, подлежащих освоению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>47) учебный план – документ, регламентирующий перечень, последовательность, объем (трудоемкость) учебных предметов, дисциплин (модулей), практик, иных видов учебной деятельности обучающихся соответствующего уровня образования и формы контроля;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      48) учебно-клинический центр - структурное подразделение медицинского высшего учебного заведения, оснащенное современной аппаратурой, фантомами и муляжами и предназначенное для освоения и контроля практических (клинических) навыков обучающихся и (или) медицинских работников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      48-1) обучение – целенаправленный процесс организации деятельности обучающихся и воспитанников по овладению знаниями, умениями, навыками и компетенциями, развитию способностей, приобретению опыта применения знаний в повседневной жизни и формированию мотивации получения знаний в течение всей жизни;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      48-2) учебно-оздоровительная организация образования – юридическое лицо, осуществляющее функции по воспитанию, образованию, оздоровлению, отдыху детей и учащейся молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      49) среднее образование - гарантированное </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z32" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Конституцией</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан образование, получаемое гражданами в результате освоения общеобразовательных учебных программ начального, основного среднего и общего среднего образования в соответствии с государственными общеобязательными стандартами образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      49-1) грант "Лучшая организация среднего образования" – деньги, выделяемые ежегодно местными исполнительными органами области, города республиканского значения и столицы государственным организациям среднего образования по итогам конкурса на основе рейтинговых показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      49-2) организация среднего образования – организация образования, реализующая общеобразовательные учебные программы начального, основного среднего, общего среднего образования, специализированные общеобразовательные и специальные учебные программы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="2"/>
-[...108 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z53"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>50) исключен Законом РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="593" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="006068BA">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      51) резидентура - форма получения послевузовского углубленного медицинского образования по клиническим специальностям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      51-1) слушатель резидентуры – специалист, осваивающий образовательные программы послевузовского углубленного медицинского образования по клиническим специальностям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      52) духовные (религиозные) организации образования - учебные заведения, реализующие образовательные программы подготовки священнослужителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      53) стипендия - сумма денег, предоставляемая </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающемуся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для частичного покрытия расходов на питание, проживание и приобретение учебной литературы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      53-1) студент – лицо, обучающееся в организации образования, реализующей образовательные программы технического и профессионального, послесреднего и высшего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>53-2) классное руководство – функция, возложенная на педагогического работника по координации деятельности обучающихся класса в рамках учебно-воспитательного процесса;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      53-3) техническое и профессиональное образование – образование, направленное на подготовку квалифицированных рабочих кадров и специалистов среднего звена;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      53-4) слушатель – лицо, обучающееся в организации образования по образовательным программам дополнительного образования и подготовительного отделения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      53-5) опорная школа (ресурсный центр) – организация среднего образования, на базе которой консолидируются образовательные ресурсы близлежащих малокомплектных школ для проведения краткосрочных сессионных занятий, промежуточной и итоговой аттестации обучающихся в целях обеспечения доступа к качественному образованию учащихся малокомплектных школ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      54) университет – высшее учебное заведение, реализующее образовательные учебные программы высшего образования, магистратуры и докторантуры по трем и более группам специальностей, осуществляющее фундаментальные и прикладные исследования, являющееся научным и методическим центром;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      55) училище – учебное заведение, реализующее образовательные программы основного среднего, общего среднего, технического и профессионального или послесреднего образования в области культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      56) единое национальное тестирование – одна из форм отборочных экзаменов для поступления в высшие учебные заведения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      56-1) национальное высшее учебное заведение – высшее учебное заведение, являющееся ведущим научным и методическим центром страны, имеющее особый статус;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      56-2) национальный исследовательский университет – высшее учебное заведение, имеющее особый статус и утвержденную Правительством Республики Казахстан программу развития на пять лет, реализующее самостоятельно разработанные образовательные программы высшего и послевузовского образования по широкому спектру направлений подготовки (специальностей), использующее результаты фундаментальных и прикладных научных исследований для генерации и трансферта новых знаний;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      57) доктор философии (PhD) – степень, присуждаемая лицам, освоившим программу докторантуры по научно-педагогическому направлению и защитившим диссертацию в Республике Казахстан или за ее пределами, признанная в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      57-1) международная школа – учебное заведение, реализующее самостоятельно разработанные интегрированные образовательные программы, прошедшее авторизацию в Организации </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Международного</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бакалавриата или международную институциональную аккредитацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      58) малокомплектная школа - общеобразовательная школа с малым контингентом обучающихся, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>совмещенными</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> класс-комплектами и со специфической формой организации учебных занятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      59) экспериментальная площадка – организация образования, реализующая образовательные программы в режиме эксперимента для апробации новых педагогических технологий и нового содержания образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      60) экстернат – одна из форм обучения, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> которой обучающийся без регулярного посещения занятий самостоятельно изучает учебные дисциплины соответствующей образовательной программы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      61) элитарное образование - образование, получаемое по специализированным общеобразовательным учебным и образовательным программам, реализуемым в специализированных организациях образования для одаренных лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      </w:t>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006068BA">
+        <w:t xml:space="preserve">      Сноска. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1) алып тасталды - ҚР 13.11.2015 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="006068BA">
+        <w:t>Статья 1 с изменениями, внесенными законами РК от 24.10.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="5" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 09.01.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="204" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 535-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="593" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 18.02.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="22" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 175-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 21.07.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="37" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 337-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="5" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 398-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
-[...987 lines deleted...]
-      <w:r w:rsidRPr="006068BA">
+        <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      </w:t>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006068BA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>19) алып тасталды - ҚР 2011.10.24 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="006068BA">
+        <w:t>от 24.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="329" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 487-ІV</w:t>
+          <w:t>№ 419-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен;</w:t>
-[...74 lines deleted...]
-        <w:r w:rsidRPr="006068BA">
+        <w:t> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:anchor="387" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 487-ІV</w:t>
+          <w:t>вводится</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен;</w:t>
-[...225 lines deleted...]
-        <w:r w:rsidRPr="006068BA">
+        <w:t> в действие с 01.01.2016); от 09.04.2016</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:anchor="106" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 487-ІV</w:t>
+          <w:t> № 501-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен;</w:t>
-[...36 lines deleted...]
-        <w:r w:rsidRPr="006068BA">
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:anchor="134" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 487-ІV</w:t>
+          <w:t>ст.2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен;</w:t>
-[...361 lines deleted...]
-        <w:r w:rsidRPr="006068BA">
+        <w:t>); от 05.05.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:anchor="202" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 487-ІV</w:t>
+          <w:t>№ 60-VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен;</w:t>
-[...36 lines deleted...]
-        <w:r w:rsidRPr="006068BA">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.07.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:anchor="209" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 487-ІV</w:t>
+          <w:t>№ 88-VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен;</w:t>
-[...525 lines deleted...]
-      <w:r w:rsidRPr="006068BA">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      </w:t>
-[...15 lines deleted...]
-        <w:r w:rsidRPr="006068BA">
+        <w:t xml:space="preserve"> от 11.07.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:anchor="1356" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 487-ІV</w:t>
+          <w:t>№ 91-VI </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен;</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006068BA">
+        <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
-[...293 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 2. Законодательство Республики Казахстан в области образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Законодательство Республики Казахстан в области образования основывается на </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:anchor="z32" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Конституции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, состоит из настоящего Закона и иных нормативных правовых актов Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 3. Принципы государственной политики в области образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Основными принципами государственной политики в области образования являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) равенство прав всех на получение качественного образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) приоритетность развития системы образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) доступность образования всех уровней для населения с учетом интеллектуального развития, психофизиологических и индивидуальных особенностей каждого лица;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) светский, гуманистический и развивающий характер образования, приоритет гражданских и национальных ценностей, жизни и здоровья человека, свободного развития личности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) уважение прав и свобод человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) стимулирование образованности личности и развитие одаренности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) непрерывность процесса образования, обеспечивающего преемственность его уровней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) единство обучения, воспитания и развития;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>демократический характер</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> управления образованием, прозрачность деятельности системы образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) разнообразие организаций образования по формам собственности, формам обучения и воспитания, направлениям образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Запрещается создание и деятельность организационных структур политических партий и религиозных организаций (объединений) в организациях образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      49-2) орта білім беру ұйымы – бастауыш, негiзгi орта, жалпы орта бiлiмнің жалпы бiлiм беретін оқу бағдарламаларын, мамандандырылған жалпы білім беретін және арнайы оқу бағдарламаларын iске асыратын бiлiм беру ұйымы;</w:t>
-[...39 lines deleted...]
-        <w:r w:rsidRPr="006068BA">
+        <w:t>      Сноска. Статья 3 с изменениями, внесенными Законом РК от 24.10.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:anchor="41" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>N 36-V</w:t>
+          <w:t>№ 487-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006068BA">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
-[...500 lines deleted...]
-    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 2. УПРАВЛЕНИЕ СИСТЕМОЙ ОБРАЗОВАНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 4. Компетенция Правительства Республики Казахстан в области образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Правительство Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) разрабатывает и реализует государственную политику по развитию образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 1-бапқа өзгерістер енгізілді - ҚР 2011.10.24 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="006068BA">
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="z572"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) исключен Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:anchor="456" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 487-ІV</w:t>
+          <w:t>№ 124-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi), 2012.01.09 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="006068BA">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) формирует систему постоянного мониторинга текущих и перспективных потребностей рынка труда в кадрах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) обеспечивает участие социальных партнеров в решении проблем профессионального образования и утверждает государственный образовательный заказ на подготовку специалистов с высшим и послевузовским образованием, а также с техническим и профессиональным, послесредним образованием в организациях образования, финансируемых из республиканского бюджета (за исключением организаций образования, осуществляющих подготовку специалистов для Вооруженных Сил, других войск и воинских формирований, а также специальных государственных органов) с учетом</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> потребностей рынка труда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) утверждает правила присуждения образовательного гранта для оплаты высшего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5-1) утверждает правила присуждения и размеры гранта "Өркен";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z577"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6) исключен Законом РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:anchor="1034" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 535-IV</w:t>
+          <w:t>№ 239-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.07.10 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="006068BA">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) утверждает Правила государственной аттестации организаций образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) исключен Законом РК от 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:anchor="z59" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="z580"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9) исключен Законом РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:anchor="1034" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>N 36-V</w:t>
+          <w:t>№ 239-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 18.02.2014 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="006068BA">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) утверждает гарантированный государственный норматив сети организаций образования в зависимости от плотности населения и отдаленности населенных пунктов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) определяет типовые штаты работников государственных организаций образования, а также перечень должностей педагогических работников и приравненных к ним лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) вносит представление Президенту Республики Казахстан о присвоении особого статуса высшим учебным заведениям, вносящим выдающийся вклад в воспитание, обучение и профессиональное становление личности, и утверждает положение об особом статусе высших учебных заведений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) создает, реорганизует и ликвидирует по представлению органа государственного управления государственные организации образования, финансируемые за счет бюджетных средств, если иное не предусмотрено законами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="z585"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>14) исключен Законом РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:anchor="1034" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 175-V</w:t>
+          <w:t>№ 239-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 21.07.2015 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="006068BA">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15) по согласованию с Администрацией Президента Республики Казахстан утверждает Правила отбора претендентов для присуждения международной стипендии "Болашак" и определяет направления расходования международной стипендии "Болашак";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16) учреждает государственные именные стипендии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="z588"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>17) исключен Законом РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:anchor="1034" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 337-V</w:t>
+          <w:t>№ 239-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.11.2015 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="006068BA">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="z589"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>18) исключен Законом РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:anchor="1034" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19) утверждает типовые правила деятельности организаций образования соответствующих типов, в том числе организаций образования, реализующих дополнительные образовательные программы для детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      20) исключен Законом РК от 24.10.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:anchor="z52" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>21) утверждает правила формирования, направления расходования и учета средств, выделяемых на оказание финансовой и материальной помощи обучающимся и воспитанникам государственных учреждений образования из семей, имеющих право на получение государственной адресной социальной помощи, а также из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, и детям-сиротам, детям, оставшимся без попечения родителей, проживающим в семьях</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников, определяемым коллегиальным органом управления организации образования, в размере не менее одного процента от бюджетных средств, выделяемых на текущее содержание общеобразовательных школ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="z592"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>22) исключен Законом РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:anchor="1034" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      22-1) определяет порядок гарантирования образовательных кредитов, предоставляемых финансовыми организациями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      22-2) определяет порядок направления специалиста на работу, предоставления права самостоятельного трудоустройства, освобождения от обязанности или прекращения обязанности по отработке гражданами, указанными в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:anchor="z273" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 17</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 47 настоящего Закона, обучавшимися на основе государственного образовательного заказа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      23) вносит представление Президенту Республики Казахстан об утверждении перечня высших учебных заведений, первые руководители которых назначаются Президентом Республики Казахстан, и порядка их назначения, аттестации и освобождения от должности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      24) утверждает государственные общеобязательные стандарты образования соответствующих уровней образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      24-1) утверждает размеры квоты приема при поступлении на учебу в организации образования, реализующие образовательные программы технического и профессионального, послесреднего и высшего образования, по представлению уполномоченного органа в области образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      25) утверждает типовые правила приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования, образовательные программы технического и профессионального, послесреднего, высшего и послевузовского образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      25-1) определяет размер, источники, виды и порядок предоставления социальной помощи гражданам, указанным в части второй </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId42" w:anchor="z87" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 4</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 8 настоящего Закона;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>26) - 29) исключены Законом РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId43" w:anchor="z1034" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      29-1) определяет организацию (администратора), осуществляющую комплекс мероприятий по международным программам подготовки, переподготовки и повышения квалификации кадров за рубежом, в том числе по международной стипендии "Болашак";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      30) выполняет иные функции, возложенные на него </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId44" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Конституцией</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 4 с изменениями, внесенными законами РК от 05.07.2011</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId45" w:anchor="833" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t> № 452-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 13.10.2011); от 15.07.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId46" w:anchor="608" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 30.01.2012); от 24.10.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId47" w:anchor="44" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 13.02.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId48" w:anchor="614" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 553-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId49" w:anchor="456" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 124-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId50" w:anchor="1034" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вводится в действие по истечении десяти календарных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>дней после дня его первого официального опубликования); от 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId51" w:anchor="57" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 398-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.11.2015 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="006068BA">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 5. Компетенция уполномоченного органа в области образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Уполномоченный орган в области образования выполняет следующие полномочия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) обеспечивает соблюдение конституционных прав и свобод граждан в области образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1-1) осуществляет координацию и методическое руководство местных исполнительных органов в области образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) реализует единую государственную политику в области образования, осуществляет межотраслевую координацию, разрабатывает и реализует международные программы в области образования и науки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2-1) утверждает распределение государственного образовательного заказа на подготовку специалистов с высшим и послевузовским образованием в разрезе специальностей, за исключением специальностей культуры и искусства в организациях образования в области культуры, финансируемых из республиканского бюджета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) обеспечивает объективной информацией общество и государство о состоянии системы образования и эффективности ее деятельности путем подготовки и опубликования ежегодного национального доклада о состоянии развития образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) осуществляет образовательный мониторинг и информационное обеспечение системы управления образованием, утверждает правила организации и функционирования единой информационной системы образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) осуществляет управление качеством образования, методическое и методологическое обеспечение качества предоставляемых организациями образования образовательных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) организует разработку государственных общеобязательных стандартов образования соответствующих уровней образования, а также утверждает типовые учебные программы и типовые учебные планы всех уровней образования, за исключением типовых учебных программ и типовых учебных планов военных, специальных, медицинских и фармацевтических учебных заведений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="z502"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6-1) исключен Законом РК от 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId52" w:anchor="66" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 419-V</w:t>
+          <w:t>№ 398-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (01.01.2016 бастап қолданысқа енгізіледі); 09.04.2016 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="006068BA">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6-2) определяет порядок разработки государственных общеобязательных стандартов образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6-3) определяет виды и формы документов об образовании государственного образца и порядок их выдачи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6-4) согласовывает с уполномоченным органом в сфере уголовно-исполнительной деятельности правила организации получения начального, основного среднего, общего среднего, технического и профессионального образования осужденными к лишению свободы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="z603"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7) исключен Законом РК от 24.10.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId53" w:anchor="63" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 501-V</w:t>
+          <w:t>№ 487-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (қолданысқа енгізілу тәртібін </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="006068BA">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7-1) разрабатывает и утверждает типовые учебные планы и образовательные программы детских музыкальных школ, детских художественных школ и детских школ искусств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) выдает лицензию и (или) приложение к лицензии на занятие образовательной деятельностью юридическим лицам, реализующим:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      общеобразовательные учебные программы начального, основного среднего, общего среднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      образовательные программы технического и профессионального образования, в том числе по профессиям и специальностям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      образовательные программы послесреднего, высшего, послевузовского образования, в том числе по специальностям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      духовные образовательные программы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8-1) устанавливает порядок осуществления образовательного мониторинга;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      8-2) осуществляет прием уведомлений о начале или прекращении осуществления деятельности по дошкольному воспитанию и обучению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8-3) утверждает положение о знаке "Алтын белгі";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="z618"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8-4) исключен Законом РК от 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId54" w:anchor="72" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>2-баптан</w:t>
+          <w:t>№ 398-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> қараңыз); 05.05.2017 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="006068BA">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8-5) ведет государственный электронный реестр разрешений и уведомлений по дошкольному воспитанию и обучению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8-6) утверждает правила присвоения званий "Лучший преподаватель вуза" и "Лучший педагог";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8-7) утверждает правила проведения конкурса на присуждение гранта "Лучшая организация среднего образования" с установлением размера гранта и порядка его присуждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="z509"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Примечание РЦПИ!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Подпункт 9) предусмотрен в редакции Закона РК от 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:anchor="z73" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 01.01.2020).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Примечание РЦПИ!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Данная редакция подпункта 9) действует с 01.01.2017 до 01.01.2020 Законом РК от 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId56" w:anchor="z73" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) проводит государственную аттестацию организаций образования независимо от ведомственной подчиненности, реализующих:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      специализированные общеобразовательные учебные программы специализированного образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      специальные учебные программы специального образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      образовательные программы технического и профессионального, послесреднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      образовательные программы высшего и послевузовского образования в военных, специальных учебных заведениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9-1) определяет базовые высшие учебные заведения, осуществляющие инновационную деятельность и внедряющие результаты научных исследований в производство;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) устанавливает требования и порядок признания аккредитационных органов, в том числе зарубежных, и формирует реестр признанных аккредитационных органов, аккредитованных организаций образования и образовательных программ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) разрабатывает типовые правила приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования, образовательные программы технического и профессионального, послесреднего, высшего и послевузовского образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) разрабатывает и утверждает правила проведения единого национального тестирования и комплексного тестирования и внешней оценки учебных достижений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12-1) утверждает квалификационные требования, предъявляемые к образовательной деятельности, и перечень документов, подтверждающих соответствие им;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12-2) разрабатывает и утверждает положение о классном руководстве в организациях среднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) определяет во взаимодействии с заинтересованными министерствами, иными центральными исполнительными органами, работодателями и другими социальными партнерами перечни профессий и специальностей для подготовки кадров и утверждает классификаторы профессий и специальностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14) определяет сроки начала и завершения учебного года в организациях образования независимо от форм собственности и ведомственной подчиненности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14-1) разрабатывает и утверждает требования к обязательной школьной форме для организаций среднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14-2) разрабатывает и утверждает правила отмены занятий в организациях среднего образования, а также в организациях образования, реализующих образовательные программы технического и профессионального образования, при неблагоприятных погодных метеоусловиях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      15) устанавливает перечень профессий и специальностей, получение которых </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заочной</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, вечерней формах и в форме экстерната не допускается;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15-1) разрабатывает и утверждает правила выдачи разрешения на обучение в форме экстерната в организациях образования, реализующих образовательные программы высшего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15-2) разрабатывает и утверждает перечень профессий и специальностей по срокам обучения и уровням образования для технического и профессионального, послесреднего образования в соответствии с классификатором;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16) разрабатывает и утверждает правила перевода и восстановления обучающихся по типам организаций образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      17) разрабатывает и утверждает порядок предоставления академических отпусков </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающимся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в организациях образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="z519"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>18) исключен Законом РК от 24.10.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId57" w:anchor="71" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      19) утверждает типовые правила проведения текущего контроля успеваемости, промежуточной и итоговой аттестации </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19-1) разрабатывает и утверждает методику прогнозирования потребности организаций образования, реализующих общеобразовательные учебные программы дошкольного, начального, основного среднего и общего среднего образования, образовательные программы технического и профессионального образования, в учебниках и учебно-методических комплексах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19-2) разрабатывает и утверждает правила обеспечения учебниками и учебно-методическими комплексами обучающихся и воспитанников государственных организаций образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19-3) разрабатывает и утверждает правила по формированию, использованию и сохранению фонда библиотек государственных организаций образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      20) разрабатывает и утверждает правила оценки уровня профессиональной подготовленности и присвоения квалификации по профессиям (специальностям);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21) устанавливает порядок признания и нострификации документов об образовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21-1) осуществляет процедуру апостилирования документов об образовании (оригиналов);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21-2) разрабатывает и утверждает критерии оценки организаций образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21-3) разрабатывает и утверждает критерии оценки знаний обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>22) разрабатывает и утверждает правила по организации заказа, хранению, учету и выдаче бланков документов государственного образца об образовании и (или) квалификации и обеспечению ими организаций образования, реализующих общеобразовательные учебные программы основного среднего и общего среднего образования, образовательные программы высшего и послевузовского образования, подведомственных организаций образования и осуществляет контроль за их использованием;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      23) разрабатывает и утверждает формы документов строгой отчетности, используемых организациями образования в образовательной деятельности, определяет требования к оформлению документов об образовании; утверждает форму справки, выдаваемой лицам, не завершившим образование;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      23-1) определяет и утверждает единый базовый учебник по каждому предмету для организаций образования, реализующих общеобразовательные учебные программы начального образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Примечание РЦПИ!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статью 5 предусмотрено дополнить подпунктом 23-2) в соответствии с Законом РК от 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId58" w:anchor="z85" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId59" w:anchor="z439" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>вводится</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в действие с 01.01.2020).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Примечание РЦПИ!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статью 5 предусмотрено дополнить подпунктом 23-3) в соответствии с Законом РК от 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId60" w:anchor="z85" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId61" w:anchor="z440" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>вводится</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в действие с 01.01.2022).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      24) утверждает формы типового договора оказания образовательных услуг и типового договора на проведение профессиональной практики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      24-1) разрабатывает и утверждает типовой договор об образовательном накопительном вкладе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      25) осуществляет руководство и координирует проведение учебно-методической и научно-методической работы, утверждает правила организации и осуществления учебно-методической и научно-методической работы в организациях образования, за исключением организаций образования в области культуры, правила организации учебного процесса по кредитной технологии обучения, разрабатывает и утверждает правила организации учебного процесса по дистанционным образовательным технологиям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      25-1) разрабатывает и утверждает правила организации деятельности подготовительных отделений высших учебных заведений Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      25-2) создает при высших учебных заведениях учебно-методические объединения по родственным группам специальностей и утверждает положения об их деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      26) обеспечивает учебниками и учебно-методическими комплексами республиканские организации среднего образования, а также соотечественников, обучающихся в зарубежных школах в соответствии с международными соглашениями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      26-1) организует разработку и утверждает нормы оснащения оборудованием и мебелью организаций дошкольного, среднего, технического и профессионального, послесреднего образования, а также специальных организаций образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      27) разрабатывает и утверждает правила организации работы по подготовке, экспертизе, апробации и проведению мониторинга, изданию учебников, учебно-методических комплексов и учебно-методических пособий и организует эту работу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      27-1) ежегодно утверждает перечень учебников, учебно-методических комплексов, пособий и другой дополнительной литературы, в том числе на электронных носителях, до утверждения республиканского и местных бюджетов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      27-2) координирует работу по обеспечению учебниками и учебно-методическими комплексами обучающихся и воспитанников организаций дошкольного, среднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      28) организует проведение внешкольных мероприятий республиканского значения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      29) разрабатывает и утверждает правила организации и проведения Президентской олимпиады по предметам естественно-математического цикла, республиканских олимпиад и конкурсов научных проектов по общеобразовательным предметам, республиканских конкурсов исполнителей и конкурсов профессионального мастерства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      29-1) формирует и утверждает перечень республиканских и международных олимпиад и конкурсов научных проектов (научных соревнований) по общеобразовательным предметам, конкурсов исполнителей, конкурсов профессионального мастерства и спортивных соревнований;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      29-2) разрабатывает и утверждает правила формирования состава участников международных олимпиад и конкурсов научных проектов (научных соревнований) по общеобразовательным предметам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="z536"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>30) исключен Законом РК от 13.01.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId62" w:anchor="124" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 159-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      31) утверждает уставы подведомственных организаций образования, за исключением случаев, предусмотренных законами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      32) осуществляет государственный </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контроль за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполнением законодательства Республики Казахстан и нормативных правовых актов в области образования, государственных общеобязательных стандартов образования в организациях образования независимо от формы собственности и ведомственной подчиненности, а также бюджетной и финансовой дисциплины в подведомственных организациях в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      33) исключен Законом РК от 24.10.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId63" w:anchor="81" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      34) разрабатывает и утверждает типовые квалификационные характеристики должностей педагогических работников и приравненных к ним лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      34-1) разрабатывает и утверждает правила педагогической этики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      35) разрабатывает и утверждает правила конкурсного замещения руководителей государственных учреждений среднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      36) разрабатывает и утверждает правила конкурсного замещения должностей профессорско-преподавательского состава и научных работников высших учебных заведений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      36-1) присваивает ученые звания ассоциированного профессора (доцента), профессора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      36-2) разрабатывает и утверждает требования к научным изданиям для включения их в перечень изданий, рекомендуемых для публикации результатов научной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="z543"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>37) исключен Законом РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId64" w:anchor="596" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      38) организует переподготовку и повышение квалификации педагогических кадров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      38-1) разрабатывает и утверждает правила организации и проведения курсов повышения квалификации педагогических кадров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      38-2) утверждает образовательные программы курсов повышения квалификации педагогических кадров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      39) разрабатывает и утверждает отраслевую систему поощрения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      40) проводит переговоры с иностранными партнерами и подписывает в пределах своей компетенции международные договоры (соглашения) и программы в области образования, а также научной деятельности; устанавливает правила организации международного сотрудничества, осуществляемого организациями образования, и координирует эту работу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      41) разрабатывает, утверждает и устанавливает порядок направления для обучения за рубежом, в том числе в рамках академической мобильности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      42) исключен Законом РК от 24.10.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId65" w:anchor="85" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      43) разрабатывает и утверждает правила размещения государственного образовательного заказа на подготовку специалистов с техническим и профессиональным, послесредним, высшим и послевузовским образованием с учетом потребностей рынка труда, на подготовительные отделения высших учебных заведений, а также на дошкольное воспитание и обучение, среднее образование;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>43-1) разрабатывает и утверждает правила обеспечения льготного проезда путем выплаты компенсаций для обучающихся на основе государственного образовательного заказа в организациях образования, реализующих образовательные программы технического и профессионального, послесреднего и высшего образования, в период зимних и летних каникул на междугородном железнодорожном и автомобильном транспорте (кроме такси);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      44) выдает обязательные для исполнения письменные предписания об устранении выявленных нарушений законодательства Республики Казахстан в области образования в установленные в предписании сроки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      44-1) разрабатывает и утверждает правила разработки, апробации и внедрения образовательных программ, реализуемых в режиме эксперимента в организациях образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      44-2) осуществляет информационное обеспечение органов управления системой образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      44-3) организует разработку и утверждает правила организации и функционирования единой информационной системы образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      44-4) утверждает нормы расходов, типовые договора на обучение и прохождение стажировки по международной стипендии "Болашак";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      44-5) утверждает номенклатуру видов организаций образования и типовые правила их деятельности, в том числе малокомплектных школ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      44-6) формирует и утверждает перечень услуг, связанных с государственным образовательным заказом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="z556"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>45) исключен Законом РК от 29.12.2014</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId66" w:anchor="2412" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t> № 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 01.01.2015);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="z557"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>45-1) исключен Законом РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId67" w:anchor="1042" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      45-2) получает сведения, содержащиеся в национальных реестрах идентификационных номеров в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="z559"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>45-3) исключен Законом РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId68" w:anchor="1042" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46) устанавливает порядок и условия содержания несовершеннолетних в центрах адаптации несовершеннолетних в соответствии с законами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46-1) организует разработку и утверждает методики подушевого нормативного финансирования дошкольного воспитания и обучения, среднего, технического и профессионального, послесреднего, высшего и послевузовского образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46-2) организует разработку и утверждает правила подушевого нормативного финансирования дошкольного воспитания и обучения, среднего, технического и профессионального, послесреднего, высшего и послевузовского образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46-3) организует разработку и утверждает методику ваучерно-модульной системы повышения квалификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46-4) организует разработку и утверждает правила обеспечения дистанционного повышения квалификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46-5) разрабатывает и утверждает правила подтверждения уровня квалификации педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46-6) разрабатывает и утверждает механизм целевой подготовки магистров и докторов PhD в базовых высших учебных заведениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46-7) разрабатывает и утверждает правила назначения ректоров государственных высших учебных заведений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      46-8) определяет и утверждает требования к </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>университетским</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интернет-ресурсам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="z569"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>46-9) исключен Законом РК от 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId69" w:anchor="95" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46-10) разрабатывает и утверждает правила обучения в форме экстерната;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46-11) разрабатывает и утверждает правила организации и проведения профессиональной практики и правила определения организаций в качестве баз практики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      46-12) разрабатывает и утверждает правила организации дуального </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучения по согласованию</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с заинтересованными государственными органами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46-13) разрабатывает и утверждает правила распределения мест в общежитиях государственных организаций образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46-14) разрабатывает и утверждает правила организации учета детей дошкольного и школьного возраста до получения ими среднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46-15) исключен Законом РК от 05.07.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId70" w:anchor="222" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 88-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46-16) утверждает государственный образовательный заказ в республиканских организациях среднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      47) осуществляет иные полномочия, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Полномочия уполномоченного органа в области образования, предусмотренные </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId71" w:anchor="z499" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>подпунктами 4)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId72" w:anchor="z615" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>8-1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId73" w:anchor="z617" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>8-3)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId74" w:anchor="z514" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>13)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId75" w:anchor="z515" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>14)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, 14-1), 14-2), </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId76" w:anchor="z517" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>16)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId77" w:anchor="z520" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>19)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId78" w:anchor="z526" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>25)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId79" w:anchor="z531" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>27)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId80" w:anchor="z539" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>34)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId81" w:anchor="z541" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>36)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId82" w:anchor="z544" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>38)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, 38-1), 38-2), </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId83" w:anchor="z552" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>44-3)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId84" w:anchor="z554" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>44-5)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId85" w:anchor="z568" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>46-8)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и 46-11) части первой настоящей статьи, не распространяются на военные, специальные учебные заведения.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 5 с изменениями, внесенными законами РК от 17.07.2009 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId86" w:anchor="11" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 188</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId87" w:anchor="47" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст. 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>); от 19.03.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId88" w:anchor="317" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 258-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>; от 29.12.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId89" w:anchor="209" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 372-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 06.01.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId90" w:anchor="258" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 378-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 05.07.2011</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId91" w:anchor="836" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t> № 452-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 13.10.2011); от 15.07.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId92" w:anchor="609" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 30.01.2012); от 24.10.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId93" w:anchor="58" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId94" w:anchor="292" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст. 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>); от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId95" w:anchor="594" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после его первого официального опубликования)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т 13.06.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId96" w:anchor="425" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 102-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId97" w:anchor="457" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 124-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 13.01.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId98" w:anchor="124" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 159-</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:lastRenderedPageBreak/>
+          <w:t>V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 16.05.2014</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId99" w:anchor="450" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t> № 203-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId100" w:anchor="1035" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.12.2014</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId101" w:anchor="2412" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t> № 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 01.01.2015); от 19.05.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId102" w:anchor="22" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 315-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId103" w:anchor="64" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 398-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId104" w:anchor="434" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст.2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 09.04.2016</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId105" w:anchor="110" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t> № 501-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId106" w:anchor="134" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>вводится</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 18.04.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId107" w:anchor="325" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 58-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.05.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId108" w:anchor="203" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 60-VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 05.07.2017 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="006068BA">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 05.07.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId109" w:anchor="217" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 88-VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 11.07.2017 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="006068BA">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 5-1. Компетенция органов национальной безопасности Республики Казахстан, Министерства внутренних дел Республики Казахстан, органов прокуратуры Республики Казахстан и Министерства обороны Республики Казахстан по отношению к подведомственным им военным, специальным учебным заведениям</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Органы национальной безопасности Республики Казахстан, Министерство внутренних дел Республики Казахстан, органы прокуратуры Республики Казахстан и Министерство обороны Республики Казахстан по отношению к подведомственным им военным, специальным учебным заведениям осуществляют следующие полномочия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) участвуют в разработке отдельных разделов государственных общеобязательных стандартов соответствующих уровней образовательной деятельности военных, специальных учебных заведений, за исключением организаций среднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) участвуют в разработке отдельных разделов квалификационных требований, предъявляемых к образовательной деятельности военных, специальных учебных заведений, и перечня документов, подтверждающих соответствие им;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) разрабатывают и утверждают правила деятельности военных, специальных учебных заведений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) разрабатывают и утверждают правила организации и осуществления учебного процесса, учебно-методической и научно-методической деятельности в военных, специальных учебных заведениях (в организациях среднего образования по согласованию с уполномоченным органом в области образования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) разрабатывают и утверждают правила проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся военных, специальных учебных заведений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) разрабатывают и утверждают типовые учебные планы по согласованию с уполномоченным органом в области образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) разрабатывают и утверждают типовые учебные программы, за исключением организаций среднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) разрабатывают и утверждают правила организации работ по подготовке, экспертизе, апробации, изданию и проведению мониторинга учебных изданий и учебно-методических комплексов, за исключением организаций среднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) разрабатывают и утверждают правила приема на обучение в военные, специальные учебные заведения, реализующие образовательные программы соответствующего уровня;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) определяют сроки начала и завершения учебного года в военных, специальных учебных заведениях, за исключением организаций среднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      11) разрабатывают и утверждают правила организации и прохождения профессиональной практики и стажировки </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающимися</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> военных, специальных учебных заведений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) разрабатывают и утверждают правила перевода и восстановления в военные, специальные учебные заведения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) разрабатывают и утверждают квалификационные характеристики должностей педагогических работников и приравненных к ним лиц в военных, специальных учебных заведениях, за исключением должностей гражданских служащих;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14) разрабатывают и утверждают правила замещения должностей педагогических работников и приравненных к ним лиц, научных работников военных, специальных учебных заведений, за исключением должностей гражданских служащих;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15) разрабатывают и утверждают требования к информационным системам и интернет-ресурсам военных, специальных учебных заведений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16) утверждают перечень специальностей и квалификаций по образовательным программам, реализуемым в военных, специальных учебных заведениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17) определяют формы и технологии получения образования в военных, специальных учебных заведениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      18) разрабатывают и утверждают правила организации учебного процесса с применением образовательных технологий в военных, специальных учебных заведениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19) осуществляют иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Глава 2 дополнена статьей 5-1 в соответствии с Законом РК от 13.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId110" w:anchor="98" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 91-VI</w:t>
+          <w:t>№ 398-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006068BA">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2-бап. Қазақстан Республикасының білім беру саласындағы заңнамасы</w:t>
-[...376 lines deleted...]
-    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+        <w:t>Статья 6. Компетенция местных представительных и исполнительных органов в области образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Местные представительные органы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 3-бапқа өзгерту енгізілді - ҚР 2011.10.24 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006068BA">
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен.</w:t>
-[...148 lines deleted...]
-        <w:r w:rsidRPr="006068BA">
+        <w:t>1) исключен Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId111" w:anchor="459" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 124-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006068BA">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-    </w:p>
-[...100 lines deleted...]
-    <w:p w:rsidR="006068BA" w:rsidRPr="006068BA" w:rsidRDefault="006068BA" w:rsidP="006068BA">
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) принимают решение о льготном проезде обучающихся на общественном транспорте (кроме такси);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) осуществляют в соответствии с законодательством Республики Казахстан иные полномочия по обеспечению прав и законных интересов граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Местный исполнительный орган области:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      </w:t>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006068BA">
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>6) алып тасталды - ҚР 29.09.2014 </w:t>
-[...1279 lines deleted...]
-        <w:r w:rsidRPr="006068BA">
+        <w:t>1) исключен Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId112" w:anchor="460" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 124-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006068BA">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1-1) реализует государственную политику в области образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) обеспечивает предоставление технического и профессионального, послесреднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) обеспечивает </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучение детей</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по специальным учебным программам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) обеспечивает обучение одаренных детей в специализированных организациях образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) организует заказ и обеспечение организаций образования, реализующих общеобразовательные учебные программы основного среднего, общего среднего образования и образовательные программы технического и профессионального, послесреднего образования, бланками документов государственного образца об образовании и осуществляет </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контроль за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> их использованием;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 13.11.2015 </w:t>
-[...4528 lines deleted...]
-        <w:r w:rsidRPr="006068BA">
+        <w:t>      5-1) исключен Законом РК от 13.06.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId113" w:anchor="429" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 102-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2013 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="006068BA">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) создает, реорганизует и ликвидирует в установленном законодательством Республики Казахстан порядке по согласованию с уполномоченным органом в области образования государственные организации образования, реализующие образовательные программы технического и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>профессионального, послесреднего образования, специализированные общеобразовательные и специальные учебные программы, а также детские юношеские спортивные школы;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7) - 7-2) исключены Законом РК от 24.10.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId114" w:anchor="94" w:history="1">
+        <w:r w:rsidRPr="00623BC0">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 124-V</w:t>
+          <w:t>№ 487-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006068BA">
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.01.2014 </w:t>
-[...288 lines deleted...]
-      <w:r w:rsidRPr="006068BA">
+        <w:t> (вводится в действие по истечении шести месяцев после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623BC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-    </w:p>
-[...35734 lines deleted...]
-    <w:sectPr w:rsidR="00000E27">
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) утверждает государственный образовательный заказ на подготовку специалистов с техническим и профессиональным, послесредним, высшим и послевузовским образованием;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8-1) размещает государственный образовательный заказ на подготовку специалистов с техническим и профессиональным, высшим и послевузовским образованием с учетом предложений Национальной палаты предпринимателей Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8-2) утверждает государственный образовательный заказ на среднее образование;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) организует участие </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в едином национальном тестировании;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) осуществляет материально-техническое обеспечение государственных организаций образования, реализующих образовательные программы технического и профессионального, послесреднего образования, а также специализированные общеобразовательные и специальные учебные программы (за исключением организаций образования в исправительных учреждениях уголовно-исполнительной системы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>11) направляет средства на оказание финансовой и материальной помощи обучающимся и воспитанникам государственных учреждений образования из семей, имеющих право на получение государственной адресной социальной помощи, а также из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, и детям-сиротам, детям, оставшимся без попечения родителей, проживающим в семьях, детям из семей, требующих экстренной помощи в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>результате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников, определяемым коллегиальным органом управления организации образования, в размере не менее одного процента от бюджетных средств, выделяемых на текущее содержание общеобразовательных школ;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00623BC0" w:rsidRPr="00623BC0" w:rsidRDefault="00623BC0" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12) ежегодно до 1 августа обеспечивает приобретение и доставку учебников и учебно-методических комплексов на бумажных и электронных носителях для организаций образования, реализующих образовательные программы технического и профессионального образования, а также </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00623BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00000E27" w:rsidRPr="00623BC0" w:rsidRDefault="00000E27" w:rsidP="00623BC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00000E27" w:rsidRPr="00623BC0">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -46849,53 +13587,53 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="14746B80"/>
+    <w:nsid w:val="018873F4"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="D37CCC40"/>
+    <w:tmpl w:val="579A3AC0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -46998,53 +13736,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="16167CF4"/>
+    <w:nsid w:val="0A1F7C9C"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="FB6A9F7A"/>
+    <w:tmpl w:val="8AEE5D6E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -47147,53 +13885,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="241B5B5B"/>
+    <w:nsid w:val="12904649"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="0AB63D14"/>
+    <w:tmpl w:val="2E26B64A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -47296,53 +14034,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="2FC02064"/>
+    <w:nsid w:val="1AFF6CD1"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="C57E0C9E"/>
+    <w:tmpl w:val="A3D0F9D4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -47445,53 +14183,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="37BD7ED2"/>
+    <w:nsid w:val="31071AD1"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="49F0E81E"/>
+    <w:tmpl w:val="D0A84F6A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -47594,53 +14332,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="3F450538"/>
+    <w:nsid w:val="43DA488F"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="B914C35C"/>
+    <w:tmpl w:val="C9F2D098"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -47743,53 +14481,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="4A25371A"/>
+    <w:nsid w:val="45AF0C33"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="1AF81396"/>
+    <w:tmpl w:val="7B4462AA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -47892,53 +14630,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="78BC2415"/>
+    <w:nsid w:val="47B51C19"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="072ECD42"/>
+    <w:tmpl w:val="5E9E6030"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -48041,53 +14779,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="7CB62E1F"/>
+    <w:nsid w:val="49F57AA2"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="1DB06E5C"/>
+    <w:tmpl w:val="DD8E1162"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -48189,95 +14927,704 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="5118493A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="12000A28"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="55B55111"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="93A21DEC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="592940B9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9B36D0BE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="7327660F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="21D69746"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="2">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="8">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="8">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="9">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="006068BA"/>
+    <w:rsidRoot w:val="00623BC0"/>
     <w:rsid w:val="00000E27"/>
-    <w:rsid w:val="006068BA"/>
+    <w:rsid w:val="00623BC0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -48427,267 +15774,267 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="006068BA"/>
+    <w:rsid w:val="00623BC0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="006068BA"/>
+    <w:rsid w:val="00623BC0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="006068BA"/>
+    <w:rsid w:val="00623BC0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="006068BA"/>
+    <w:rsid w:val="00623BC0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="006068BA"/>
+    <w:rsid w:val="00623BC0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="40">
     <w:name w:val="Заголовок 4 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="4"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="006068BA"/>
+    <w:rsid w:val="00623BC0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006068BA"/>
+    <w:rsid w:val="00623BC0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006068BA"/>
+    <w:rsid w:val="00623BC0"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006068BA"/>
+    <w:rsid w:val="00623BC0"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="icon">
     <w:name w:val="icon"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="006068BA"/>
+    <w:rsid w:val="00623BC0"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="006068BA"/>
+    <w:rsid w:val="00623BC0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="note1">
     <w:name w:val="note1"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="006068BA"/>
+    <w:rsid w:val="00623BC0"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006068BA"/>
+    <w:rsid w:val="00623BC0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="006068BA"/>
+    <w:rsid w:val="00623BC0"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -48819,572 +16166,743 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="006068BA"/>
+    <w:rsid w:val="00623BC0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="006068BA"/>
+    <w:rsid w:val="00623BC0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="006068BA"/>
+    <w:rsid w:val="00623BC0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="006068BA"/>
+    <w:rsid w:val="00623BC0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="006068BA"/>
+    <w:rsid w:val="00623BC0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="40">
     <w:name w:val="Заголовок 4 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="4"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="006068BA"/>
+    <w:rsid w:val="00623BC0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006068BA"/>
+    <w:rsid w:val="00623BC0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006068BA"/>
+    <w:rsid w:val="00623BC0"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006068BA"/>
+    <w:rsid w:val="00623BC0"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="icon">
     <w:name w:val="icon"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="006068BA"/>
+    <w:rsid w:val="00623BC0"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="006068BA"/>
+    <w:rsid w:val="00623BC0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="note1">
     <w:name w:val="note1"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="006068BA"/>
+    <w:rsid w:val="00623BC0"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006068BA"/>
+    <w:rsid w:val="00623BC0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="006068BA"/>
+    <w:rsid w:val="00623BC0"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="722751549">
+    <w:div w:id="1870751075">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1331714919">
+        <w:div w:id="1212427457">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1362583288">
+            <w:div w:id="1316569061">
               <w:marLeft w:val="150"/>
               <w:marRight w:val="150"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1117338473">
+                <w:div w:id="2076513720">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1100566832">
+                    <w:div w:id="341664114">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="992414020">
+            <w:div w:id="1048070265">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="75"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1177109569">
+            <w:div w:id="1222323617">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="683286839">
+                <w:div w:id="598682879">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1885676348">
+                    <w:div w:id="1670789134">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="109394584">
+                    <w:div w:id="2097630575">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="1711416544">
+                        <w:div w:id="1780107043">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
-                        <w:div w:id="770201533">
+                        <w:div w:id="2032343061">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="806314186">
+                    <w:div w:id="854155759">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="333336089">
+                        <w:div w:id="608315760">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="1099639452">
+                    <w:div w:id="1065031112">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="1345089506">
+            <w:div w:id="1369375775">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="954285497">
+                <w:div w:id="138425384">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="225"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="341011792">
+                    <w:div w:id="1953171682">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="1206327869">
+                    <w:div w:id="1765110739">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="211037028">
+                <w:div w:id="1586844049">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="225"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
-                <w:div w:id="719326087">
+                <w:div w:id="1934895656">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="1260990232">
+            <w:div w:id="290400511">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="150"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="2040814043">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="603654964">
+          <w:marLeft w:val="150"/>
+          <w:marRight w:val="150"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="672221994">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="324282038">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="305822574">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="75"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2037153654">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="458111877">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1157185107">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="1481073464">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="633220518">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="566233164">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="313989406">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="68040978">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200007547" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000130" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500010195" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000188_" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000088" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000058" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013420" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000553" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z080000111_" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000553" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000130" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000175" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1100007355" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000203" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000188_" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000068" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_/z319.3.htm" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000060" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000337" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z080000111_" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013735" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000337" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000029" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000337" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000188_" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013088" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000088" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000093" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000315" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000088" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000203" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013594" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000102" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_/z070319_.htm" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000553" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000395" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000159" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000188_" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_/z319.4.htm" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000372" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000188_" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000161" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000395" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000337" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000337" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013182" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000203" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000403" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000029" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_/z319.2.htm" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000414" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000419" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000093" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000203" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000378" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000188_" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_/z319.4.htm" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000060" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_/z319.3.htm" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013306" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000159" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000059" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000121" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000535" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V090005750_" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000258_" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000188_" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013445" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000060" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000372" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000535" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000029" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000337" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000084" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000553" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013038" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1300008676" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000419" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000276" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000188_" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000337" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000130" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000315" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200007495" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000378" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000088" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000203" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000060" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000080" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000435" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000188_" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V100006331_" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000553" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013409" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000088" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000102" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000102" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000188_" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000395" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000091" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000478" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000376" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z990000389_" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000414" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000421" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000315" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000188_" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000535" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1300008890" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000421" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000058" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013420" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z000000107_" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000395" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000487" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000337" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000372" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1700000058" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000419" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000188_" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000315" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000378" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1700000060" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000553" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000102" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000159" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1700000060" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000175" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000159" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1700000088" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000258_" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000102" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_/z070319.htm" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000419" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1700000088" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000188_" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000203" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000535" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000487" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1700000088" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000398" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1700000091" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -49632,51 +17150,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>68</Pages>
-[...1 lines deleted...]
-  <Characters>234303</Characters>
+  <Pages>19</Pages>
+  <Words>11605</Words>
+  <Characters>66155</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1952</Lines>
-  <Paragraphs>549</Paragraphs>
+  <Lines>551</Lines>
+  <Paragraphs>155</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>274859</CharactersWithSpaces>
+  <CharactersWithSpaces>77605</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Head</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>