--- v0 (2025-12-10)
+++ v1 (2025-12-10)
@@ -1,8900 +1,10454 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="450" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:kern w:val="36"/>
           <w:sz w:val="39"/>
           <w:szCs w:val="39"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:kern w:val="36"/>
           <w:sz w:val="39"/>
           <w:szCs w:val="39"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Сыбайлас жемқорлыққа қарсы күрес туралы</w:t>
+        <w:t>О борьбе с коррупцией</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасының 1998 жылғы 2 шiлдедегі N 267 Заңы. Күші жойылды - Қазақстан Республикасының 2015 жылғы 18 қарашадағы № 410-V Заңымен</w:t>
+        <w:t>Закон Республики Казахстан от 2 июля 1998 года N 267. Утратил силу Законом Республики Казахстан от 18 ноября 2015 года № 410-V ЗРК</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
+        <w:ind w:left="255"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="1E1E1E"/>
+            <w:spacing w:val="5"/>
+            <w:sz w:val="23"/>
+            <w:szCs w:val="23"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ОГЛАВЛЕНИЕ</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Утратил силу Законом РК от 18.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z127" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 410-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
-[...33 lines deleted...]
-        <w:t> енгізіледі).</w:t>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 01.01.2016).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00804C69" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00C23088" w:rsidRPr="00C23088">
-[...9 lines deleted...]
-          <w:t>МАЗМҰНЫ</w:t>
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ОГЛАВЛЕНИЕ</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1-тарау. Жалпы ережелер</w:t>
+        <w:t>Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1-бап. Заңның мақсаты</w:t>
+        <w:t>      Статья 1. Цели Закона</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...20 lines deleted...]
-        <w:t>      2. Осы Заң сол сияқты демократиялық негiздердi, мемлекеттi басқарудағы жариялылық пен бақылауды кеңейтуге халықтың мемлекет пен оның құрылымдарына деген сенiм нығайтуға, бiлiктi мамандарды мемлекеттiк қызметке кiруге ынталандыруға, мемлекеттiк мiндеттердi атқаратын адамдардың риясыз адалдығы үшiн жағдайлар жасауға да бағытталған.</w:t>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Настоящий Закон направлен на защиту прав и свобод граждан, обеспечение национальной безопасности Республики Казахстан от угроз, вытекающих из проявлений коррупции, обеспечение эффективной деятельности государственных органов, должностных и других лиц, выполняющих государственные функции, а также лиц, приравненных к ним, путем предупреждения, выявления, пресечения и раскрытия правонарушений, связанных с коррупцией, устранения их последствий и привлечения виновных к ответственности, определяет основные принципы борьбы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с коррупцией, устанавливает виды правонарушений, связанных с коррупцией, а также условия наступления ответственности. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Настоящий Закон направлен также на расширение демократических начал, гласности и контроля в управлении государством, на укрепление доверия населения к государству и его структурам, стимулирование компетентных специалистов к поступлению на государственную службу, создание условий для неподкупности лиц, выполняющих государственные функции.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2-бап. Негiзгi ұғымдар</w:t>
+        <w:t>        Статья 2. Основные понятия</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...61 lines deleted...]
-      <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Под коррупцией в настоящем Законе понимается не предусмотренное законом принятие лично или через посредников имущественных благ и преимуществ лицами, выполняющими государственные функции, а также лицами, приравненными к ним, с использованием своих должностных полномочий и связанных с ними возможностей либо иное использование ими своих полномочий для получения имущественной выгоды, а равно подкуп данных лиц путем противоправного предоставления им физическими и юридическими</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лицами указанных благ и преимуществ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z44"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Правонарушениями, связанными с коррупцией (коррупционными правонарушениями), являются предусмотренные настоящим Законом, а также иными законами деяния, сопряженные с коррупцией или создающие условия для коррупции, которые влекут установленную </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z69" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z107" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>дисциплинарную</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:anchor="z2898" w:history="1">
-[...84 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="z29"/>
+      <w:hyperlink r:id="rId11" w:anchor="z2208" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>административную</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z1347" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>уголовную</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> ответственность.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="z46"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Государственные функции - предметы ведения, отнесенные законодательством Республики Казахстан к полномочиям государства, его органов и лиц, занимающих государственные должности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z47"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      3-1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C23088">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Исключен Законом РК от 06.01.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z74" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 378-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="z48"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. Должностные лица - лица, постоянно, временно или по специальному полномочию осуществляющие функции представителя власти либо выполняющие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>сондай-ақ Қазақстан Республикасының Қарулы Күштерiнде, Қазақстан Республикасының басқа да әскерлерi мен әскери құрамаларында өкiмет өкiлiнiң мiндеттерiн жүзеге асыратын не ұйымдастырушылық-билiк етушiлiк немесе әкiмшiлiк-шаруашылық мiндеттерiн атқаратын адамдар.</w:t>
-[...23 lines deleted...]
-        <w:t>      5. Жауапты мемлекеттiк лауазымды атқаратын адамдар – мемлекеттiң функцияларын және мемлекеттiк органдардың өкiлеттiктерін тiкелей орындау үшiн Қазақстан Республикасының </w:t>
+        <w:t>организационно-распорядительные или административно-хозяйственные функции в государственных органах, органах местного самоуправления, а также в Вооруженных Силах Республики Казахстан, других войсках и воинских формированиях Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="z49"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лица, занимающие ответственную государственную должность, – лица, занимающие должности, которые установлены </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:anchor="z0" w:history="1">
-        <w:r w:rsidRPr="00C23088">
-[...47 lines deleted...]
-        <w:r w:rsidRPr="00C23088">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Конституцией</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, конституционными и иными </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z31" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан для непосредственного исполнения функций государства и полномочий государственных органов, в том числе депутат Парламента, судья, а равно лица, занимающие согласно законодательству Республики Казахстан о государственной службе политические государственные должности либо административные государственные должности корпуса «А».</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 2 с изменениями, внесенными законами РК от 23 июля 1999 г. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 454</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 1 января 2000 г.); от 8 июня 2001 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 206</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>; от 25 сентября 2003 г. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 484</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>; от 06.01.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z74" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 378-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 01.04.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z38" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 425-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие со дня его первого официального опубликования); от 03.07.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:anchor="z106" w:history="1">
-        <w:r w:rsidRPr="00C23088">
+      <w:hyperlink r:id="rId21" w:anchor="z112" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 227-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
-[...9 lines deleted...]
-        <w:t>(01.01.2015 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>3-бап. Сыбайлас жемқорлыққа байланысты құқық бұзушылық </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00C23088">
+        <w:t>      Статья 3. Субъекты правонарушений, связанных с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>субъектiлерi</w:t>
+        <w:t>                коррупцией</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...94 lines deleted...]
-      <w:bookmarkStart w:id="6" w:name="z34"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. За правонарушения, связанные с коррупцией, на основании настоящего Закона несут ответственность лица, уполномоченные на выполнение государственных функций, и лица, приравненные к ним. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. К лицам, уполномоченным на выполнение государственных функций, относятся:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) депутаты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маслихатов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) все государственные служащие в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан о государственной службе. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. К лицам, уполномоченным на выполнение государственных функций, приравниваются: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) лица, избранные в органы местного самоуправления; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) граждане, зарегистрированные в установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="z268" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> порядке в качестве кандидатов в Президенты Республики Казахстан, депутаты Парламента Республики Казахстан и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маслихатов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, а также в члены выборных органов местного самоуправления; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) служащие, постоянно или временно работающие в органах местного самоуправления, оплата труда которых производится из средств государственного бюджета Республики Казахстан; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) лица, исполняющие управленческие функции в государственных организациях и организациях, в уставном капитале которых доля государства составляет более пятидесяти процентов, в том числе в национальных управляющих холдингах, национальных холдингах, национальных компаниях, национальных институтах развития, акционером которых является государство, их дочерних организациях, более пятидесяти процентов голосующих акций (долей участия) которых принадлежат им, а также юридических лицах, более пятидесяти процентов голосующих акций</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (долей участия) которых принадлежит указанным дочерним организациям;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:anchor="z567" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>служащие</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Национального Банка Республики Казахстан и его ведомств.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4. К субъектам коррупционных правонарушений относятся также физические и юридические лица, осуществляющие подкуп должностных и иных лиц, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>уполномоченных на выполнение государственных функций, или лиц, приравненных к ним, а равно предоставляющие им противоправно имущественные блага и преимущества. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Примечание. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="z5"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidRPr="00C23088">
-[...33 lines deleted...]
-      <w:bookmarkStart w:id="7" w:name="z35"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лицами, исполняющими управленческие функции в государственных организациях и организациях, в уставном капитале которых доля государства составляет более пятидесяти процентов, в том числе в национальных управляющих холдингах, национальных холдингах, национальных компаниях, национальных институтах развития, акционером которых является государство, их дочерних организациях, более пятидесяти процентов голосующих акций (долей участия) которых принадлежат им, а также юридических лицах, более пятидесяти процентов голосующих акций (долей</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> участия) которых принадлежит указанным дочерним организациям, в настоящем Законе признаются лица, постоянно, временно либо по специальному полномочию исполняющие организационно-распорядительные или административно-хозяйственные функции в указанных организациях.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="z7"/>
       <w:bookmarkEnd w:id="7"/>
-      <w:r w:rsidRPr="00C23088">
-[...46 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="z36"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Под организационно-распорядительными функциями подразумевается деятельность лиц по осуществлению предусмотренных законодательством и учредительными документами полномочий исполнительного органа организации. К этим функциям относятся общее руководство коллективом, расстановка и подбор кадров, организация и контроль труда подчиненных, поддержание дисциплины, выражающееся в применении мер поощрения и наложении дисциплинарных взысканий. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="z9"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:r w:rsidRPr="00C23088">
-[...204 lines deleted...]
-        <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Под административно-хозяйственными функциями подразумевается осуществление лицами, на которых возложена полная материальная ответственность, деятельности в рамках предоставленных полномочий по управлению и распоряжению имуществом, в том числе деньгами, находящимися на балансе и банковских счетах организации. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 3 в редакции Закона РК от 25.09.2003 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 484</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>; с изменениями, внесенными законами РК от 21.07.2007 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 308</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>; от 07.12.2009 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:anchor="z85" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 222-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
-[...38 lines deleted...]
-        <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:anchor="z21" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст.2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>); от 01.02.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:anchor="z13" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 551-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 05.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:anchor="z312" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 30-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30" w:anchor="z107" w:history="1">
-        <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 03.07.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:anchor="z113" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 227-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C23088">
-[...9 lines deleted...]
-        <w:t>(01.01.2015 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>4-бап. Заңның қолданылу аясы</w:t>
+        <w:t>      Статья 4. Сфера применения Закона</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...36 lines deleted...]
-      <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Настоящий Закон действует на всей территории Республики Казахстан в отношении всех физических и юридических лиц. За пределами Республики Казахстан настоящий Закон действует в отношении граждан Республики Казахстан и юридических лиц, зарегистрированных в Республике Казахстан, если иное не предусмотрено международным договором. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Законами о порядке выполнения отдельных государственных функций (о статусе </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:anchor="z112" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>депутатов</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маслихатов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32" w:anchor="z217" w:history="1">
-[...193 lines deleted...]
-        <w:t>      Ескерту. 4-бапқа өзгерту енгізілді - ҚР 2003.09.25 </w:t>
+      <w:hyperlink r:id="rId33" w:anchor="z162" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>судей</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, о прохождении службы отдельными категориями государственных служащих, об иных возможных субъектах правонарушений, связанных с коррупцией) могут устанавливаться другие правовые нормы, предусматривающие ограничения и запреты, направленные на предупреждение коррупции. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Судьи, депутаты парламента Республики Казахстан несут ответственность за совершение коррупционных правонарушений по основаниям и в порядке, предусмотренным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:anchor="z88" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Конституцией</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:anchor="z3054" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4. Уголовные ответственность и наказание, административные </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ответственность и взыскания за коррупционные уголовные и административные правонарушения предусматриваются соответственно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Уголовным кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://adilet.zan.kz/rus/docs/K1400000235" \l "z0" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="9A1616"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кодексом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан об административных правонарушениях.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 4 с изменениями, внесенными законами РК от 25.09.2003 </w:t>
       </w:r>
       <w:hyperlink r:id="rId37" w:anchor="z0" w:history="1">
-        <w:r w:rsidRPr="00C23088">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 484</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
-[...25 lines deleted...]
-        <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>; от 07.12.2009 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:anchor="z86" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 222-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
-[...37 lines deleted...]
-      <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:anchor="z21" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст.2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>); от 03.07.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40" w:anchor="z108" w:history="1">
-        <w:r w:rsidRPr="00C23088">
+      <w:hyperlink r:id="rId40" w:anchor="z114" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 227-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
-[...9 lines deleted...]
-        <w:t>(01.01.2015 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>5-бап. Сыбайлас жемқорлыққа қарсы күрестiң негiзгi </w:t>
-[...25 lines deleted...]
-        <w:t>принциптерi</w:t>
+        <w:t>Статья 5. Основные принципы борьбы с коррупцией</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...104 lines deleted...]
-        <w:t>      5) Қазақстан Республикасы Конституциясы </w:t>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Борьба с коррупцией осуществляется на основе: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) равенства всех перед законом и судом; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) обеспечения четкой правовой регламентации деятельности государственных органов, законности и гласности такой деятельности, государственного и общественного контроля за ней; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) совершенствования структуры государственного аппарата, кадровой работы и процедуры решения вопросов, затрагивающих права и законные интересы физических и юридических лиц;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) приоритета защиты прав и законных интересов физических и юридических лиц, а также социально-экономической, политико-правовой, организационно-управленческой систем государства; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) признания допустимости ограничений прав и свобод должностных и других лиц, уполномоченных на выполнение государственных функций, а также лиц, приравненных к ним, в соответствии с пунктом 1 </w:t>
       </w:r>
       <w:hyperlink r:id="rId41" w:anchor="z41" w:history="1">
-        <w:r w:rsidRPr="00C23088">
-[...252 lines deleted...]
-        <w:r w:rsidRPr="00C23088">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьи 39</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Конституции Республики Казахстан; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5-1) обеспечения государством социальной и правовой защиты государственных служащих;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) восстановления нарушенных прав и законных интересов физических и юридических лиц, ликвидации и предупреждения вредных последствий коррупционных правонарушений; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) обеспечения личной безопасности и поощрения граждан, оказывающих содействие в борьбе с коррупционными правонарушениями; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8) защиты государством прав и законных интересов лиц, уполномоченных на выполнение государственных функций, и лиц, приравненных к ним, установления этим лицам заработной платы (денежного содержания) и льгот, обеспечивающих указанным лицам и их семьям достойный уровень жизни; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      9) недопустимости делегирования полномочий на государственное регулирование предпринимательской деятельности физическим и юридическим лицам, осуществляющим такую деятельность, а также на контроль и надзор за нею; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      10) осуществления оперативно-розыскной и иной деятельности в целях выявления, раскрытия, пресечения и предупреждения уголовных правонарушений, связанных с коррупцией, а также применения в установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId42" w:anchor="z17" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан порядке специальных мер финансового </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контроля</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в целях недопущения легализации противоправно нажитых денежных средств и иного имущества; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>11) установления запрета для лиц, указанных в пунктах 1, 2 и 3 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId43" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьи 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона, на занятие предпринимательской деятельностью, в том числе на занятие оплачиваемых должностей в органах управления хозяйствующих субъектов, за исключением случаев, когда занятие такой должности предусмотрено законодательно установленными должностными обязанностями;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      12) обеспечения общественного контроля и формирования в обществе атмосферы нетерпимости к проявлениям коррупции.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 5 с изменениями, внесенными законами РК от 07.12.2009 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId44" w:anchor="z87" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 222-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
-[...38 lines deleted...]
-        <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId45" w:anchor="z21" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст.2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>); от 29.12.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId46" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 371-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
-[...25 lines deleted...]
-        <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 06.01.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId47" w:anchor="z75" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 378-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 03.07.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47" w:anchor="z109" w:history="1">
-        <w:r w:rsidRPr="00C23088">
+      <w:hyperlink r:id="rId48" w:anchor="z115" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 227-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C23088">
-[...10 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>6-бап. Сыбайлас жемқорлыққа қарсы күрестi жүзеге </w:t>
-[...25 lines deleted...]
-        <w:t>асырушы органдар</w:t>
+        <w:t>      Статья 6. Органы, осуществляющие борьбу с коррупцией</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...205 lines deleted...]
-        <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Борьбу с коррупцией в пределах своей компетенции обязаны вести все государственные органы и должностные лица. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Руководители государственных органов и ответственные секретари или иные должностные лица, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId49" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>определяемые</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Президентом Республики Казахстан, организаций, в том числе организаций с долей государственного участия, органов местного самоуправления в пределах своих полномочий обеспечивают исполнение требований настоящего Закона и применение предусмотренных в нем дисциплинарных мер, привлекая для этого кадровые, контрольные, юридические и другие службы, а также регистрацию и информирование обо всех известных им</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>случаях</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> коррупции в органы, указанные в пункте 2 настоящей статьи.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="z51"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Выявление, пресечение, предупреждение коррупционных правонарушений и привлечение лиц, виновных в их совершении, к ответственности в пределах своей компетенции осуществляются органами прокуратуры, национальной безопасности, внутренних дел, государственных доходов, военной полиции, антикоррупционной службой, Пограничной службой Комитета национальной безопасности Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="z52"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Органы, указанные в пункте 2 настоящей статьи, обязаны принимать меры, вытекающие из их полномочий, и незамедлительно направлять сведения обо всех случаях выявления коррупционных преступлений, совершаемых лицами, занимающими ответственную государственную должность, в органы правовой статистики и информации.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Должностные лица и органы, указанные в пунктах 1 и 2 настоящей статьи, обязаны в установленный </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId50" w:anchor="z37" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> срок сообщать письменно лицу или органу, направившему дело, материал, протокол, представление о коррупционном преступлении, административном правонарушении, о результатах их рассмотрения. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Должностные лица государственных органов обязаны принимать предусмотренные законом меры по публикациям в средствах массовой информации материалов, содержащих сведения о правонарушениях коррупционного характера.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="z53"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Президент Республики Казахстан вправе образовать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId51" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>государственный орган</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> по борьбе с коррупцией, определить его статус и полномочия. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 6 с изменениями, внесенными законами РК от 12.07.2001 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId52" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 240</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>; от 09.08.2002 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId53" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 346</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>; от 25.09.2003 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId54" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 484</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>; от 27.07.2007 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 315</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводятся в действие со дня официального опубликования); от 07.12.2009 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId56" w:anchor="z90" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 222-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
-[...38 lines deleted...]
-        <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId57" w:anchor="z21" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст.2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>); от 16.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId58" w:anchor="z16" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 71-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 07.11.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId59" w:anchor="z227" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 248-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
-[...9 lines deleted...]
-        <w:t> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңдарымен.</w:t>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>7-бап. Сыбайлас жемқорлыққа қарсы күреске жәрдемдесетiн </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00C23088">
+        <w:t>     Статья 7. Гарантии неприкосновенности лиц, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>адамдарға тиiспеушiлiк кепiлдiктерi</w:t>
+        <w:t>               оказывающих содействие в борьбе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>               с коррупцией</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Лицо, сообщившее о факте коррупционного правонарушения или иным образом оказывающее содействие в борьбе с коррупцией, находится под защитой </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      2. Сыбайлас жемқорлыққа қарсы күреске жәрдемдесетiн адам туралы ақпарат мемлекеттiк құпия болып табылады және осы Заңның 6-бабының 2 және 4-тармақтарында аталған органдардың немесе соттың сұратуы бойынша </w:t>
-[...197 lines deleted...]
-        <w:r w:rsidRPr="00C23088">
+        <w:t>государства. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="z78"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Информация о лице, оказывающем содействие в борьбе с коррупцией, является государственным секретом и представляется только по запросам органов, указанных в пунктах 2 и 4 статьи 6 настоящего Закона или суда в порядке, установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId60" w:anchor="z55" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Разглашение этой информации влечет ответственность, установленную </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId61" w:anchor="z690" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="z79"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2-1. Лицо, сообщившее о факте коррупционного правонарушения или иным образом оказывающее содействие в борьбе с коррупцией, поощряется в порядке, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId62" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>предусмотренном</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Правительством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="z80"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. В случае необходимости органы, ведущие борьбу с коррупцией, обеспечивают личную безопасность лиц, оказывающих содействие в борьбе с коррупцией.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="z81"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Правила настоящей статьи не распространяются на лиц, сообщивших заведомо ложную информацию, которые подлежат ответственности в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId63" w:anchor="z1484" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 7 с изменениями, внесенными законами РК от 07.12.2009 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId64" w:anchor="z93" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 222-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
-[...38 lines deleted...]
-        <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId65" w:anchor="z21" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст.2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>); от 27.04.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId66" w:anchor="z195" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 15-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
-[...9 lines deleted...]
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
-[...45 lines deleted...]
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>8-бап. Мемлекеттiк функцияларды орындауға үмiткер</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00C23088">
+        <w:t>      Глава 2. Предупреждение коррупции, коррупционные </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>адамдарға және мемлекеттiк ұйымдарда, мемлекеттiң</w:t>
-[...51 lines deleted...]
-        <w:t>орындауға үмiткер адамдарға қойылатын арнайы талап</w:t>
+        <w:t>               правонарушения и ответственность за них</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...33 lines deleted...]
-        <w:t> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен.</w:t>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Статья 8. Специальное требование к лицам, претендующим на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                выполнение государственных функций, и лицам,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                претендующим на выполнение управленческих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                функций в государственных организациях,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                организациях с долей государственного участия</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...157 lines deleted...]
-        <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Заголовок в редакции Закона РК от 29.12.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId67" w:anchor="z10" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 371-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
-[...61 lines deleted...]
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Конституциялық заңымен.</w:t>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...7 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лица, претендующие на выполнение государственных функций, занятие государственных должностей либо на выполнение управленческих функций в государственных организациях и организациях, в уставном капитале которых доля государства составляет более пятидесяти процентов, в том числе в национальных управляющих холдингах, национальных холдингах, национальных компаниях, национальных институтах развития, акционером которых является государство, их дочерних организациях, более пятидесяти процентов голосующих акций (долей участия) которых принадлежат им</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а также юридических лицах, более пятидесяти процентов голосующих акций (долей участия) которых принадлежит указанным дочерним организациям, принимают на себя установленные настоящим Законом и иными </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId68" w:anchor="z11" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> ограничения в целях недопущения действий, которые могут привести к использованию их статуса и основанного на нем авторитета в личных, групповых и иных неслужебных интересах, при этом указанные лица ставятся в известность о правовых последствиях таких</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> действий.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="z30"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Согласие указанных лиц на принятие ограничений фиксируется кадровыми службами соответствующих организаций в письменной форме. Непринятие ограничений влечет отказ в привлечении лица к выполнению государственных либо приравненных к ним функций, либо увольнение или иное освобождение от выполнения указанных функций в предусмотренном</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId69" w:anchor="z30" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> порядке.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="z32"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Лица, претендующие на занятие государственной должности с высоким </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>риском совершения коррупционных правонарушений, принимают на себя обязательства о возможности применения в отношении них специальной проверки на предмет соблюдения антикоррупционного законодательства.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Перечень и методика определения должностей с высоким риском совершения коррупционных правонарушений и механизм осуществления специальной проверки на предмет соблюдения антикоррупционного законодательства определяются Правительством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C23088">
-[...12 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 8 с изменениями, внесенными законами РК от 29.12.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId70" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 371-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 01.02.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId71" w:anchor="z17" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 551-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); Конституционным Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId72" w:anchor="z230" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 121-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...933 lines deleted...]
-        <w:t> қараңыз) Заңдарымен.</w:t>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 9. Меры финансового контроля</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...49 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Лица, являющиеся кандидатами на государственную должность либо должность, связанную с выполнением государственных или приравненных к ним функций, представляют в орган государственных доходов по месту жительства:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      декларацию о доходах и имуществе, являющемся объектом налогообложения, в том </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>числе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> находящемся за пределами территории Республики Казахстан, с указанием места нахождения указанного имущества;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      сведения о: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      вкладах в банковских учреждениях и о ценных бумагах, в том числе за пределами территории Республики Казахстан, с указанием банковского учреждения, а также о финансовых средствах, которыми данные лица вправе распоряжаться лично или совместно с другими лицами; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>своем участии в качестве акционера или учредителя (участника) юридических лиц с указанием доли участия в уставном капитале и полных банковских или иных реквизитов указанных организаций;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      трастах и о государствах, в которых они зарегистрированы, с указанием номеров соответствующих банковских счетов, если лицо или его супруг (супруга) является бенефициаром этих трастов;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>названиях и реквизитах других организаций, у которых с лицом имеются договорные отношения, соглашения и обязательства (в том числе и устные) по содержанию или временному хранению материальных и финансовых средств, принадлежащих лицу или супругу (супруге) в размере, превышающем тысячекратный размер месячного расчетного показателя.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="z55"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Лица, занимающие государственную должность, ежегодно в период выполнения своих полномочий в порядке, установленном налоговым законодательством Республики Казахстан, представляют в орган государственных доходов по месту жительства декларацию о доходах и имуществе, являющемся объектом налогообложения и находящемся как на территории Республики Казахстан, так и за ее пределами.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2-1. Лица, уволенные с государственной службы по отрицательным мотивам, в течение трех лет после увольнения в порядке, установленном налоговым законодательством Республики Казахстан, представляют в орган государственных доходов по месту жительства декларацию о доходах и имуществе, являющемся объектом налогообложения и находящемся как на территории Республики Казахстан, так и за ее пределами.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="z56"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Супруг (супруга) лица, указанного в части первой </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId73" w:anchor="z54" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  настоящей статьи, представляет в орган государственных доходов по месту </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>жительства:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      декларацию о доходах и имуществе, являющемся объектом налогообложения, в том </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>числе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> находящемся за пределами территории Республики Казахстан, с указанием места нахождения указанного имущества;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      сведения о: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      вкладах в банковских учреждениях и о ценных бумагах, в том числе за пределами территории Республики Казахстан, с указанием банковского учреждения, а также о финансовых средствах, которыми данные лица вправе распоряжаться лично или совместно с другими лицами; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>своем участии в качестве акционера или учредителя (участника) юридических лиц с указанием доли участия в уставном капитале и полных банковских и иных реквизитов указанных организаций;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      трастах и о государствах, в которых они зарегистрированы, с указанием номеров соответствующих банковских счетов, если лицо или его супруг (супруга) является бенефициаром этих трастов;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>названиях и реквизитах других организаций, у которых с лицом имеются договорные отношения, соглашения и обязательства (в том числе и устные) по содержанию или временному хранению материальных и финансовых средств, принадлежащих лицу или супругу (супруге) и превышающих 1 000-кратный размер месячного расчетного показателя. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="20" w:name="z3"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3-1.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Супруг (супруга) лица, указанного в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId74" w:anchor="z55" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктах 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId75" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>2-1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящей статьи, представляет в орган государственных доходов по месту жительства декларацию о доходах и имуществе, являющемся объектом налогообложения и находящемся как на территории Республики Казахстан, так и за ее пределами.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="z34"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3-2. Члены семьи лица, являющегося кандидатом на службу в специальный государственный орган, представляют в орган государственных доходов по месту жительства декларацию и сведения, указанные в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId76" w:anchor="z56" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящей статьи.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="z37"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Примечание. Под членами семьи лица, являющегося кандидатом на службу в специальный государственный орган, в настоящем пункте признаются супруг (супруга), совершеннолетние дети и лица, находящиеся на его иждивении и постоянно проживающие с ним.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="23" w:name="z57"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Указанные в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId77" w:anchor="z54" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктах 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId78" w:anchor="z55" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящей статьи лица представляют соответственно в орган, на занятие должности в котором они претендуют, либо по месту работы справку из органа государственных доходов о получении им деклараций и сведений, перечисленных в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId79" w:anchor="z54" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктах 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> или </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId80" w:anchor="z3" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>3-1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящей статьи.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="24" w:name="z58"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Непредставление или представление неполных, недостоверных деклараций и сведений, перечисленных в настоящей статье, лицами, указанными в пунктах 1 и 2 настоящей статьи (за исключением лиц, уволенных с государственной службы по отрицательным мотивам), если в содеянном не содержится признаков уголовно наказуемого деяния, является основанием для отказа в наделении лица соответствующими полномочиями либо влечет дисциплинарную ответственность в предусмотренном </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://adilet.zan.kz/rus/docs/Z990000453_" \l "z37" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="9A1616"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>законом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>порядке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="25" w:name="z11"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5-1.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Деяния, указанные в пункте 5 настоящей статьи, совершенные умышленно, а также совершенные неоднократно, влекут административную ответственность, налагаемую в установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId81" w:anchor="z971" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> порядке.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="26" w:name="z59"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Деяния, указанные в пункте 5 настоящей статьи, совершенные впервые в течение трех лет после освобождения лиц от выполнения государственных или приравненных к ним функций, а также повторное совершение таких действий влекут установленную </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId82" w:anchor="z971" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> административную ответственность.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="27" w:name="z60"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. В порядке, установленном законодательством, могут быть опубликованы сведения о размерах и об источниках доходов должностных лиц, занимающих </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ответственные государственные должности, а также сведения о доходах кандидатов на выборные государственные должности при их выдвижении.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="28" w:name="z61"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Лицам, уполномоченным на выполнение государственных функций, и лицам, приравненным к ним, запрещается заключение гражданско-правовых сделок не под своим именем - на подставных лиц, анонимно, под псевдонимом и других. Эти сделки признаются недействительными в установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId83" w:anchor="z332" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> порядке.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="29" w:name="z62"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9. Физические и юридические лица, которые участвуют в выполнении функций по управлению государственным имуществом, представляют в порядке и сроки, установленные Правительством Республики Казахстан, отчеты </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> всех сделках имущественного характера и финансовой деятельности, связанных с государственной собственностью, в государственный орган, осуществляющий в отношении государственного имущества правомочия собственника.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="30" w:name="z63"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10. Поступающие в органы государственных доходов сведения, предусмотренные настоящей статьей, составляют служебную тайну. Их разглашение, если в </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>содеянном</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не содержится признаков уголовно наказуемого деяния, влечет увольнение виновного лица. Данные сведения представляются только по запросам органов, указанных в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId84" w:anchor="z51" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктах 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId85" w:anchor="z53" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>4</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>статьи 6 настоящего Закона, а также в судебном порядке, установленном законом.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Сведения, составляющие служебную тайну, представляются уполномоченному органу по финансовому мониторингу в целях и порядке, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId86" w:anchor="z94" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="31" w:name="z64"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11. Меры финансового контроля, предусмотренные настоящей статьей, не распространяются на правоотношения, связанные с приобретением в собственность жилищ и строительных материалов для строительства жилищ в Республике Казахстан. Финансовый контроль при приобретении жилищ и строительных материалов для их строительства осуществляется в соответствии с законодательством Республики Казахстан. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 9 с изменениями, внесенными законами РК от 10.12.2008 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId87" w:anchor="z83" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 101-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводятся в действие с 01.01.2009); от 28.08.2009 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId88" w:anchor="z44" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 192-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 08.03.2010); от 07.12.2009 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId89" w:anchor="z96" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 222-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId90" w:anchor="z21" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст.2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>); от 13.02.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId91" w:anchor="z550" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 553-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 26.12.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId92" w:anchor="z3019" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 61-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 01.01.2013);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конституционным  Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId93" w:anchor="z231" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 121-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 10.06.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId94" w:anchor="z70" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 206-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 28.11.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId95" w:anchor="z528" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 257</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(порядок введения в действие см. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://adilet.zan.kz/rus/docs/Z1400000257" \l "z653" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="9A1616"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="9A1616"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. 12)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст. 10).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...513 lines deleted...]
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Статья 10. Деятельность, несовместимая с выполнением </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 государственных функций</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...48 lines deleted...]
-        <w:t>бермеу</w:t>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Должностным и иным лицам, уполномоченным на выполнение государственных функций, и лицам, приравненным к ним (за исключением депутатов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маслихатов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, осуществляющих свою деятельность не на постоянной или освобожденной основе, а также лиц, указанных в подпункте 2) пункта 3 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId96" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьи 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона и части второй настоящего пункта), запрещается заниматься другой оплачиваемой деятельностью, кроме педагогической, научной и иной творческой деятельности.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Лица, исполняющие управленческие функции в организациях, входящих в группу Фонда национального благосостояния, вправе занимать оплачиваемые </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>должности в органах управления, наблюдательных советах, исполнительных органах иных организаций, входящих в группу Фонда национального благосостояния.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="32" w:name="z16"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Депутатам Парламента Республики Казахстан, членам Правительства Республики Казахстан, Председателю и членам Конституционного Совета Республики Казахстан, судьям запрещается заниматься предпринимательской деятельностью, самостоятельно участвовать в управлении хозяйствующим субъектом, если управление или участие в управлении хозяйствующим субъектом не входит в их должностные обязанности в соответствии с законодательством, содействовать удовлетворению материальных интересов организаций или физических лиц путем неправомерного использования своих служебных полномочий с целью</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получения материальных благ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="33" w:name="z39"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2-1. Председателю Национального Банка Республики Казахстан и его заместителям запрещается приобретение паев инвестиционных фондов, облигаций, акций коммерческих организаций.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Председатель Национального Банка Республики Казахстан и его заместители в течение месяца с даты их назначения на должности обязаны передать в доверительное управление в порядке, установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId97" w:anchor="z979" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, принадлежащие паи инвестиционных фондов, облигации и акции коммерческих организаций, приобретенные до назначения их на должности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="34" w:name="z18"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лица, указанные в пункте 2 настоящей статьи, в течение месяца после вступления в должность обязаны передать в доверительное управление на время выполнения этих функций в порядке, установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId98" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, принадлежащее им имущество, использование которого влечет получение доходов, за исключением денег, законно принадлежащих этим лицам, а также имущества, переданного в имущественный наем.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Договор на доверительное управление имуществом подлежит нотариальному удостоверению.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="35" w:name="z20"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лицам, указанным в пункте 1 настоящей статьи, за исключением лиц, указанных в пункте 2 настоящей статьи, запрещается самостоятельно участвовать в управлении хозяйствующим субъектом, если управление или участие в управлении хозяйствующим субъектом не входит в их должностные обязанности в соответствии с законодательством, содействовать удовлетворению материальных интересов организаций или физических лиц путем неправомерного использования своих служебных полномочий с целью получения материальных благ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заниматься предпринимательской деятельностью, за исключением приобретения и (или) реализации паев открытых и интервальных паевых инвестиционных фондов, облигаций на организованном рынке ценных бумаг, акций коммерческих организаций (простые акции в объеме, не превышающем пять процентов от общего количества голосующих акций организаций) на организованном рынке ценных бумаг, а также передачи в имущественный наем жилищ.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="36" w:name="z22"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В случае приобретения акций лица, указанные в пункте 1 настоящей статьи, за исключением лиц, указанных в пункте 2 настоящей статьи, обязаны передать их в доверительное управление в течение месяца со дня приобретения в порядке, установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId99" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, и представить в кадровую службу по месту работы копию нотариально удостоверенного договора на доверительное управление имуществом в течение десяти рабочих дней после</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нотариального удостоверения договора.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="37" w:name="z24"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лица, указанные в пункте 1 настоящей статьи, за исключением лиц, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>указанных в пункте 2 настоящей статьи, в течение месяца после вступления в должность обязаны передать в доверительное управление на время выполнения этих функций в порядке, установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId100" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, принадлежащее им имущество, использование которого влечет получение доходов, за исключением денег, облигаций, паев открытых и интервальных паевых инвестиционных фондов, законно принадлежащих</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> этим лицам, а также имущества, переданного в имущественный наем. Договор на доверительное управление имуществом подлежит нотариальному удостоверению.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="38" w:name="z26"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Лица, указанные в пункте 1 настоящей статьи, занимающиеся деятельностью, несовместимой с выполнением этих функций, подлежат увольнению или иному освобождению от выполнения соответствующих функций в установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId101" w:anchor="z30" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> порядке. Лицо, уполномоченное на выполнение государственных функций, или лицо, приравненное к нему, освобожденное от выполнения указанных функций в связи с занятием деятельностью, несовместимой с выполнением таких функций, не может быть вновь уполномочено на выполнение таких функций до тех пор, пока не прекратит заниматься указанной в настоящей статье деятельностью.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 10 в редакции Закона РК от 08.12.2009 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId102" w:anchor="z3" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 226-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 01.01.2010); с изменениями, внесенными законами РК от 29.12.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId103" w:anchor="z13" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 371-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 01.02.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId104" w:anchor="z19" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 551-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 05.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId105" w:anchor="z313" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 30-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...171 lines deleted...]
-        <w:t> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңдарымен.</w:t>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Статья 11. Недопустимость совместной службы близких </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 родственников</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...48 lines deleted...]
-        <w:t>бұзушылықтар және олар үшiн жауапкершiлiк</w:t>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Должностные и иные лица, уполномоченные на выполнение государственных функций, и лица, приравненные к ним, не могут занимать должности, находящиеся в непосредственной подчиненности должностям, занимаемыми их близкими родственниками (родителями, детьми, усыновителями, усыновленными, полнородными и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>неполнородными</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> братьями и сестрами, дедушками, бабушками, внуками) или супругом (супругой), за исключением случаев, предусмотренных законами.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Лица, нарушающие требования пункта 1 настоящей статьи, если они добровольно в течение трех месяцев с момента обнаружения указанного нарушения его не устранят, подлежат переводу на должности, исключающие такую подчиненность, а при невозможности такого перевода один из этих служащих подлежит увольнению с должности или иному освобождению от указанных функций. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Лица, уволенные по основаниям, указанным в пункте 1 настоящей статьи, имеют право поступления на государственную и иную службу, сопряженную с выполнением государственных или приравненных к ним функций, в другие органы, организации. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 11 с изменениями, внесенными законами РК от 25.09.2003 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId106" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 484</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>; от 07.12.2009 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId107" w:anchor="z100" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 222-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId108" w:anchor="z21" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст.2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>); от 29.12.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId109" w:anchor="z14" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 371-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...906 lines deleted...]
-        <w:t>(01.01.2015 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Статья 12. Правонарушения, создающие условия для </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 коррупции, и ответственность за них</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...74 lines deleted...]
-        <w:t>бұзушылықтар</w:t>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Правонарушениями, создающими условия для коррупции, являются следующие деяния лиц, уполномоченных на выполнение государственных функций, или лиц, приравненных к ним: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) неправомерное вмешательство в деятельность других государственных органов, организаций; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) использование своих служебных полномочий при решении вопросов, связанных с удовлетворением материальных интересов указанных лиц либо их близких родственников и свойственников;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) предоставление не предусмотренных законом преимуществ (протекционизм, семейственность) при поступлении и продвижении по государственной службе и в государственных организациях и организациях, в уставном капитале которых доля государства составляет более пятидесяти процентов, в том числе в национальных управляющих холдингах, национальных холдингах, национальных компаниях, национальных институтах развития, акционером которых является государство, их дочерних организациях, более пятидесяти процентов голосующих акций (долей участия) которых</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>принадлежат им, а также юридических лицах, более пятидесяти процентов голосующих акций (долей участия) которых принадлежит указанным дочерним организациям;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) оказание неправомерного предпочтения юридическим и физическим лицам при подготовке и принятии решений; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) оказание кому бы то ни было любого не предусмотренного законодательством содействия в осуществлении предпринимательской и иной связанной с извлечением дохода деятельности;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6) использование в личных или групповых интересах информации, полученной при выполнении государственных функций, если таковая не подлежит официальному распространению;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) необоснованный отказ в информации физическим и юридическим лицам, предоставление которой предусмотрено </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId110" w:anchor="z11" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, задержка ее, передача недостоверной или неполной информации; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8) требование от физических или юридических лиц информации, предоставление которой этими лицами не предусмотрено законодательством;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9) передача государственных финансовых и материальных ресурсов в избирательные фонды отдельных кандидатов; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      10) неоднократное нарушение установленного </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId111" w:anchor="z43" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> порядка рассмотрения обращений физических и юридических лиц и решения иных входящих в их компетенцию вопросов; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      11) дарение подарков и оказание неслужебных услуг вышестоящим официальным лицам для получения с использованием должностных полномочий указанных лиц имущественной выгоды, блага либо преимущества;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>12) явное воспрепятствование физическим или юридическим лицам в реализации их прав и законных интересов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      12-1) грубые нарушения требований к организации и проведению проверок в отношении субъектов частного предпринимательства, установленных в подпунктах 1), 2), 3), 4) и 7) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId112" w:anchor="z287" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьи 23</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, подпунктах 2), 6) и 8) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId113" w:anchor="z365" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 28 Закона Республики Казахстан «О государственном контроле и надзоре в Республике Казахстан»;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>13) делегирование полномочий на государственное регулирование предпринимательской деятельности физическим или юридическим лицам, осуществляющим такую деятельность, а также на контроль и надзор за нею; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      13-1) передача государственных контрольных и надзорных функций организациям, не имеющим статуса государственного органа;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      14) участие в азартных играх денежного или иного имущественного характера с вышестоящими или нижестоящими либо находящимися с ними в иной зависимости по службе или работе должностными лицами.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="39" w:name="z66"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Совершение лицами, уполномоченными на выполнение государственных функций или приравненными к ним, какого-либо из указанных в подпунктах 1), 6), 7), 8), 10), 11), 12), 12-1) и 14) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId114" w:anchor="z65" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящей статьи правонарушений, если оно не содержит признаков уголовно наказуемого деяния, влечет понижение в должности, а в случае отсутствия вакантной нижестоящей должности – наложение в установленном законом порядке </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId115" w:anchor="z107" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>дисциплинарного взыскания</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в виде предупреждения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о неполном служебном соответствии.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Повторное совершение любого из указанных правонарушений в течение года после наложения дисциплинарного взыскания за первое правонарушение влечет увольнение с должности или иное освобождение от выполнения государственных функций в установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId116" w:anchor="z37" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> порядке. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Совершение лицами, уполномоченными на выполнение государственных функций, или лицами, приравненными к ним, какого-либо из указанных в подпунктах 2), 3), 4), 5), 9), 13), 13-1) пункта 1 настоящей статьи правонарушений, если оно не содержит признаков уголовно наказуемого деяния, влечет увольнение с должности или прекращение выполнения государственных функций в установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId117" w:anchor="z37" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> порядке.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="40" w:name="z67"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В случае совершения депутатами Парламента Республики Казахстан или лицами, указанными в подпункте 2) пункта 3 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId118" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьи 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона, какого-либо из указанных в пункте 1 настоящей статьи правонарушений, органы, ведущие борьбу с коррупцией, уведомляют об этом соответствующую избирательную комиссию, которая обязана в течение пяти дней со дня поступления материалов довести их до сведения Парламента.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 12 с изменениями, внесенными законами РК от 28.04.2000 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId119" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 46</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>; от 25.09.2003 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId120" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 484</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>; от 21.07.2007 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId121" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 308</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>; от 07.12.2009 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId122" w:anchor="z101" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 222-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId123" w:anchor="z21" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст.2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>); от 29.12.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId124" w:anchor="z15" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 371-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 06.01.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId125" w:anchor="z75" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 378-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 01.02.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId126" w:anchor="z22" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 551-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId127" w:anchor="z1326" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...427 lines deleted...]
-        <w:t> қараңыз) Заңдарымен.</w:t>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Статья 13. Коррупционные правонарушения, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 связанные с противоправным получением </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 благ и преимуществ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...101 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Коррупционными правонарушениями, связанными с противоправным получением благ и преимуществ, являются следующие деяния лиц, уполномоченных на выполнение государственных функций, или лиц, приравненных к ним:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="41" w:name="z69"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) принятие за исполнение своих государственных или приравненных к ним функций любого вознаграждения в виде денег, услуг и в иных формах от организаций, в которых лицо не выполняет соответствующие функции, а также от физических лиц, если иное</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не предусмотрено законодательством. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="42" w:name="z82"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Деньги, поступившие на счет лица, уполномоченного на выполнение государственных функций, или лица, приравненного к нему, без ведома указанного лица, а также средства, полученные им в связи с выполнением соответствующих функций в нарушение абзаца первого настоящего подпункта, подлежат не более чем в двухнедельный срок после их обнаружения перечислению в республиканский бюджет с представлением объяснения в соответствующий орган </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>государственных доходов об обстоятельствах</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поступления таких средств;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="43" w:name="z70"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) принятие подарков или услуг в связи с исполнением своих государственных или приравненных к ним функций либо от лиц, зависимых от них по службе, за общее покровительство или попустительство по службе.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="44" w:name="z71"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Подарки, поступившие без ведома указанного лица, а также подарки, полученные им в связи с исполнением соответствующих функций в нарушение абзаца первого настоящего подпункта, подлежат в семидневный срок безвозмездной сдаче в специальный государственный фонд, а оказанные лицу при тех же обстоятельствах услуги должны быть оплачены им путем перечисления денежных средств в республиканский бюджет.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Лицо, к которому поступили подарки, вправе с согласия вышестоящего должностного лица выкупить их из указанного фонда по рыночным розничным ценам, действующим в соответствующей местности. Вырученные от продажи подарков денежные средства специальный государственный фонд перечисляет в республиканский бюджет;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="45" w:name="z72"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) принятие приглашений во внутригосударственные и в зарубежные туристические, лечебно-оздоровительные и иные поездки за счет физических и юридических лиц, как иностранных, так и Республики Казахстан, за исключением поездок: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      по приглашению супруга (супруги), родственников за их счет; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>по приглашению иных физических лиц (с согласия вышестоящего должностного лица или органа), если отношения с ними не затрагивают вопросов служебной деятельности приглашаемых; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      осуществляемых в соответствии с международными договорами Республики Казахстан или на взаимной договоренности между государственными органами Республики Казахстан и государственными органами иностранных государств за счет средств соответствующих государственных органов и (или) международных организаций;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      осуществляемых с согласия вышестоящего должностного лица либо органа для участия в научных, спортивных, творческих, профессиональных, гуманитарных мероприятиях за счет средств организаций, в том числе поездок, осуществляемых в рамках уставной деятельности таких организаций;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="46" w:name="z73"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) использование не предусмотренных законодательством преимуществ в получении кредитов, ссуд, приобретении ценных бумаг, недвижимости и иного имущества.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="47" w:name="z74"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Члены семьи лица, уполномоченного на выполнение государственных функций, или лица, приравненного к нему, не вправе принимать подарки и услуги, приглашения в туристические, лечебно-оздоровительные и иные поездки за счет физических и юридических лиц, как иностранных, так и Республики Казахстан, с которыми указанное лицо связано по службе. Лицо, уполномоченное на выполнение государственных функций, или лицо, приравненное к нему, обязано в семидневный срок безвозмездно сдать незаконно полученные членами его семьи подарки в специальный государственный фонд и возместить стоимость услуг, которыми неправомерно воспользовались члены его семьи, путем перечисления денежных сре</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дств в р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еспубликанский бюджет.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="48" w:name="z75"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Совершение лицом, уполномоченным на выполнение государственных функций, или лицом, приравненным к нему, какого-либо из коррупционных правонарушений, указанных в пунктах 1 и 2 настоящей статьи, если оно не содержит признаков уголовно наказуемого деяния, влечет увольнение с должности или прекращение выполнения государственных функций.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="49" w:name="z76"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В случае совершения депутатами Парламента Республики Казахстан или лицами, указанными в подпункте 2) пункта 3 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId128" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьи 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Закона, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>какого-либо из указанных в пунктах 1 и 2 настоящей статьи правонарушений органы, ведущие борьбу с коррупцией, уведомляют об этом соответствующую избирательную комиссию, которая обязана в течение пяти дней со дня поступления материалов довести их до сведения Парламента.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 13 с изменениями, внесенными законами РК от 25.09.2003 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId129" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 484</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>; от 21.07.2007 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId130" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 308</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>; от 29.12.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId131" w:anchor="z20" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 371-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 28.11.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId132" w:anchor="z536" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 257</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(порядок введения в действие см. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://adilet.zan.kz/rus/docs/Z1400000257" \l "z653" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="9A1616"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="9A1616"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. 12)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст. 10).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...147 lines deleted...]
-        <w:t> (01.01.2015 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Статья 13-1. Сроки наложения дисциплинарных взысканий за </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                   совершение коррупционных правонарушений и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                   правонарушений, создающих условия для </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                   коррупции</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...126 lines deleted...]
-        <w:t>жауаптылығы</w:t>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. В случае совершения коррупционного правонарушения либо правонарушения, создающего условия для коррупции, лицом, уполномоченным на выполнение государственных функций, либо приравненным к нему лицом дисциплинарное взыскание налагается не позднее трех месяцев со дня обнаружения проступка и не может быть наложено позднее одного года со дня совершения проступка. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. В случае прекращения досудебного расследования, но при наличии в деяниях лиц, указанных в пункте 1 настоящей статьи, признаков коррупционного административного правонарушения или дисциплинарного проступка взыскание налагается в сроки, предусмотренные пунктом 1 настоящей статьи.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Закон дополнен статьей 13-1 в соответствии с Законом РК от 25.09.2003 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId133" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 484</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>; с изменениями, внесенными законами РК от 07.12.2009 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId134" w:anchor="z104" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 222-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId135" w:anchor="z21" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст.2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>); от 04.07.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId136" w:anchor="z140" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 233-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Статья 14. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(Статья 14 исключена - Законом РК от 25 сентября 2003 г. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId137" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 484</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
-[...8 lines deleted...]
-        <w:t> Заңымен.</w:t>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>15-бап. Мемлекеттiк органдар мен жергiлiктi өзiн-өзi</w:t>
-[...77 lines deleted...]
-        <w:t>жауапкершiлiгi</w:t>
+        <w:t>       Статья 15. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(Статья 15 исключена - Законом РК от 25 сентября 2003 г. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId138" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 484</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>       Статья 16. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(Статья 16 исключена - Законом РК от 25 сентября 2003 г. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId139" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 484</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
-[...8 lines deleted...]
-        <w:t> Заңымен.</w:t>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>16-бап. Мемлекеттiк органдар басшыларының сыбайлас</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00C23088">
+        <w:t>      Статья 17. Ответственность лиц, сообщивших заведомо </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>жемқорлыққа қарсы күрес жөнiнде шаралар</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00C23088">
+        <w:t>                 ложную информацию о факте коррупционного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>қолданбағаны үшiн жауаптылығы</w:t>
+        <w:t>                 правонарушения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственный служащий, работник правоохранительного органа, сообщившие органу, ведущему борьбу с коррупцией, заведомо ложную информацию о факте коррупционного правонарушения в отношении другого государственного служащего, работника правоохранительного органа наказываются в дисциплинарном порядке вплоть до увольнения с должности или иного освобождения от выполнения соответствующих функций по представлению органа, ведущего борьбу с коррупцией. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(исключен) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В статью 17 внесены изменения - Законом РК от 25 сентября 2003 г. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId140" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 484</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C23088">
-[...8 lines deleted...]
-        <w:t> Заңымен.</w:t>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>     17-бап. Сыбайлас жемқорлықпен құқық бұзушылық фактiсi </w:t>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00C23088">
+        <w:t>      Глава 3. Устранение последствий коррупционных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>              туралы көрiнеу жалған ақпарат хабарлаған </w:t>
-[...24 lines deleted...]
-        <w:t>              адамдардың жауаптылығы</w:t>
+        <w:t>                        правонарушений</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...107 lines deleted...]
-        <w:t> Заңымен.</w:t>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>       Статья 18. Взыскание незаконно полученного имущества </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                или стоимости незаконно предоставленных услуг</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
-[...34 lines deleted...]
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
+        <w:t>      1. Во всех случаях незаконного обогащения лиц, уполномоченных на выполнение государственных функций, или лиц, приравненных к ним, в результате коррупционных правонарушений незаконно полученное имущество подлежит обращению, а стоимость незаконно полученных услуг взысканию в доход государства. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. В случаях отказа добровольно сдать незаконно полученное имущество или оплатить государству его стоимость или стоимость незаконно полученных услуг взыскание осуществляется по решению суда в доход государства по иску прокурора, органов государственных доходов либо других государственных органов и должностных лиц, уполномоченных на это законом. Указанные органы до вынесения судом решения принимают меры по сохранности имущества, принадлежащего правонарушителю.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Если лицо, выполнявшее государственные функции или приравненное к нему, после увольнения, иного освобождения от выполнения соответствующих функций за совершенное коррупционное правонарушение отказывается выполнить требования, предусмотренные пунктом 1 настоящей статьи, должностное лицо или орган, принимающие решение о таком освобождении, направляют в орган государственных доходов по месту жительства виновного лица уведомление о полученных противоправных доходах.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В случаях, указанных в пункте 2 настоящей статьи, прокурор, органы государственных доходов либо другие государственные органы и должностные лица, уполномоченные на это законом, не позднее месяца с момента возникновения обязанностей у лиц, уполномоченных на выполнение государственных функций, или лиц, приравненных к ним, по возврату незаконно полученного имущества или оплате государству его стоимости или стоимости незаконно полученных услуг обращаются в суд</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с иском об обращении незаконно полученного имущества и (или) взыскании стоимости незаконно полученных услуг в доход государства.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C23088">
-[...38 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 18 с изменениями, внесенными Конституционным Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId141" w:anchor="z232" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 121-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); законами РК от 07.11.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId142" w:anchor="z228" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 248-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 28.11.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId143" w:anchor="z537" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 257</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(порядок введения в действие см. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://adilet.zan.kz/rus/docs/Z1400000257" \l "z653" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="9A1616"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="9A1616"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. 12)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст. 10).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...196 lines deleted...]
-        <w:t> қараңыз) Заңдарымен.</w:t>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Статья 19. Признание сделок </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>недействительными</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 аннулирование актов и действий, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 совершенных в результате коррупционных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 правонарушений</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...7 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сделки, заключенные в связи с совершением коррупционных правонарушений, признаются судом недействительными в установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId144" w:anchor="z332" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> порядке. Совершенные в результате коррупционных правонарушений акты, действия аннулируются органом или должностным лицом, уполномоченным на принятие или отмену соответствующих актов, или судом по иску заинтересованных физических или юридических лиц, или прокурора.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C23088">
-[...89 lines deleted...]
-        <w:t>күшiн жою</w:t>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 19 с изменением, внесенным Законом РК от 29.12.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId145" w:anchor="z23" w:history="1">
+        <w:r w:rsidRPr="00166EA0">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 371-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...83 lines deleted...]
-        <w:t> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен.</w:t>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Глава 4. Заключительные положения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
-[...24 lines deleted...]
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>20-бап. Қолданылып жүрген заңдарды қолдану</w:t>
+        <w:t>      Статья 20. Применение действующего законодательства</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
-[...8 lines deleted...]
-        <w:t>      Қазақстан Республикасының осы Заң күшiне енген кезде қолданылып жүрген заңдары оған қайшы келмейтiн бөлiгiнде қолданылады және ол күшiне енген күннен бастап үш ай iшiнде оған сәйкес келтiруге тиiс.</w:t>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Законодательство Республики Казахстан, действующее на момент </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>вступления в силу настоящего Закона, применяется в части, не </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>противоречащей ему, и в течение трех месяцев со дня вступления его </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>в силу должно быть приведено в соответствие с ним.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRPr="00C23088" w:rsidRDefault="00C23088" w:rsidP="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRPr="00166EA0" w:rsidRDefault="00166EA0" w:rsidP="00166EA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C23088">
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Қазақстан Республикасының </w:t>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00C23088">
+        <w:t>      Президент </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00166EA0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Президентi</w:t>
+        <w:t>      Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23088" w:rsidRDefault="00C23088"/>
-    <w:sectPr w:rsidR="00C23088">
+    <w:p w:rsidR="00166EA0" w:rsidRDefault="00166EA0"/>
+    <w:sectPr w:rsidR="00166EA0">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -8917,53 +10471,53 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="6B22528E"/>
+    <w:nsid w:val="1306125E"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="C7B0493C"/>
+    <w:tmpl w:val="B92090E2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -9066,53 +10620,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="79FA45A5"/>
+    <w:nsid w:val="6C3A425E"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="364662F8"/>
+    <w:tmpl w:val="864A455E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -9215,73 +10769,73 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="90"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C23088"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C23088"/>
+    <w:rsidRoot w:val="00166EA0"/>
+    <w:rsid w:val="00166EA0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -9431,207 +10985,207 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00C23088"/>
+    <w:rsid w:val="00166EA0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00C23088"/>
+    <w:rsid w:val="00166EA0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00C23088"/>
+    <w:rsid w:val="00166EA0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00C23088"/>
+    <w:rsid w:val="00166EA0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="status">
     <w:name w:val="status"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00C23088"/>
+    <w:rsid w:val="00166EA0"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C23088"/>
+    <w:rsid w:val="00166EA0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C23088"/>
+    <w:rsid w:val="00166EA0"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C23088"/>
+    <w:rsid w:val="00166EA0"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00C23088"/>
+    <w:rsid w:val="00166EA0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="note1">
     <w:name w:val="note1"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00C23088"/>
+    <w:rsid w:val="00166EA0"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -9758,313 +11312,313 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00C23088"/>
+    <w:rsid w:val="00166EA0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00C23088"/>
+    <w:rsid w:val="00166EA0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00C23088"/>
+    <w:rsid w:val="00166EA0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00C23088"/>
+    <w:rsid w:val="00166EA0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="status">
     <w:name w:val="status"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00C23088"/>
+    <w:rsid w:val="00166EA0"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C23088"/>
+    <w:rsid w:val="00166EA0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C23088"/>
+    <w:rsid w:val="00166EA0"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C23088"/>
+    <w:rsid w:val="00166EA0"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00C23088"/>
+    <w:rsid w:val="00166EA0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="note1">
     <w:name w:val="note1"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00C23088"/>
+    <w:rsid w:val="00166EA0"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1955598806">
+    <w:div w:id="832716715">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="2102751976">
+        <w:div w:id="576980758">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="415443660">
+        <w:div w:id="343635736">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1890221448">
+            <w:div w:id="1321689999">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="790632694">
+            <w:div w:id="1714887939">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="479225753">
+        <w:div w:id="1564028926">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1607468830">
+            <w:div w:id="1958021693">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000484_" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z990000453_" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z980000267_" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000227" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z990000453_" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000206" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P000000099_" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000371" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000257" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z010000206_" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z000000046_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1400000235" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z000000132_" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000484_" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000484_" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000248" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1400000235" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000221_" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000484_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P000000099_" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000551" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z950002464_" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000227" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1400000226" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/U020000839_" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000371" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z080000101_" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000371" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z990000453_" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000378" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000308_" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000484_" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000257" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z980000267_/z980267_.htm" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z010000240_" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z990000453_" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000257" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000226_" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000257" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1400000226" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000484_" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000308_" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000378" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z990000349_" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z990000453_" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000484_" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z980000267_" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000484_" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000227" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000315_" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1400000235" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000551" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K940001000_" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000121" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K990000409_" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P000000099_" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000030" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000248" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z990000454_" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z950002155_" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000551" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1400000235" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000221_" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000071" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z980000267_" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000551" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000371" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000484_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/U990000321_" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z010000148_" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000346_" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1400000226" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000015" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1400000235" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000192_" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000553" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000257" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000371" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000484_" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000484_" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K940001000_" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/U990000317_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000378" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000378" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000308_" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1400000235" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/U1400000900" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000191_" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000484_" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z990000453_" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000257" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000233" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000121" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z990000453_" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000030" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000484_" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000227" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000371" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000371" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z980000267_" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000121" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000371" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001077" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000061" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000425" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000308_" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z990000453_" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000227" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000191_" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000378" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1400000235" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z990000453_" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000267_" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000484_" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000484_" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z990000454_" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1400000235" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000148_" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000484_" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z020000346_" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000071" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000267_" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000267_" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000226_" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000267_" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K940001000_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000257" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z990000453_" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000267_" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000227" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z990000453_" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000267_" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000484_" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000267_" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000267_" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1400000226" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000206_" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000484_" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z000000132_" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000371" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000248" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000371" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000371" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z990000453_" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000371" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000484_" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000484_" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000425" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000484_" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001077" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000371" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000267_" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K940001000_" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000192_" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000553" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000267_" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000221_" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000257" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000484_" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000371" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000267_/z980267.htm" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000148_" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z950002464_" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1400000226" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/U020000839_" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000484_" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000267_" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z000000046_" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/U990000321_" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000227" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000240_" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z990000349_" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000267_" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000267_" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1400000235" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000191_" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000206" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P000000099_" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z990000453_" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000308_" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000257" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/U990000317_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000378" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000484_" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000371" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000221_" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000315_" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000267_" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K990000409_" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000551" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000484_" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000378" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000121" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000551" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000061" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000551" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z950002155_" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000227" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000015" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z080000101_" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/U990000321_" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000371" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000233" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1400000226" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1400000235" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000378" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000030" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1400000235" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000267_" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P000000099_" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000030" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000551" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000267_/z980267.htm" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/U1400000900" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000121" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000121" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P000000099_" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000308_" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000248" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10313,50 +11867,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>17</Pages>
-  <Words>9025</Words>
-  <Characters>51446</Characters>
+  <Words>9206</Words>
+  <Characters>52475</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>428</Lines>
-  <Paragraphs>120</Paragraphs>
+  <Lines>437</Lines>
+  <Paragraphs>123</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>60351</CharactersWithSpaces>
+  <CharactersWithSpaces>61558</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Akerke</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>