--- v0 (2025-12-10)
+++ v1 (2025-12-16)
@@ -1,10346 +1,6841 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="450" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:kern w:val="36"/>
           <w:sz w:val="39"/>
           <w:szCs w:val="39"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003366F8">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:kern w:val="36"/>
           <w:sz w:val="39"/>
           <w:szCs w:val="39"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қазақстан Республикасындағы </w:t>
-[...39 lines deleted...]
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+        <w:t>О языках в Республике Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасының 1997 жылғы 11 шiлдедегі N 151</w:t>
-[...37 lines deleted...]
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+        <w:t>Закон Республики Казахстан от 11 июля 1997 года N 151.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidRPr="003366F8">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>МАЗМҰНЫ</w:t>
+          <w:t>ОГЛАВЛЕНИЕ</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. Мәтiнде "тарау" деген сөздiң алдындағы "I - VI" деген цифрлар тиiсiнше "1 - 6" деген цифрлармен ауыстырылды - Қазақстан Республикасының 2004.12.20. </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t>      Сноска. В тексте после слова "Глава" цифры "I - VI" заменить соответственно цифрами "1 - 6" - Законом РК от 20 декабря 2004 г. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="0" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 13</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (2005 жылғы </w:t>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:t> (вводится в действие с 1 января 2005 г.). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
-[...48 lines deleted...]
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>       Настоящий Закон устанавливает правовые основы функционирования языков в Республике Казахстан, обязанности государства в создании условий для их изучения и развития, обеспечивает одинаково уважительное отношение ко всем, без исключения, употребляемым в Республике Казахстан языкам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1 тарау. Жалпы ережелер</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+        <w:t>Глава 1. ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="z3"/>
+      <w:bookmarkStart w:id="1" w:name="z2"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1-бап. Осы</w:t>
+        <w:t>Статья 1. Основные понятия, используемые в настоящем Законе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В настоящем Законе используются следующие основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) диаспора – часть народа (этническая общность), проживающая вне страны его исторического происхождения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) ономастика – раздел языкознания, изучающий собственные имена, историю их возникновения и преобразования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003366F8">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> З</w:t>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) ономастическая комиссия – консультативно-совещательный орган, вырабатывающий предложения по формированию единых подходов по наименованию и переименованию административно-территориальных единиц, составных частей населенных пунктов, аэропортов, портов, железнодорожных вокзалов, железнодорожных станций, станций метрополитена, автовокзалов, автостанций, физико-географических и других объектов государственной собственности на территории Республики Казахстан, уточнению и изменению транскрипции их наименований и присвоению собственных имен лиц государственным юридическим лицам, юридическим лицам с участием государства</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="003366F8">
-[...394 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, а также восстановлению и сохранению исторических названий как составной части историко-культурного наследия Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) орфография – правописание, система правил, определяющих единообразие способов передачи речи (слов и грамматических форм) на письме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) Республиканская терминологическая комиссия – консультативно-совещательный орган, вырабатывающий предложения в области терминологической лексики казахского языка по всем отраслям экономики, науки, техники и культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) топонимика – раздел ономастики, изучающий названия географических объектов, закономерности их возникновения, изменения и функционирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) транслитерация – побуквенная передача текстов и отдельных слов одной графической системы средствами другой графической системы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      7) транслитерация – бiр графикалық жүйедегi мәтiндер мен жекелеген сөздердi басқа графикалық жүйенiң құралдарымен әрiпп</w:t>
-[...99 lines deleted...]
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+        <w:t>      8) уполномоченный орган – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в сфере развития языков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 1-бап жаңа редакцияда - ҚР 21.01.2013 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t>      Сноска. Статья 1 в редакции Закона РК от 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="31" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 72-V</w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> З</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:t> (вводится в действие по истечении трех месяцев после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="z4"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2-бап. Осы</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:t>Статья 2. Предмет регулирования настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Предметом регулирования настоящего Закона являются общественные отношения, возникающие в связи с употреблением языков в деятельности государственных, негосударственных организаций и органов местного самоуправления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Настоящий Закон не регламентирует употребление языков в межличностных отношениях и в религиозных объединениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z6"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> З</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:t>Статья 3. Законодательство о языках в Республике Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Законодательство о языках в Республике Казахстан основывается на Конституции Республики Казахстан, состоит из настоящего Закона, иных нормативных правовых актов Республики Казахстан, касающихся употребления и развития языков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Законодательство о языках распространяется на граждан Республики Казахстан, на иностранцев и лиц без гражданства, постоянно проживающих в Республике Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z8"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>аңның реттейтiн мәселесi</w:t>
-[...100 lines deleted...]
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+        <w:t>Статья 4. Государственный язык Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Государственным языком Республики Казахстан является казахский язык.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Государственный язык - язык государственного управления, законодательства, судопроизводства и делопроизводства, действующий во всех сферах общественных отношений на всей территории государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Долгом каждого гражданина Республики Казахстан является овладение государственным языком, являющимся важнейшим фактором консолидации народа Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Правительство, иные государственные, местные представительные и исполнительные органы обязаны:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      всемерно развивать государственный язык в Республике Казахстан, укреплять его международный авторитет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      создавать все необходимые организационные, материально-технические условия для свободного и бесплатного овладения государственным языком всеми гражданами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      оказывать помощь казахской диаспоре в сохранении и развитии родного языка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="z5"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+      <w:bookmarkStart w:id="5" w:name="z10"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>3-бап. Қазақстан Республикасындағы т</w:t>
+        <w:t>Статья 5. Употребление русского языка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В государственных организациях и органах местного самоуправления наравне с </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>казахским</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> официально употребляется русский язык.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z12"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>i</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:t>Статья 6. Забота государства о языках</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Каждый гражданин Республики Казахстан имеет право на пользование родным языком, на свободный выбор языка общения, воспитания, обучения и творчества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Государство заботится о создании условий для изучения и развития языков народа Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В местах компактного проживания национальных групп при проведении мероприятий могут быть использованы их языки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z14"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>л туралы заңдар</w:t>
-[...978 lines deleted...]
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+        <w:t>Статья 7. Недопустимость препятствования функционированию языков</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В Республике Казахстан не допускается ущемление прав граждан по языковому признаку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Действия должностных лиц, препятствующих функционированию и изучению государственного и других языков, представленных в Казахстане, влекут за собой ответственность в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 7 с изменением, внесенным Законом РК от 27 июля 2007 года </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="0" w:history="1">
+        <w:r w:rsidRPr="00A75137">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 315</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (со дня официального опубликования). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2 тарау. Тiл - мемлекеттiк және мемлекеттiк емес ұйымдар мен</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:t>Глава 2. ЯЗЫК В ГОСУДАРСТВЕННЫХ И НЕГОСУДАРСТВЕННЫХ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>жергiлiктi өзi</w:t>
-[...24 lines deleted...]
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+        <w:t>ОРГАНИЗАЦИЯХ И ОРГАНАХ МЕСТНОГО САМОУПРАВЛЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="z11"/>
+      <w:bookmarkStart w:id="8" w:name="z17"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>8-бап. Т</w:t>
+        <w:t>Статья 8. Употребление языков</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Языком работы и делопроизводства государственных органов, организаций и органов местного самоуправления Республики Казахстан является государственный язык, наравне с казахским официально употребляется русский язык.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В работе негосударственных организаций используются </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>государственный</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и, при необходимости, другие языки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z19"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>i</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:t>Статья 9. Язык актов государственных органов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Акты государственных органов разрабатываются и принимаются на государственном языке, при необходимости, их разработка может вестись на русском языке с обеспечением, по возможности, перевода на другие языки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z21"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>лдердiң қолданылуы</w:t>
-[...24 lines deleted...]
-        <w:t>      Мемлекеттiк тiл Қазақстан Республикасы мемлекеттiк органдарының, ұйымдарының және жергiлiктi өзi</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Статья 10. Язык ведения документации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003366F8">
-[...8 lines deleted...]
-        <w:t>н-</w:t>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ведение учетно-статистической, финансовой и технической документации в системе государственных органов, организациях Республики Казахстан, независимо от форм собственности, обеспечивается на государственном и на русском языках.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="003366F8">
-[...290 lines deleted...]
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 10-бапқа өзгерту енгізілді - Қ</w:t>
-[...26 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t>      Сноска. Статья 10 с изменениями, внесенными законами РК от 05.06.2006 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="0" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 146</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>; 24.11.2015 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="16" w:history="1">
+        <w:r w:rsidRPr="00A75137">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст.2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>); от 24.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="306" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 422-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (01.01.2016 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:t> (вводится в действие с 01.01.2016). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="z14"/>
+      <w:bookmarkStart w:id="11" w:name="z23"/>
       <w:bookmarkEnd w:id="11"/>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>11-бап. Азаматтардың өт</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:t>Статья 11. Язык ответов на обращения граждан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ответы государственных и негосударственных организаций на обращения граждан и другие документы даются на государственном языке или на языке обращения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z25"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>i</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:t>Статья 12. Язык в Вооруженных Силах и правоохранительных органах</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В Вооруженных Силах Республики Казахстан, а также во всех видах воинских и военизированных формирований, в организациях государственного контроля и надзора, правовой защиты граждан и в правоохранительных органах обеспечивается функционирование государственного и русского языков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z27"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>нiштерiне қайтарылатын жауап тiлi</w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">      Мемлекеттiк және мемлекеттiк емес ұйымдардың азаматтардың өтiнiштерi мен </w:t>
+        <w:t>Статья 13. Язык судопроизводства</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Судопроизводство в Республике Казахстан ведется на государственном языке, а, при необходимости, в судопроизводстве наравне с </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003366F8">
-[...8 lines deleted...]
-        <w:t>бас</w:t>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>государственным</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="003366F8">
-[...11 lines deleted...]
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> употребляется русский язык или другие языки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="z15"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+      <w:bookmarkStart w:id="14" w:name="z29"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>12-бап. Қарулы</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:t>Статья 14. Язык производства по делам об административных правонарушениях</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Производство по делам об административных правонарушениях ведется на государственном языке, а при необходимости, и на других языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z31"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> К</w:t>
-[...442 lines deleted...]
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+        <w:t>Статья 15. Язык сделок</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Все сделки физических и юридических лиц в Республике Казахстан, совершаемые в письменной форме, излагаются на государственном и русском языках с приложением в необходимых случаях перевода на других языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сделки с иностранными физическими и юридическими лицами, совершаемые в письменной форме, излагаются на государственном и на приемлемом для сторон языке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 15-бапқа өзгерту енгізілді - Қ</w:t>
-[...26 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t>      Сноска. Статья 15 с изменениями, внесенными законами РК от 05.06.2006 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="0" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 146</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>; 24.11.2015 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="16" w:history="1">
+        <w:r w:rsidRPr="00A75137">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст.2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>); от 24.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="307" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 422-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (01.01.2016 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:t> (вводится в действие с 01.01.2016). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>3 тарау. Тiл - бiлiм беру, ғылым, мәдениет және бұқ</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:t>Глава 3. ЯЗЫК В ОБЛАСТИ ОБРАЗОВАНИЯ, НАУКИ, КУЛЬТУРЫ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>аралы</w:t>
-[...19 lines deleted...]
-        </w:rPr>
         <w:br/>
-        <w:t>ақпарат құралдары саласында</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+        <w:t>И СРЕДСТВАХ МАССОВОЙ ИНФОРМАЦИИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="16" w:name="z20"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Заголовок главы 3 с изменением, внесенным Законом РК от 27 июля 2007 года </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="0" w:history="1">
+        <w:r w:rsidRPr="00A75137">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 320</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="53" w:history="1">
+        <w:r w:rsidRPr="00A75137">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст.2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z34"/>
       <w:bookmarkEnd w:id="16"/>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>16-бап. Т</w:t>
-[...94 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:t>Статья 16. Язык в области образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      Балалар үйлерiнде және </w:t>
-[...99 lines deleted...]
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+        <w:t>      В Республике Казахстан обеспечивается создание детских дошкольных организаций, функционирующих на государственном языке, а в местах компактного проживания национальных групп - и на их языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Язык обучения, воспитания в детских домах и приравненных к ним организациях определяется местными исполнительными органами с учетом национального состава их контингента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Республика Казахстан обеспечивает получение начального, основного среднего, общего среднего, технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, высшего и послевузовского образования на государственном, русском, а при необходимости и возможности, и на других языках. В организациях образования государственный язык и русский язык являются обязательными учебными предметами и входят в перечень дисциплин, включаемых в документ об образовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. </w:t>
-[...26 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t>      Сноска. Заголовок и статья с изменениями, внесенными Законом РК от 27 июля 2007 года </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="0" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 320</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (қолданысқа енгізілу тәртібін </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="53" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>2-баптан</w:t>
+          <w:t>ст.2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> қараңыз) Заңымен. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:t>). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="z21"/>
+      <w:bookmarkStart w:id="17" w:name="z36"/>
       <w:bookmarkEnd w:id="17"/>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">17-бап. Тiл - ғылым және </w:t>
+        <w:t>Статья 17. Язык в области науки и культуры</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В Республике Казахстан в области науки, включая оформление и защиту диссертаций, обеспечивается функционирование государственного и русского языков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Культурные мероприятия проводятся на </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>государственном</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и, при необходимости, на других языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Заголовок и статья с изменениями, внесенными Законом РК от 27 июля 2007 года </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="0" w:history="1">
+        <w:r w:rsidRPr="00A75137">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 320</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="53" w:history="1">
+        <w:r w:rsidRPr="00A75137">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст.2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z38"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>м</w:t>
+        <w:t>Статья 18. Язык печати и средств массовой информации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Республика Казахстан обеспечивает функционирование </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>государственного</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="003366F8">
-[...36 lines deleted...]
-        <w:t>      Қазақстан Республикасында ғылым саласында, диссертацияларды рес</w:t>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, других языков в печатных изданиях и средствах массовой информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В целях создания необходимой языковой среды и полноценного функционирования государственного языка объем теле-, радиопрограмм </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003366F8">
-[...8 lines deleted...]
-        <w:t>i</w:t>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>по</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="003366F8">
-[...33 lines deleted...]
-        <w:t xml:space="preserve">      Мәдени шаралар мемлекеттiк тiлде және қажет болған жағдайда </w:t>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003366F8">
-[...8 lines deleted...]
-        <w:t>бас</w:t>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>теле</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="003366F8">
-[...169 lines deleted...]
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-, радиоканалам, независимо от форм их собственности, на государственном языке по времени не должен быть менее суммарного объема теле-, радиопрограмм на других языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 18-бапқа өзгеріс енгізілді - Қ</w:t>
-[...26 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t>      Сноска. Статья 18 с изменением, внесенным Законом РК от 18.01.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="65" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 546-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік отыз күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:t> (вводится в действие по истечении тридцати календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>4 тарау. Тiл - елдi мекен атауларында, жалқы есiмдерде, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:t>Глава 4. ЯЗЫК В НАИМЕНОВАНИЯХ НАСЕЛЕННЫХ ПУНКТОВ,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>кө</w:t>
-[...24 lines deleted...]
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+        <w:t>ИМЕНАХ СОБСТВЕННЫХ, ВИЗУАЛЬНОЙ ИНФОРМАЦИИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="z24"/>
+      <w:bookmarkStart w:id="19" w:name="z41"/>
       <w:bookmarkEnd w:id="19"/>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>19-бап. Топонимикалық атауларды, ұйымдардың атауларын пайдалану тәрт</w:t>
-[...154 lines deleted...]
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+        <w:lastRenderedPageBreak/>
+        <w:t>Статья 19. Порядок использования топонимических названий, наименований организаций</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Традиционные, исторически сложившиеся казахские названия административно-территориальных единиц, составных частей населенных пунктов, а также других физико-географических объектов на других языках должны воспроизводиться согласно правилам транслитерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Наименования государственных организаций, их структурных подразделений даются на государственном и русском языках. Наименования совместных, иностранных организаций - с транслитерацией на государственном и русском языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t>      Сноска. Статья 19 с изменением, внесенным Законом РК от 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="32" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 72-V</w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> З</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:t> (вводится в действие по истечении трех месяцев после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="z25"/>
+      <w:bookmarkStart w:id="20" w:name="z43"/>
       <w:bookmarkEnd w:id="20"/>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>20-бап. К</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:t>Статья 20. Написание личных имен, отчеств и фамилий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Написание личных имен, отчеств, фамилий в официальных документах должно соответствовать законодательству и нормативным правовым актам Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z45"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>i</w:t>
+        <w:t>Статья 21. Язык реквизитов и визуальной информации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Тексты печатей и штампов государственных органов содержат их названия на государственном языке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Тексты печатей, штампов организаций, независимо от форм собственности, составляются на государственном и русском языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Бланки, вывески, объявления, реклама, прейскуранты, ценники, другая визуальная информация излагаются на государственном и русском, а при необходимости, и на других языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Товарные ярлыки (этикетки) со специальными сведениями, маркировки, инструкции к товарам, производимым в Казахстане, должны содержать необходимую информацию на государственном и русском языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Товарные ярлыки (этикетки) со специальными сведениями, маркировки, инструкции к товарам зарубежного производства обеспечиваются переводом на государственный и русский языки за счет средств импортирующих организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Все тексты визуальной информации располагаются в следующем порядке: слева или сверху - на государственном, справа или снизу - на русском языках, пишутся одинаковыми по размеру буквами.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> По мере необходимости тексты визуальной информации могут быть приведены дополнительно и на других языках. При этом размеры шрифта не должны превышать установленных нормативными правовыми актами требований. Устная информация, объявления, реклама даются на государственном, русском и, при необходимости, на других языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z47"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>сi есiмiн, әкесiнiң есiмiн және тегiн жазу</w:t>
-[...532 lines deleted...]
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+        <w:t>Статья 22. Язык в области связи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      В области связи в пределах Республики Казахстан обеспечивается функционирование государственного и русского языков. Почтово-телеграфные отправления за пределы Республики Казахстан производятся согласно установленным международным правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 22-бап </w:t>
-[...26 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t>      Сноска. Статья 22 в редакции Закона РК от 21.11.2008 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:anchor="13" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 89-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (қолданысқа енгізілу тәртібін </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:anchor="41" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>2-баптан</w:t>
+          <w:t>ст.2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>қараңыз) Заңымен. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:t>). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>5 тарау. Т</w:t>
-[...24 lines deleted...]
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+        <w:t>Глава 5. ПРАВОВАЯ ЗАЩИТА ЯЗЫКОВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="z29"/>
+      <w:bookmarkStart w:id="23" w:name="z50"/>
       <w:bookmarkEnd w:id="23"/>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>23-бап. Т</w:t>
-[...204 lines deleted...]
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+        <w:t>Статья 23. Государственная защита языков</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Государственный и все другие языки в Республике Казахстан находятся под защитой государства. Государственные органы создают необходимые условия для функционирования и развития этих языков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Развитие языков обеспечивается документами Системы государственного планирования Республики Казахстан, предусматривающими приоритетность государственного языка и поэтапный переход делопроизводства на казахский язык.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Перечень профессий, специальностей и должностей, для которых необходимо знание государственного языка в определенном объеме и в соответствии с квалификационными требованиями, устанавливается законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 23-бапқа өзгерістер енгізілді - Қ</w:t>
-[...26 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t>      Сноска. Статья 23 с изменениями, внесенными законами РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:anchor="0" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 13</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (01.01.2005 бастап күшіне енеді); 21.01.2013 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t> (вводится в действие с 01.01.2005); от 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:anchor="33" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 72-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>(алғашқы ресми жарияланғанынан кейін үш ай өткен соң қолданысқа енгізiледi); 03.07.2013 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t> (вводится в действие по истечении трех месяцев после его первого официального опубликования); от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:anchor="139" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 124-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қ</w:t>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="z30"/>
+      <w:bookmarkStart w:id="24" w:name="z52"/>
       <w:bookmarkEnd w:id="24"/>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>24-бап. Қазақстан Республикасының т</w:t>
-[...130 lines deleted...]
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+        <w:t>Статья 24. Ответственность за нарушение законодательства Республики Казахстан о языках</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Первые руководители государственных органов либо ответственные секретари или иные должностные лица, определяемые Президентом Республики Казахстан, а также физические и юридические лица, виновные в нарушении законодательства Республики Казахстан о языках, несут ответственность в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Отказ должностного лица в принятии обращений физических и юридических лиц, мотивированный незнанием государственного языка, любое препятствование употреблению государственного и других языков в сфере их функционирования, а также нарушение требований по размещению реквизитов и визуальной информации влекут ответственность, предусмотренную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 24-бап жаңа редакцияда - ҚР 21.01.2013 </w:t>
-[...283 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t>      Сноска. Статья 24 в редакции Закона РК от 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:anchor="34" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 72-V</w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> З</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:t> (вводится в действие по истечении трех месяцев после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="z31"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+      <w:bookmarkStart w:id="25" w:name="z53"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>25-бап. Уәк</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:t>Статья 24-1. Компетенция Правительства Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Правительство Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1) создает республиканские терминологическую и ономастическую комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) утверждает типовое положение об областных ономастических комиссиях и ономастических комиссиях городов республиканского значения, столицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) выполняет иные функции, возложенные на него Конституцией, настоящим Законом, иными законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Глава 5 дополнена статьей 24-1 в соответствии с Законом РК от 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:anchor="35" w:history="1">
+        <w:r w:rsidRPr="00A75137">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="9A1616"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 72-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении трех месяцев после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z54"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>i</w:t>
-[...115 lines deleted...]
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+        <w:t>Статья 25. Компетенция уполномоченного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Уполномоченный орган:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) обеспечивает реализацию единой государственной политики в сфере развития языков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003366F8">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) исключен Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:anchor="z140" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 124-V</w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
-[...8 lines deleted...]
-        <w:t> З</w:t>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) осуществляет </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контроль за</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="003366F8">
-[...33 lines deleted...]
-        <w:t>      3) орталық және облыстардың, республикалық маңызы бар қалалардың, астананың жерг</w:t>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соблюдением законодательства Республики Казахстан о языках в центральных и местных исполнительных органах областей, городов республиканского значения, столицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) дает рекомендации об устранении нарушений требований, установленных законодательством Республики Казахстан о языках, вносит предложения в соответствующие органы о применении мер дисциплинарного взыскания к должностным лицам, виновным в нарушении законодательства Республики Казахстан о языках;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) организует информационное, методическое обеспечение деятельности по реализации единой государственной политики в сфере развития языков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5-1) обеспечивает деятельность республиканских терминологической и ономастической комиссий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) координирует деятельность ономастических комиссий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003366F8">
-[...8 lines deleted...]
-        <w:t>i</w:t>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>исключен</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="003366F8">
-[...256 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Законом РК от 29.12.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:anchor="z1302" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 269-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
-[...33 lines deleted...]
-        <w:t>      8) осы</w:t>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 01.01.2015);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003366F8">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 25-бапқа өзгерістер енгізілді - Қ</w:t>
-[...26 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t>Статья 25 в редакции Закона РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:anchor="0" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 13</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (01.01.2005 бастап күшіне енеді); 06.01.2011 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t> (вводится в действие с 01.01.2005); с изменениями, внесенными законами РК от 06.01.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:anchor="66" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 378-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>(алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 05.07.2011 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t xml:space="preserve"> (вводится в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>действие по истечении десяти календарных дней после его первого официального опубликования); от 05.07.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:anchor="237" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 452-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (13.10.2011 бастап қолданысқа енгізіледі); 10.07.2012 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t> (вводится в действие с 13.10.2011); от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:anchor="179" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 36-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қ</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>олданыс</w:t>
-[...14 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t xml:space="preserve"> от 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:anchor="36" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 72-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін үш ай өткен соң қолданысқа енгізiледi); 03.07.2013 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t> (вводится в действие по истечении трех месяцев после его первого официального опубликования); от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:anchor="140" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 124-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қ</w:t>
-[...26 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.12.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:anchor="1302" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 269-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (01.01.2015 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:t> (вводится в действие с 01.01.2015).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="z35"/>
+      <w:bookmarkStart w:id="27" w:name="z61"/>
       <w:bookmarkEnd w:id="27"/>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>25-1-бап. Ономастика комиссияларының құзыреті</w:t>
-[...89 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:t>Статья 25-1. Компетенция ономастических комиссий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. К компетенции Республиканской ономастической комиссии относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) разработка рекомендаций и предложений по вопросам ономастики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) выдача заключений по наименованию, переименованию областей, районов и городов, а также уточнению и изменению транскрипции их наименований;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) выдача заключений по присвоению наименования аэропортам, портам, железнодорожным вокзалам, железнодорожным станциям, станциям метрополитена, автовокзалам, автостанциям, физико-географическим и другим объектам государственной собственности на территории Республики Казахстан, а также переименованию, уточнению и изменению транскрипции их наименований и присвоению собственных имен лиц государственным юридическим лицам, юридическим лицам с участием государства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) выдача заключений по наименованию, переименованию районов в городе, составных частей городов областного значения, а также уточнению и изменению транскрипции их наименований;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) согласование заключений ономастических комиссий городов республиканского значения, столицы по наименованию, переименованию районов в городе, составных частей городов республиканского значения, столицы, а также уточнению и изменению транскрипции их наименований.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. К компетенции областных ономастических комиссий относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) выдача заключений по наименованию, переименованию сел, поселков, сельских округов, а также уточнению и изменению транскрипции их наименований;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) выдача заключений по наименованию, переименованию составных частей городов районного значения, поселка, села, сельского округа, а также уточнению и изменению транскрипции их наименований.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. К компетенции ономастических комиссий городов республиканского значения, столицы относится выдача заключений по наименованию, переименованию районов в городе, составных частей городов республиканского значения, столицы, а также уточнению и изменению транскрипции их наименований после согласования с Республиканской ономастической комиссией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      2) облыстарға, аудандар мен қ</w:t>
-[...407 lines deleted...]
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+        <w:t>      4. Местными представительными и исполнительными органами решение по наименованию, переименованию, а также уточнению и изменению транскрипции наименований административно-территориальных единиц, составных частей населенных пунктов принимается только при наличии положительного заключения соответствующих ономастических комиссий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 25-1-баппен толықтырылды - ҚР 20.12.2004 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t>      Сноска. Глава 5 дополнена статьей 25-1 в соответствии с Законом РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:anchor="0" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 13</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (01.01.2005 бастап күшіне енеді); жаңа редакцияда - ҚР 21.01.2013 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t> (вводится в действие с 01.01.2005); в редакции Закона РК от 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:anchor="41" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 72-V</w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> З</w:t>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:t> (вводится в действие по истечении трех месяцев после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="z36"/>
+      <w:bookmarkStart w:id="28" w:name="z62"/>
       <w:bookmarkEnd w:id="28"/>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>25-2-бап. Облыстың, республикалық маңызы бар қаланың, астананың жерг</w:t>
-[...32 lines deleted...]
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+        <w:t>Статья 25-2. Компетенция местного исполнительного органа области, города республиканского значения, столицы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. Тақырыпқа өзгеріс енгізілді - ҚР 2013.01.21 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t>      Сноска. Заголовок статьи 25-2 с изменением, внесенным Законом РК от 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId42" w:anchor="43" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 72-V</w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> З</w:t>
-[...63 lines deleted...]
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+        <w:t> (вводится в действие по истечении трех месяцев после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>       Местный исполнительный орган области, города республиканского значения, столицы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003366F8">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) исключен Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId43" w:anchor="z141" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 124-V</w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
-[...8 lines deleted...]
-        <w:t> З</w:t>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) осуществляет </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контроль за</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="003366F8">
-[...33 lines deleted...]
-        <w:t>      2) орталық атқарушы органдардың аумақтық бөл</w:t>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соблюдением законодательства Республики Казахстан о языках территориальными подразделениями центральных исполнительных органов и районными исполнительными органами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-1) осуществляет </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003366F8">
-[...8 lines deleted...]
-        <w:t>i</w:t>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контроль за</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="003366F8">
-[...33 lines deleted...]
-        <w:t>      2-1) деректемелер мен кө</w:t>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соблюдением законодательства Республики Казахстан о языках в части размещения реквизитов и визуальной информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) дает рекомендации об устранении нарушений требований, установленных законодательством Республики Казахстан о языках, применяет меры административного воздействия на основании и в порядке, предусмотренных законодательством Республики Казахстан об административных правонарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-1) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003366F8">
-[...8 lines deleted...]
-        <w:t>рнек</w:t>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>исключен</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="003366F8">
-[...85 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Законом РК от 29.10.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId44" w:anchor="z132" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 376-V</w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
-[...8 lines deleted...]
-        <w:t> З</w:t>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 01.01.2016).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) осуществляет комплекс мер областного значения, направленных на развитие государственного и других языков;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="003366F8">
-[...158 lines deleted...]
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) обеспечивает деятельность областной ономастической комиссии, ономастических комиссий города республиканского значения, столицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) осуществляет в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 25-2-баппен толықтырылды - Қ</w:t>
-[...26 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t>      Сноска. Закон дополнен статьей 25-2 в соответствии с Законом РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId45" w:anchor="0" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 13</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (01.01.2005 бастап күшіне енеді); өзгерістер енгізілді - ҚР 05.07.2011 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t> (вводится в действие с 01.01.2005); с изменениями, внесенными законами РК от 05.07.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId46" w:anchor="238" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 452-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (13.10.2011 бастап қолданысқа енгізіледі); 21.01.2013 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t> (вводится в действие с 13.10.2011); от 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId47" w:anchor="42" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 72-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін үш ай өткен соң қолданысқа енгізiледi); 03.07.2013 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t>(вводится в действие по истечении трех месяцев после его первого официального опубликования); от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId48" w:anchor="141" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 124-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қ</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:t xml:space="preserve">(вводится в действие по истечении десяти календарных дней после его первого официального </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>олданыс</w:t>
-[...14 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:lastRenderedPageBreak/>
+        <w:t>опубликования); от 29.10.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId49" w:anchor="132" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 376-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (01.01.2016 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:t> (вводится в действие с 01.01.2016).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="z37"/>
+      <w:bookmarkStart w:id="29" w:name="z63"/>
       <w:bookmarkEnd w:id="29"/>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>25-3-бап. Ауданның (облыстық маңызы бар қаланың) жерг</w:t>
-[...81 lines deleted...]
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+        <w:t>Статья 25-3. Компетенция местного исполнительного органа района (города областного значения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Местный исполнительный орган района (города областного значения):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003366F8">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) исключен Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId50" w:anchor="z142" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 124-V</w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
-[...171 lines deleted...]
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) проводит мероприятия районного (города областного значения) уровня, направленные на развитие государственного и других языков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) вносит предложения в исполнительные органы областей о наименовании и переименовании сел, поселков, сельских округов, а также изменении их транскрипции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) осуществляет в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 25-3-баппен толықтырылды - Қ</w:t>
-[...26 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t>      Сноска. Закон дополнен статьей 25-3 в соответствии с Законом РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId51" w:anchor="0" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 13</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (01.01.2005 бастап күшіне енеді); өзгерістер енгізілді - ҚР 05.07.2011 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t> (вводится в действие с 01.01.2005); с изменениями, внесенными законами РК от 05.07.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId52" w:anchor="239" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 452-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (13.10.2011 бастап қолданысқа енгізіледі); 21.01.2013 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t> (вводится в действие с 13.10.2011); от 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId53" w:anchor="48" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 72-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін үш ай өткен соң қолданысқа енгізiледi); 03.07.2013 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t>(вводится в действие по истечении трех месяцев после его первого официального опубликования); от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId54" w:anchor="142" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 124-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қ</w:t>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:t>(вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="30" w:name="z1"/>
+      <w:bookmarkStart w:id="30" w:name="z55"/>
       <w:bookmarkEnd w:id="30"/>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>25-4-бап. Қазақстан Республикасы тіл туралы заңнамасының сақталуын мемлекетті</w:t>
+        <w:t xml:space="preserve">Статья 25-4. Государственный </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>к</w:t>
+        <w:t>контроль за</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бақылау</w:t>
-[...24 lines deleted...]
-        <w:t>      Қазақстан Республикасы тіл туралы заңнамасының сақталуын мемлекетті</w:t>
+        <w:t xml:space="preserve"> соблюдением законодательства Республики Казахстан о языках</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Государственный </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003366F8">
-[...8 lines deleted...]
-        <w:t>к</w:t>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контроль за</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="003366F8">
-[...109 lines deleted...]
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соблюдением законодательства Республики Казахстан о языках осуществляется в форме проверки и иных формах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Проверка осуществляется в соответствии с Предпринимательским кодексом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Иные формы государственного контроля осуществляются в соответствии с настоящим Законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 25-4-баппен толықтырылды - Қ</w:t>
-[...26 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t>      Сноска. Закон дополнен статьей 25-4 в соответствии с Законом РК от 06.01.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:anchor="67" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 378-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 29.10.2015 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); с изменениями, внесенными Законом РК от 29.10.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId56" w:anchor="133" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 376-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (01.01.2016 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:t> (вводится в действие с 01.01.2016).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="z59"/>
+      <w:bookmarkStart w:id="31" w:name="z76"/>
       <w:bookmarkEnd w:id="31"/>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>25-5-бап. Ономастика жұмысының критерийлері</w:t>
-[...24 lines deleted...]
-        <w:t>      Қазақстан Республикасының аумағындағы әкімшілік-аумақтық бірліктерге, елді мекендердің құрамдас бөлiктерiне, әуежайларға, порттарға, теміржол вокзалдарына, теміржол стансаларына, метрополитен стансаларына, автовокзалдарға, автостансаларға, физикалы</w:t>
+        <w:t>Статья 25-5. Критерии ономастической работы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003366F8">
-[...8 lines deleted...]
-        <w:t>қ-</w:t>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Критериями ономастической работы по наименованию и переименованию административно-территориальных единиц, составных частей населенных пунктов, аэропортов, портов, железнодорожных вокзалов, железнодорожных станций, станций метрополитена, автовокзалов, автостанций, физико-географических и других объектов государственной собственности на территории Республики Казахстан, а также уточнению и изменению транскрипции их наименований и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>присвоению собственных имен лиц государственным юридическим лицам, юридическим лицам с участием государства являются:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="003366F8">
-[...257 lines deleted...]
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) учет исторических, географических, природных и культурных особенностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) соответствие нормам литературного языка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) однократное присвоение одного наименования населенным пунктам, составным частям населенных пунктов в пределах одной административно-территориальной единицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) переименование, изменение присвоенного собственного имени лица не ранее десяти лет со дня наименования, присвоения (изменения) имени;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) присвоение собственных имен выдающихся государственных и общественных деятелей, деятелей науки, культуры и других лиц, имеющих заслуги перед Республикой Казахстан и мировым сообществом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 5-тарау 25-5-баппен толықтырылды - ҚР 21.01.2013 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t>      Сноска. Глава 5 дополнена статьей 25-5 в соответствии с Законом РК от 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId57" w:anchor="50" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 72-V</w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> З</w:t>
-[...38 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t> (вводится в действие по истечении трех месяцев после его первого официального опубликования); с изменением, внесенным Законом РК от 05.05.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId58" w:anchor="20" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 60-VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="z32"/>
+      <w:bookmarkStart w:id="32" w:name="z56"/>
       <w:bookmarkEnd w:id="32"/>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>26-бап. &lt;*&gt;</w:t>
-[...49 lines deleted...]
-        <w:t xml:space="preserve"> (2005 жылғы </w:t>
+        <w:t>Статья 26. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003366F8">
-[...95 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Исключена</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Законом РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">      Қазақстан Республикасының дипломатиялық өкiлдiктерi мен Қазақстан Республикасының халықаралық ұйымдар жанындағы өкiлдiктерiнiң қызметi мемлекеттiк тiлде, қажет болған жағдайда </w:t>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2005).Глава 6. ИСПОЛЬЗОВАНИЕ ЯЗЫКОВ В ОТНОШЕНИЯХ С ЗАРУБЕЖНЫМИ СТРАНАМИ И МЕЖДУНАРОДНЫМИ ОРГАНИЗАЦИЯМИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z59"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 27. Язык в международной деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Деятельность дипломатических представительств Республики Казахстан и представительств Республики Казахстан при международных организациях осуществляется на государственном языке с использованием, при необходимости, других языков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Двусторонние международные договоры Республики Казахстан с иностранными государствами заключаются на государственном языке Республики Казахстан и иных языках по согласию сторон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Двусторонние международные договоры Республики Казахстан с международными организациями и многосторонние международные договоры Республики Казахстан заключаются на языках, определенных по согласию участвующих в переговорах сторон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Официальные приемы и другие мероприятия с представителями других госуда</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003366F8">
-[...8 lines deleted...]
-        <w:t>бас</w:t>
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рств в Р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="003366F8">
-[...158 lines deleted...]
-    <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+      <w:r w:rsidRPr="00A75137">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еспублике Казахстан проводятся на государственном языке с переводом на другие языки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 27-бапқа өзгеріс енгізілді - ҚР 30.01.2014 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003366F8">
+        <w:t>      Сноска. Статья 27 с изменениями, внесенным Законом РК от 30.01.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId59" w:anchor="3" w:history="1">
+        <w:r w:rsidRPr="00A75137">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="9A1616"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 168-V</w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="003366F8">
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> З</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>аңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003366F8">
+        <w:lastRenderedPageBreak/>
+        <w:t>опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75137">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9225" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9225"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidTr="003366F8">
+      <w:tr w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidTr="00A75137">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003366F8" w:rsidRPr="003366F8" w:rsidRDefault="003366F8" w:rsidP="003366F8">
+          <w:p w:rsidR="00A75137" w:rsidRPr="00A75137" w:rsidRDefault="00A75137" w:rsidP="00A75137">
             <w:pPr>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>Президент</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003366F8">
+            <w:r w:rsidRPr="00A75137">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Президент</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...11 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000E27" w:rsidRDefault="00000E27"/>
     <w:sectPr w:rsidR="00000E27">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -10369,53 +6864,53 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="0A020DC2"/>
+    <w:nsid w:val="6DD421BF"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="E1681804"/>
+    <w:tmpl w:val="C4268002"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -10518,53 +7013,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="59F71453"/>
+    <w:nsid w:val="7AB82F07"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="C826E8A6"/>
+    <w:tmpl w:val="C7D0346C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -10678,63 +7173,63 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003366F8"/>
+    <w:rsidRoot w:val="00A75137"/>
     <w:rsid w:val="00000E27"/>
-    <w:rsid w:val="003366F8"/>
+    <w:rsid w:val="00A75137"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -10884,180 +7379,180 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="003366F8"/>
+    <w:rsid w:val="00A75137"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="003366F8"/>
+    <w:rsid w:val="00A75137"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="003366F8"/>
+    <w:rsid w:val="00A75137"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="003366F8"/>
+    <w:rsid w:val="00A75137"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003366F8"/>
+    <w:rsid w:val="00A75137"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003366F8"/>
+    <w:rsid w:val="00A75137"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="003366F8"/>
+    <w:rsid w:val="00A75137"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="note1">
     <w:name w:val="note1"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="003366F8"/>
+    <w:rsid w:val="00A75137"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
@@ -11193,295 +7688,295 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="003366F8"/>
+    <w:rsid w:val="00A75137"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="003366F8"/>
+    <w:rsid w:val="00A75137"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="003366F8"/>
+    <w:rsid w:val="00A75137"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="003366F8"/>
+    <w:rsid w:val="00A75137"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003366F8"/>
+    <w:rsid w:val="00A75137"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003366F8"/>
+    <w:rsid w:val="00A75137"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="003366F8"/>
+    <w:rsid w:val="00A75137"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="note1">
     <w:name w:val="note1"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="003366F8"/>
+    <w:rsid w:val="00A75137"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="664357666">
+    <w:div w:id="336081401">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="303001463">
+        <w:div w:id="497423324">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1582333288">
+        <w:div w:id="791946060">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1434546161">
+            <w:div w:id="893467411">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1330256400">
+            <w:div w:id="745808970">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="831943616">
+        <w:div w:id="1766685128">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1550417800">
+            <w:div w:id="763109104">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z080000089_" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000376" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000422" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z080000089_" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z970000151_/z970151_.htm" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z060000146_" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000376" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000168" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000546" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000376" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000422" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z060000146_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000378" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000378" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000060" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z060000146_" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000378" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000378" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z970000151_/z970151.htm" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z060000146_" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z080000089_" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1700000060" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000422" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000376" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z060000146_" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000376" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000315_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z060000146_" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000546" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000376" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000422" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z080000089_" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000168" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11729,51 +8224,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>12</Pages>
-[...1 lines deleted...]
-  <Characters>25748</Characters>
+  <Pages>13</Pages>
+  <Words>4714</Words>
+  <Characters>26870</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>214</Lines>
-  <Paragraphs>60</Paragraphs>
+  <Lines>223</Lines>
+  <Paragraphs>63</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>30205</CharactersWithSpaces>
+  <CharactersWithSpaces>31521</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Head</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>