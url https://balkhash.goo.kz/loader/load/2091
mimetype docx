--- v0 (2025-12-10)
+++ v1 (2026-03-18)
@@ -1,3310 +1,3380 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="003F5AD1" w:rsidRPr="00F82EF6" w:rsidRDefault="003F5AD1" w:rsidP="003F5AD1">
+    <w:p w:rsidR="00CD34E9" w:rsidRPr="00CD34E9" w:rsidRDefault="00CD34E9" w:rsidP="00CD34E9">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:after="0" w:line="450" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="39"/>
+          <w:szCs w:val="39"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82EF6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="39"/>
+          <w:szCs w:val="39"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Орта білім беру ұйымдарында сынып жетекшілігі туралы ережені бекіту туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD34E9" w:rsidRPr="00CD34E9" w:rsidRDefault="00CD34E9" w:rsidP="00CD34E9">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="666666"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="666666"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 12 қаңтардағы № 18 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2016 жылы 15 ақпанда № 13067 болып тіркелді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD34E9" w:rsidRPr="00CD34E9" w:rsidRDefault="00CD34E9" w:rsidP="00CD34E9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      «Білім туралы» 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының 5-бабының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z960" w:history="1">
+        <w:r w:rsidRPr="00CD34E9">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>12-2) тармақшасына</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...25 lines deleted...]
-        <w:t>руководстве в организациях среднего образования</w:t>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z2"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Қоса беріліп отырған орта білім беру ұйымдарындағы сынып жетекшілігі туралы </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="00CD34E9">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ереже</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> бекітілсін.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="z3"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Мектепке дейінгі және орта білім, ақпараттық технологиялар департаменті (Ж.А. Жонтаева) заңнамада белгіленген тәртіппен:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуден өткеннен кейін күнтізбелік он күн ішінде оны мерзімді баспа басылымдарында және «Әділет» ақпараттық-құқықтық жүйесінде ресми жариялауға, сондай-ақ Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде орналастыру үшін «Қазақстан Республикасы Әділет министрлігінің Республикалық құқықтық ақпарат орталығы» шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына» жіберілуін;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) осы бұйрықты Қазақстан Республикасы Білім және ғылым министрлігінің ресми интернет-ресурсында орналастыруды;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) Қазақстан Республикасы Әділет министрлігінде тіркеуден өткеннен кейін он күн ішінде осы бұйрықтың 2-тармағының 1), 2) және 3) тармақшаларында көзделген шаралардың орындалуы туралы мәліметті Қазақстан Республикасының Білім және ғылым министрлігінің Заң департаментіне беруді қамтамасыз етсін.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z4"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Білім және ғылым вице-министріне жүктелсін.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="z5"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Осы бұйрық алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F5AD1" w:rsidRPr="00F82EF6" w:rsidRDefault="003F5AD1" w:rsidP="003F5AD1">
+    <w:p w:rsidR="00CD34E9" w:rsidRPr="00CD34E9" w:rsidRDefault="00CD34E9" w:rsidP="00CD34E9">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82EF6">
-[...6 lines deleted...]
-        <w:t>Приказ Министра образования и науки Республики Казахстан от 12 января 2016 года № 18. Зарегистрирован в Министерстве юстиции Республики Казахстан 15 февраля 2016 года № 13067</w:t>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім және ғылым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      министрі                                          А. Сәрінжіпов</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F5AD1" w:rsidRPr="00F82EF6" w:rsidRDefault="003F5AD1" w:rsidP="003F5AD1">
+    <w:p w:rsidR="00CD34E9" w:rsidRPr="00CD34E9" w:rsidRDefault="00CD34E9" w:rsidP="00CD34E9">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82EF6">
-[...162 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Білім және ғылым министрінің  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2016 жылғы 12 қаңтардағы    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>№ 18 бұйрығымен бекітілген  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD34E9" w:rsidRPr="00CD34E9" w:rsidRDefault="00CD34E9" w:rsidP="00CD34E9">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Орта білім беру ұйымдарында сынып жетекшілігі туралы ереже</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD34E9" w:rsidRPr="00CD34E9" w:rsidRDefault="00CD34E9" w:rsidP="00CD34E9">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD34E9" w:rsidRPr="00CD34E9" w:rsidRDefault="00CD34E9" w:rsidP="00CD34E9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Осы орта білім беру ұйымдарындағы сынып жетекшілігі туралы ереже (бұдан әрі – Ереже) «Білім туралы» 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының 5-бабының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z960" w:history="1">
+        <w:r w:rsidRPr="00CD34E9">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>12-2) тармақшасына</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> сәйкес әзірленді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="z10"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. Ереже сыныптағы білім алушылардың оқу-тәрбие процесі шеңберіндегі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>қызметін үйлестіру бойынша педагог қызметкерге (бұдан әрі – сынып жетекшісі) жүктелген функцияларды айқындайды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="z11"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Сынып жетекшісі өз қызметін Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00CD34E9">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Конституциясына</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, Қазақстан Республикасының «</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00CD34E9">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Білім туралы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>», «</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00CD34E9">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Қазақстан Республикасындағы баланың құқықтары туралы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» заңдарына және білім беру  саласындағы Қазақстан Республикасының басқа да заңнамалық және </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00CD34E9">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>нормативтік құқықтық актілеріне</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> сәйкес жүзеге асырады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="z12"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Сынып жетекшісінің қызметі – білім беру ұйымының жарғысы, білім алушыларға білім берудің өзекті міндеттері, жаңартылған мазмұны, әдіснамасы, сондай-ақ тәрбие нысандары ескерілген тұлғалық бағдарлы тәсіл негізінде құрылған мақсатқа сай бағытталған, жүйелі, жоспарланған процесс.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="z13"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Сынып жетекшісі тәрбие жұмысын ұйымдастыру саласында тиісті теориялық және практикалық білімді және оқыту дағдыларын меңгеріп, жоғары өнегелілік қасиеттерге ие бола, білім алушыларды жігерлендіріп, оларға қолдау көрсетіп және биік адами мұраттарға бағыттайды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Сынып жетекшісіне тағайындауға кандидатураларды іріктеуді білім беру ұйымының әкімшілігі жүзеге асырады, кейін басшының бұйрығымен бекітіледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="z14"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Сынып жетекшісі қызметіне бақылауды жалпы орта білім беру ұйымы басшысының тәрбие ісі жөніндегі орынбасары жүзеге асырады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="z15"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Білім беру процесінің қатысушылары білім беру ұйымдарының әкімшілігі, педагогтер, сынып жетекшілері, білім беру ұйымдарындағы жұмыскерлер (мектептің медициналық қызметкерлері, психологтар, логопедтер), білім алушылар, олардың ата-аналары және өзге де заңды өкілдері болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD34E9" w:rsidRPr="00CD34E9" w:rsidRDefault="00CD34E9" w:rsidP="00CD34E9">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Сынып жетекшісі қызметінің мақсаты мен міндеттері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD34E9" w:rsidRPr="00CD34E9" w:rsidRDefault="00CD34E9" w:rsidP="00CD34E9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Сынып жетекшісі қызметінің мақсаты – білім алушының азаматтық өзіндік санасын, жалпы мәдениетін, салауатты өмір салтын, өзін-өзі дамытуы мен өзін-өзі іске асыруын қалыптастыруы, оның тұлғалық өзін-өзі анықтауы, қоғамда табысты әлеуеттенуі мен бейімделуі үшін, білім алушылардың шығармашылығын дамыту, бос уақытын мазмұнды ұйымдастыру үшін жағдай жасау.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Жалпы орта білім беру мазмұнында базалық құндылықтар: қазақстандық патриотизм және азаматтық жауапкершілік, құрмет, ынтымақтастық, еңбек және шығармашылдық, ашықтық, өмір бойы білім алу болып табылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="z18"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9. Сынып жетекшісі қызметінің міндеттері:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="z32"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) сынып активін қалыптастыру;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="z33"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) әр білім алушының тұлғасын дамыту, өзін-өзі таныту, оның әлеуеттік қабілеттерін ашу және қайталанбастығын сақтау үшін қолайлы психологиялық-педагогикалық жағдай жасау;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="z34"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) білім алушылардың </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z521" w:history="1">
+        <w:r w:rsidRPr="00CD34E9">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>құқықтары мен мүдделерін қорғау</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F82EF6">
-[...145 lines deleted...]
-        <w:t xml:space="preserve">       4. Настоящий приказ вводится в действие по истечении десяти календарных дней после его первого официального опубликования. </w:t>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="z35"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) сыныпта білім алушылармен жүйелі жұмыс ұйымдастыру;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="z36"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) тұлғаның шығармашылық, рухани, табиғи мүмкіндіктерін дамыту;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="z37"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) салауатты өмір салтына ынталандыру;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="z38"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) оқушыларда адамгершілік-өнегелік және рухани қасиеттерді қалыптастыру, толеранттылыққа баулу;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="z39"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) азаматтық пен патриотизмге, өз Отаны - Қазақстан Республикасына сүйіспеншілікке, мемлекеттік рәміздер мен мемлекеттік тілді құрметтеуге, халық дәстүрлерін қастерлеуге, Конституцияға қайшы және қоғамға жат кез келген көріністерге төзбеуге тәрбиелеу;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="20" w:name="z40"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      9) белсенді азаматтық ұстанымы бар жеке адамды тәрбиелеу, республиканың қоғамдық-саяси, экономикалық және мәдени өміріне қатысу қажеттігін, жеке адамның өз құқықтары мен міндеттеріне саналы көзқарасын қалыптастыру;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="z41"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) отандық және әлемдік мәдениеттің жетістіктеріне баулу; қазақ халқы мен республиканың басқа да халықтарының тарихын, әдет-ғұрпы мен дәстүрлерін зерделеу; мемлекеттік тілді, орыс, шетел тілдерін меңгерту;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="z42"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) оқушылардың бойында ұжымдық пен басқаларға жауапкершілік, және сезімдік, достық тұрғысынан топта жұмыс істеуде қабілеттілігін қалыптастыру;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="23" w:name="z43"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) балаларға арналған қауіпсіз ортаны қалыптастыру.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F5AD1" w:rsidRPr="00F82EF6" w:rsidRDefault="003F5AD1" w:rsidP="003F5AD1">
+    <w:p w:rsidR="00CD34E9" w:rsidRPr="00CD34E9" w:rsidRDefault="00CD34E9" w:rsidP="00CD34E9">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82EF6">
-[...56 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Сынып жетекшісінің функциясы</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="003F5AD1" w:rsidRPr="00F82EF6" w:rsidRDefault="003F5AD1" w:rsidP="003F5AD1">
+    <w:p w:rsidR="00CD34E9" w:rsidRPr="00CD34E9" w:rsidRDefault="00CD34E9" w:rsidP="00CD34E9">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82EF6">
-[...38 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10. Сынып жетекшісінің функциялары.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="24" w:name="z44"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) Ұйымдастыру-үйлестіру функциялары:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      сынып ұжымын дамытудың талдауына, жай-күйіне және даму перспективасына қарай, құрастырылған орта білім беру ұйымының тәрбие жұмысы жоспарын ескере отырып сынып жетекшісі қызметінің жоспарын әзірлеу. Тәрбиелік қызметтің нәтижелерін болжау;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      педагогикалық қызметкерлермен және білім беру, денсаулық сақтау ұйымдарының басқа қызметкерлерімен, білім алушылардың ата-аналарымен және басқа заңды өкілдерімен өзара іс-қимыл жасау, оларға білім алушыларды тәрбиелеуде көмек көрсету (жеке, психолог, әлеуметтік педагог, қосымша білім беру педагогы арқылы);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      жалпымектептік ұжым қызметі шеңберінде білім алушылар тұлғасының оң әлеуетін дамыту үшін тиімді білім беру процесін ұйымдастыру;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      білім алушылардың орта білім беру ұйымында және мектептен тыс ұйымдарда сабақтан тыс уақытта, сондай-ақ қосымша білім беру жүйесі (үйірмелерге, байқауларға, викториналарға, олимпиадаларға, байқауларға қатыстыру, экскурсиялар ұйымдастыру, театрларға, көрмелерге бару) арқылы алған түрлі қызметін ынталандыру және ескеру;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      білім алушылармен, олардың ата-аналарымен және басқа заңды өкілдерімен оқыту жұмысын ұйымдастыру;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      халықтың әлеуметтік осал топтарынан шыққан балаларды анықтау, есепке алу және жұмыс жүргізу;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      білім алушылардың кәсіби өзін-өзі анықтауына, мамандықты саналы таңдауына ықпал ету.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      сынып жетекшілерінің әдістемелік бірлестік жұмысына қатысуы;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      тәрбие жұмысын сынып ұжымымен жоспарлау, білім алушылармен, олардың ата-аналарымен және өзге де заңды өкілдерімен жүргізілетін жеке жұмыс жоспарын әзірлеу;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      жалпымектептік жоспарлаудың негізгі қағидаттарының орындалуын ескере отырып, сыныппен жүргізілетін тәрбие жұмысын жоспарлау нысандарын анықтауға;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      сыныпта тәрбие процесін ұйымдастыруға пән мұғалімдерін, білім алушылардың ата-аналарын және өзге де заңды өкілдерін, басқа салалардың мамандарын (ғылым, өнер, спорт, құқық қорғау органдары және т.б) тарту;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      сыныпта оқу-тәрбие процесін ұйымдастыру, оқушыларды сынып және мектеп ұжымдарының жүйелі қызметіне қатыстыру;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      білім алушылардың жеке ерекшеліктерін, олардың отбасындағы және  мектептегі тіршілік әрекетін зерделеу;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      білім алушылардың мінез-құлқындағы девиантты көріністерді қадағалау </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve"> и науки Республики Казахстан </w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> от 12 января 2016 года № 18  </w:t>
+        <w:t>және дер кезінде айқындау, тиісті педагогикалық және психологиялық көмек көрсету, мектеп әкімшілігін хабардар ету;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      білім алушыларға олардың аса күрделі өмірлік проблемалары мен жағдайларын шешуде көмек көрсету;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      білім алушылардың әлеуметтік, психологиялық және құқықтық қорғалуын ұйымдастыру;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      сынып ұжымында қолайлы психологиялық ахуал жасау;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      салауатты өмір салтын насихаттау;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      білім алушылардың ата-аналарын және өзге де заңды өкілдерін олардың үлгерімі мен тәртібі туралы хабардар ету, сыныптағы ата-аналар комитеті жұмысына түзету енгізіп отыру;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      жалпы білім беретін пәндер бойынша педагогикалық қызметкерлермен өзара әрекеттесу;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      сынып ұжымымен сынып сағаттарын және басқа да сабақтан тыс, мектептен тыс іс-шаралар өткізу;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      сынып құжаттамасын (білім алушылардың </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z11" w:history="1">
+        <w:r w:rsidRPr="00CD34E9">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>жеке істері</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z12" w:history="1">
+        <w:r w:rsidRPr="00CD34E9">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>сынып журналы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, күнделіктерінің толтыруын қадағалау), сондай-ақ орта білім беру ұйымының нормативтік актілерімен айқындалған басқа да құжаттамаларды жүргізу;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      өзін-өзі сақтау және бейтаныс адамдармен қарым-қатынас жасау дағдыларын қалыптастыруға ықпал етеді;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      техникалық қауіпсіздік ережелерін сақтау;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      сыныптан тыс және мектептен тыс іс-шараларды өткізу кезінде білім алушылардың өмірі мен денсаулығын сақтауды қамтамасыз ету;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      білім беру ұйымының басшысын бала құқықтарының бұзылу (қорқытып алу, бопсалау, балалардың қаза болу және басқа да жазатайым оқиғалар) және білім алушының құқыққа қарсы әрекеттер (әрекетсіздік) жасау фактілері туралы уақтылы хабардар ету.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="25" w:name="z45"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) Коммуникативті функциялар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      білім алушылар арасында тұлғааралық қатынасты реттеу;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      сыныпта ортақ қолайлы психологиялық ахуал орнатуға ықпал ету;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      білім алушыларға құзыреттілік қасиеттер қалыптастыруда көмек көрсету.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="26" w:name="z46"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) Талдамалы функциялар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      білім алушылардың жеке ерекшеліктерін және олардың даму динамикасын зерделеу;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      тұлғаның және ұжымның тәрбиелілік деңгейін талдау және бағалау;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      білім алушы тұлғасының қалыптасуына отбасы тәрбиесінің ықпалын талдау және бағалау;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      сыныптағы білім алушылардың үлгерімі мен жалпы даму динамикасына жүйелі түрде талдау жасауды жүзеге асыру.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="27" w:name="z47"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) Бақылау функциялары:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      сыныптағы білім алушылардың оқу үлгерімін, сабаққа қатысуын, сыртқы келбетіне бақылау жасауды жүзеге асыру.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="28" w:name="z21"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11. Сынып жетекшісінің функцияларына сәйкес білім алушылармен жүргізетін мынадай жұмыс нысандарын таңдайды:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="29" w:name="z48"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) жеке (әңгімелер, кеңестер, мәселені бірге шешу жолдарын іздестіру және тағы басқалар);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="30" w:name="z49"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) топтық (шығармашылық бірлесткітер, өзін өзі басқару органдары және басқалар);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="31" w:name="z50"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) ұжымдық (байқаулар, спектакльдер, концерттер, жорықтар, слеттер, жарыстар және тағы басқалар).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Білім алушылармен жүргізетін жұмыс нысандарын таңдауда:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      орта білім беру ұйымының міндеттеріне сәйкес қызмет мазмұнын және негізгі түрлерін анықтауды;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      білім беру процесін ұйымдастыру принциптерін, білім алушылардың қажеттіліктерін, қызығушылықтарын және мүмкіндіктерін, сыртқы жағдайларды ескеруді;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      сыныптағы білім алушылардың әлеуметтік маңызды, шығармашылық қызметінің мазмұны, әдістері мен формаларының тұтастығын қамтамасыз етуді басшылыққа алған дұрыс.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F5AD1" w:rsidRPr="00F82EF6" w:rsidRDefault="003F5AD1" w:rsidP="003F5AD1">
+    <w:p w:rsidR="00CD34E9" w:rsidRPr="00CD34E9" w:rsidRDefault="00CD34E9" w:rsidP="00CD34E9">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82EF6">
-[...25 lines deleted...]
-        <w:t>о классном руководстве в организациях среднего образования</w:t>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Сынып жетекшісінің қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F5AD1" w:rsidRPr="00F82EF6" w:rsidRDefault="003F5AD1" w:rsidP="003F5AD1">
+    <w:p w:rsidR="00CD34E9" w:rsidRPr="00CD34E9" w:rsidRDefault="00CD34E9" w:rsidP="00CD34E9">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82EF6">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">   1. Общие положения </w:t>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12. Сынып жетекшісі сынып ұжымымен және ондағы жеке білім алушылармен мынадай жұмыстарды жүзеге асырады:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="32" w:name="z51"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) үнемі сабаққа келмегендерді және кешіккендерді айқындайды, олардың келмеу немесе кешігу себептерін анықтайды, сабаққа қатыспаудың және кешігіп келудің алдын алу жұмысын жүргізеді;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="33" w:name="z52"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) сынып кабинетінде білім алушылардың кезекшілігін ұйымдастырады;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="34" w:name="z53"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) білім алушылармен, оның ішінде олардың мінез-құлқында девианттылық пайда болған жағдайда жүргізілетін әртүрлі жеке жұмыс нысандарын ұйымдастырады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="35" w:name="z24"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13. Сынып жетекшісі апта сайын:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="36" w:name="z54"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) білім алушылардың күнделік толтыруын тексеруде апта бойы алған бағаларының қойылуын тексереді;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="37" w:name="z55"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) тәрбие жұмысының жоспарына сәйкес сынып жетекшісі сағатын (сынып сағатын) өткізеді;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="38" w:name="z56"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) тәрбиелеу жұмысы жоспарына сәйкес ай сайын кемінде екі тәрбиелеу іс-шарасын (сынып сағатынан бөлек) өткізеді;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="39" w:name="z57"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) білім алушылардың ата-аналарымен және өзге де заңды өкілдерімен жұмыспен ұйымдастырады (жағдайға байланысты);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="40" w:name="z25"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14. Сынып жетекшісі ай сайын:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="41" w:name="z58"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) өз сыныбындағы сабақтарға қатысады;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="42" w:name="z59"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) психологтың және жеке педагог қызметкерлердің кеңесін алады;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="43" w:name="z60"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) сынып ұжымының және оның белсенділерінің жұмысын ұйымдастырады;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="44" w:name="z26"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15. Сынып жетекшісі оқу тоқсаны бойында:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="45" w:name="z61"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z12" w:history="1">
+        <w:r w:rsidRPr="00CD34E9">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>сынып журналының</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> жүргізілуін қамтамасыз етеді;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="46" w:name="z62"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) сынып жетекшілері әдістемелік бірлестік жұмысына қатысады;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="47" w:name="z63"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) тоқсан бойы тәрбие жұмыс жоспарының орындалуына, оқущылардың үлгерім жағдайына және тәрбиелік деңгейіне талдау жүргізеді;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="48" w:name="z64"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) жаңа оқу тоқсанына арналған тәрбие жоспарын әзірлейді;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="49" w:name="z65"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) сынып ата-аналарының жиналысын өткізеді;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="50" w:name="z66"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) оқу бөліміне сынып оқушыларының тоқсандағы оқу үлгерімі туралы есеп тапсырады;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="51" w:name="z27"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16. Сынып жетекшісі жыл сайын:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="52" w:name="z67"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) оқушылардың жеке істерін ресімдейді;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="53" w:name="z68"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) оқу жылы бойындағы сыныптағы тәрбие жұмысының жай-күйіне, білім алушылардың тәрбиелілік деңгейіне талдау жүргізеді;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="54" w:name="z69"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) сыныптың тәрбие жұмысы жоспарын (сынып жетекшісінің жоспары) жасайды;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="55" w:name="z70"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) сыныптағы білім алушылар туралы статистикалық есеп жинайды және мектеп әкімшілігіне тапсырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F5AD1" w:rsidRPr="00F82EF6" w:rsidRDefault="003F5AD1" w:rsidP="003F5AD1">
+    <w:p w:rsidR="00CD34E9" w:rsidRPr="00CD34E9" w:rsidRDefault="00CD34E9" w:rsidP="00CD34E9">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82EF6">
-[...205 lines deleted...]
-        <w:t>      7. Участниками образовательного процесса являются администрация  организации образования, педагоги, классные руководители, работники организации образования (школьные медицинские работники, психологи, логопеды), обучающиеся, их родители, и иные законные представители.</w:t>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>5. Сынып жетекшісінің құжаттамасы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F5AD1" w:rsidRPr="00F82EF6" w:rsidRDefault="003F5AD1" w:rsidP="003F5AD1">
+    <w:p w:rsidR="00CD34E9" w:rsidRPr="00CD34E9" w:rsidRDefault="00CD34E9" w:rsidP="00CD34E9">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82EF6">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">   2. Цель и задачи деятельности классного руководителя</w:t>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17. Сынып жетекшісі мынадай құжаттаманы жүргізеді:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="56" w:name="z71"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) орта білім беру ұйымы жұмысының перспективалық жоспары негізінде тәрбие жұмысының жоспары. Тәрбие жұмысының талдауы мен жоспарының нысаны мектеп сынып жетекшілерінің әдістемелік бірлестігі айқындайды;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="57" w:name="z72"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) білім беру ұйымы басшысы белгілеген нысанда сыныптың әлеуметтік паспорты;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="58" w:name="z73"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) сыныптағы білім алушыларды педагогикалық, әлеуметтік, психологиялық, табиғи зерттеу нәтижелері;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="59" w:name="z74"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) ата-аналар комитеттері мен ата-аналар жиналыстары отырыстарының хаттамалары, ата-аналар жиналыстарын дайындауға арналған материалдар;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="60" w:name="z75"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) балалармен жүргізілетін тәрбие шараларының материалдары;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="61" w:name="z76"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) сынып жетекшілігі бойынша әдістемелік жұмыс материалдары;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="62" w:name="z77"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) тәрбие жұмысының тоқсандық, жартыжылдық және жылдық талдауы;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="63" w:name="z78"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) есептер, талдау және басқа да материалдары.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F5AD1" w:rsidRPr="00F82EF6" w:rsidRDefault="003F5AD1" w:rsidP="003F5AD1">
+    <w:p w:rsidR="00CD34E9" w:rsidRPr="00CD34E9" w:rsidRDefault="00CD34E9" w:rsidP="00CD34E9">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82EF6">
-[...279 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6. Сынып жетекшісінің тәрбие қызметі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>нәтижелілігінің өлшемшарттары</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="003F5AD1" w:rsidRPr="00F82EF6" w:rsidRDefault="003F5AD1" w:rsidP="003F5AD1">
+    <w:p w:rsidR="00CD34E9" w:rsidRPr="00CD34E9" w:rsidRDefault="00CD34E9" w:rsidP="00CD34E9">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="z18"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">   3. Функции классного руководителя</w:t>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      18. Сынып жетекшісінің тәрбие қызметі нәтижелілігі төмендегі өлшемшарттармен айқындалады:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="64" w:name="z79"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) сынып жетекшісі қызметінің нәтижелігін білім беру ұйымдарының әкімшілігі мен басқа да білім беру процесіне қатысатын ұйымдар талдайды және бағалайды. Осы мақсатта әрбір білім беру ұйымдарында жұмыс жүйелерінің өлшемшарттары, сондай-ақ бағалау-талдау қызметтің тәсілдері әзірленеді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="65" w:name="z80"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) сынып жетекшісінің қызметін бағалауды, әдетте, директордың оқу-тәрбие жұмысы жөніндегі орынбасары жүзеге асырады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="66" w:name="z81"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) сынып жетекшісі жұмысының тиімділігі өлшемшарттар негізінде бағаланады, олардың сипаттамасы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      тәрбиеленушілердің тұлғалық сапасын және жеке қабілеттіліктерін дамыту деңгейлері;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      білім алушыларға тұрақты білім беру бағдарламасын табысты игеруді немесе үлгерім динамикасының оң болуы;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      сынып ұжымының, сыныпты тәрбиелеу жүйесінің қалыптастырылуы;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      ата-аналар балалардың сыныптағы тіршілік әрекетіне және сынып жетекшісі қызметінің нәтижелелеріне қанағаттаншылық танытуы;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      тәрбиеленушілердің әр түрлі әрекеттерде нәтижеге жетуі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      балаға сынып қауымдастықта қолайлы болуы;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="67" w:name="z82"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) өлшемшарттардың аталған жүйесі сынып ұжымының арнайы ерекшелігі мен оның тәрбие қызметін көрсететіндей болуы және қосымша көрсеткіштермен толықтырылуы да мүмкін (құқық бұзушылықтың болмауы, қоғамдық және білім алушылардың шығармашылық белсенділігі және т.б.).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Таңдалып алынған өлшемшарттарға сәйкес психологиялық-педагогикалық диагностиканың әдістемесі, бағалау-талдау қызметтің әдістері мен тәсілдері жинақталады және қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F5AD1" w:rsidRPr="00F82EF6" w:rsidRDefault="003F5AD1" w:rsidP="003F5AD1">
-[...2074 lines deleted...]
-    <w:sectPr w:rsidR="003F5AD1">
+    <w:p w:rsidR="00CD34E9" w:rsidRDefault="00CD34E9"/>
+    <w:sectPr w:rsidR="00CD34E9">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="2B1F0739"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8D9076B2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="116"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003F5AD1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00EE57C4"/>
+    <w:rsidRoot w:val="00CD34E9"/>
+    <w:rsid w:val="001043AD"/>
+    <w:rsid w:val="00CD34E9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -3447,82 +3517,178 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="003F5AD1"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CD34E9"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CD34E9"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00CD34E9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00CD34E9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CD34E9"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CD34E9"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -3642,95 +3808,272 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="003F5AD1"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CD34E9"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CD34E9"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00CD34E9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00CD34E9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CD34E9"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CD34E9"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="1571578449">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="706177343">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="560287427">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="343437811">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1837720709">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1055743079">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013067" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013038" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V070004991_" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000345_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V070004991_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V070004991_" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3978,66 +4321,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>14208</Characters>
+  <Pages>6</Pages>
+  <Words>2546</Words>
+  <Characters>14517</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>118</Lines>
-  <Paragraphs>33</Paragraphs>
+  <Lines>120</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16667</CharactersWithSpaces>
+  <CharactersWithSpaces>17029</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Akerke</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>