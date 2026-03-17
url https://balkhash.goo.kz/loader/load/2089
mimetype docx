--- v0 (2026-02-12)
+++ v1 (2026-03-17)
@@ -1,1840 +1,3132 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="000F0018" w:rsidRPr="00F82EF6" w:rsidRDefault="000F0018" w:rsidP="000F0018">
+    <w:p w:rsidR="000A07DB" w:rsidRPr="000A07DB" w:rsidRDefault="000A07DB" w:rsidP="000A07DB">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:after="0" w:line="450" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="39"/>
+          <w:szCs w:val="39"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82EF6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="39"/>
+          <w:szCs w:val="39"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қолайсыз ауа райы метеожағдайларында орта білім беру ұйымдарында, сондай-ақ техникалық және кәсіптік білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында сабақтарды тоқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="39"/>
+          <w:szCs w:val="39"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тату</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="39"/>
+          <w:szCs w:val="39"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қағидаларын бекіту туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="000A07DB" w:rsidRPr="000A07DB" w:rsidRDefault="000A07DB" w:rsidP="000A07DB">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="666666"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="666666"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="666666"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="666666"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім және ғылым министрінің 2016 жылғы 18 қаңтардағы № 42 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2016 жылы 15 ақпанда № 13076 болып тіркелді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A07DB" w:rsidRPr="000A07DB" w:rsidRDefault="000A07DB" w:rsidP="000A07DB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      «Білім туралы» Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="000A07DB">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>5-бабының</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> 14-2) тармақшасына сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...25 lines deleted...]
-        <w:t>в организациях среднего образования, а также организациях образования, реализующих образовательные программы технического и профессионального образования, при неблагоприятных погодных метеоусловиях</w:t>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z13"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Қоса берілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отырған Қолайсыз ауа райы метеожағдайларында орта білім беру ұйымдарында, сондай-ақ техникалық және кәсіптік білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында сабақтарды тоқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тату</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="000A07DB">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>қағидалары</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бекітілсін.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="z14"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Мектепке дейінгі және орта бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім, ақпараттық технологиялар департаменті (Ж.А. Жонтаева) заңнамада белгіленген тәртіппен:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z15"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="z16"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) осы бұйрықтың көшірмесін Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуден өткеннен кейін күнтізбелік он күн ішінде мерзімді баспа басылымдарында және «Әділет» ақпараттық-құқықтық жүйесінде ресми жариялауға, сондай-ақ Қазақстан Республикасы нормативтік құқықтық акт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілерінің эталондық бақылау банкінде орналастыру үшін «Қазақстан Республикасы Әділет министрлігінің Республикалық құқықтық ақпарат орталығы» шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жолдауды;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="z17"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) осы бұйрықты Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім және ғылым министрлігінің интернет-ресурсында орналастыруды;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="z18"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекетті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім және ғылым министрлігінің Заң департаментіне осы бұйрықтың 2-тармағының 1), 2) және 3) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="z19"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасыны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім және ғылым вице-министрі Е.Н. Иманғалиевке жүктелсін.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="z20"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олданыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F0018" w:rsidRPr="00F82EF6" w:rsidRDefault="000F0018" w:rsidP="000F0018">
+    <w:p w:rsidR="000A07DB" w:rsidRPr="000A07DB" w:rsidRDefault="000A07DB" w:rsidP="000A07DB">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82EF6">
-[...6 lines deleted...]
-        <w:t>Приказ Министра образования и науки Республики Казахстан от 18 января 2016 года № 42. Зарегистрирован в Министерстве юстиции Республики Казахстан 15 февраля 2016 года № 13076</w:t>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім және ғылым министрі                  А. Сә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інжіпов</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F0018" w:rsidRPr="00F82EF6" w:rsidRDefault="000F0018" w:rsidP="000F0018">
+    <w:p w:rsidR="000A07DB" w:rsidRPr="000A07DB" w:rsidRDefault="000A07DB" w:rsidP="000A07DB">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82EF6">
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім және ғылым министрінің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2016 жылғы 18 қаңтардағы   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>№ 42 бұйрығымен бекітілген </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A07DB" w:rsidRPr="000A07DB" w:rsidRDefault="000A07DB" w:rsidP="000A07DB">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қолайсыз ауа райы метеожағдайларында орта білім беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ұйымдарында, сондай-ақ техникалық және кәсіптік білімнің білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>беру бағдарламаларын іске асыратын білім беру ұйымдарында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>сабақтарды тоқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тату</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A07DB" w:rsidRPr="000A07DB" w:rsidRDefault="000A07DB" w:rsidP="000A07DB">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A07DB" w:rsidRPr="000A07DB" w:rsidRDefault="000A07DB" w:rsidP="000A07DB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Қолайсыз ауа райы метеожағдайларында орта білім беру ұйымдарында, сондай-ақ техникалық және кәсіптік білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында сабақтарды тоқтату қағидалары (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і – Қағида) «Білім туралы» 2007 жылғы 27 шілдедегі Қазақстан Республикасы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Заңының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="000A07DB">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="9A1616"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>5-бабының</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> 14-2) тармақшасына сәйкес әзірленген.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="z21"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Осы Қағида қолайсыз ауа райының метеожағдайларында сабақты тоқтату кезінде білім алушылардың өмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і мен денсаулығын қорғауға, сондай-ақ орта білім беру ұйымдарының, техникалық және кәсіптік білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарының (бұдан әрі – бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім беру ұйымдары) қызметін реттеуге бағытталған. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="z22"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Облыстардың, Астана және Алматы қалаларының білім басқармалары, аудандық (қалалық) білім бөлімдері жыл сайын:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="z23"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) өңірдің географиялық, климаттық жағдайларына сәйкес, сондай-ақ аумақтық мүдделі мемлекеттік органдардың келісімімен білім алушылардың жас ерекшеліктерін ескере отырып, білім беру ұйымдарында сабақты тоқтату</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кезінде қолайсыз ауа райы метеожағдайларының ұсынылатын көрсеткіштерін;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="z24"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) ата-аналар мен білім алушыларға уақытында хабарлауға жауапты тұлғаларды, нысандар мен әдістерді көрсеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, жергілікті ерекшеліктерді ескере отырып, қолайсыз ауа райының метеожағдайларына байланысты сабақтың болмайтындығы туралы ата-аналар мен білім алушыларды уақытында хабардар ету жүйесін бекітеді. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="z25"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қолайсыз ауа райы метеожағдайларында сабақтың тоқтатылатындығы туралы ақпаратты білім беруді басқару органдары халыққа: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="z26"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) телевидениедегі жүгірпе жол тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інде; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="z27"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) радиодан тарату; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="z28"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) әкімдіктің, білім басқармалары мен бөлімдерінің сайттары арқылы;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>       </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="z29"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) 169 телефоны (ақылы анықтама) бойынша хабарлайды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="z30"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сабақтың тоқтатылатыны туралы хабарлау: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="z31"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      сағат 6.45–8.00-ге дейін – бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інші ауысым үшін, сағат 11.15–13.00-ге дейін – екінші және үшінші ауысым үшін. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="20" w:name="z32"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Мемлекетті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беруді </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қару органдары күн сайын қолайсыз ауа райының метеожағдайлары кезінде ведомстволық бағынысты білім беру ұйымдарындағы сабақтың тоқтатылуына мониторинг жүргізеді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="z33"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Білім беру ұйымдарында сабақтар сабақтың тоқтатылуын жариялау үшін қолайсыз ауа райы метеожағдайларының бекітілген ұсынылған көрсеткіштері негізінде жүргізіледі және білім беру ұйымы басшысының не оны алмастыратын тұлғаның бұйрығымен ресімделеді және тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і мемлекеттік білім беруді басқару органының назарына бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інші ауысым үшін сағат 6.00-ден 7.00-ге дейін, екінші және үшінші ауысымдар үшін сағат 10.30-дан 12-ге дейін жеткізіледі. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="z34"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Оқу сабақтарын тоқтату туралы бұйрықта: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="23" w:name="z35"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) сабақ тоқтатылған сыныптар, топтар; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="24" w:name="z36"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2) білім беру ұйымының жұмыс істеу режимі; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="25" w:name="z37"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) оқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у-т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әрбие процесіне қатысушылардың барлығының аталған бұйрықпен танысуына бақылауды жүзеге асыратын білім беру ұйымы әкімшілігінің тарапынан жауапты тұлғалар;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="26" w:name="z38"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) білім алушыларды қабылдауды және үйлеріне қауіпсіз жіберуді жүзеге асыратын педагогтер тарапынан жауапты тұлғалар көрсетіледі. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="27" w:name="z39"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сабақты тоқтату туралы бұйрық бекітілгеннен кейін тез арада білім беру ұйымының ресми сайтында және ақпараттық стендінде орналастырылуы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="28" w:name="z40"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Интернаттық білім беру ұйымдарында қолайсыз ауа райы метеожағдайларында сабақты тоқтату білім алушылардың тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғылықты жағдайы ескеріле отырып жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A07DB" w:rsidRPr="000A07DB" w:rsidRDefault="000A07DB" w:rsidP="000A07DB">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Сабақ тоқтатылған күндері бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім беру процесін ұйымдастыру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A07DB" w:rsidRPr="000A07DB" w:rsidRDefault="000A07DB" w:rsidP="000A07DB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6. Сабақ тоқтатылған күндері білім беру ұйымының қызметі бекітілген жұмыс режиміне, педагогикалық қызметкерлердің қызметі белгіленген оқу жүктемесіне, сабақ кестесіне, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа қызметкерлердің қызметі жұмыс уақытының режиміне, ауысым кестесіне сәйкес жүзеге асырылады. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="29" w:name="z41"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. Егер қолайсыз ауа райы метеожағдайларында сабақ қатарынан 5 күннен астам уақыт болмаған жағдайда, оқу </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әндерінің мазмұнын біріктіру, резервтегі сағаттар мен қайталауға кеткен сағаттар есебінен құрылтайшының келісімі бойынша білім беру ұйымының жылдық күнтізбелік-тақырыптық жоспарына түзету енгізу қажет. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="30" w:name="z42"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8. Жіберілген оқу уақытын каникул немесе оқу жүктемесін шамадан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арттыру есебінен өтеуге жол берілмейді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="31" w:name="z43"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9. Сабақ тоқтатылған күндері сабаққа келген білім алушылар үшін сабақтың барлық түрлері (оқу, қосымша, үйірмелік, ұзартылған күн топтарының жұмысы), ыстық тамақпен қамтамасыз ету бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інші басшы бекіткен және құрылтайшы келіскен сабақ кестесіне сәйкес толық көлемде жүргізіледі. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="32" w:name="z44"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10. Сабақ кестесіне сәйкес барлық журналдарға күн көрсетіледі, «Сабақтың тақырыбы» бағанына «актіленген күн» </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жазылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="33" w:name="z45"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11. Білім алушының сабақ тоқтатылған күні орындаған жұмысы үшін алған бағасы түзетілген күнтізбелік-тақырыптық </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға сәйкес журналдың сабақ болған келесі күндер бағанына қойылады. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="34" w:name="z46"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12. Педагогтер сабақ тоқтатылған күндері білім алушылардың, оның ішінде </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>саба</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ққа келгемеген білім алушылардың білім беру бағдарламаларын толық көлемде өтуі мақсатында өзіндік жұмыстың түрлі нысанын, оның ішінде қашықтықтан оқыту нысанын қолданады. Қолданылатын жұмыс нысандары, өзіндік жұмыс түрлері туралы ақпаратты педагогтер, сынып жетекшілері білім алушыларға, олардың ата-аналарына (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өкілдеріне) мәлімдейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A07DB" w:rsidRPr="000A07DB" w:rsidRDefault="000A07DB" w:rsidP="000A07DB">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Сабақ тоқтатылған күндері мектептердегі педагогикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қызметкерлердің функциясы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A07DB" w:rsidRPr="000A07DB" w:rsidRDefault="000A07DB" w:rsidP="000A07DB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13. Сынып жетекшісі, куратор:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="35" w:name="z47"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) сабақтың тоқтатылғандығы туралы ақпаратты білім алушылар мен ата-аналардың (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өкілдердің) назарына жеткізеді;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="36" w:name="z48"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) сабақ тоқтатылған күндері </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>саба</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ққа келген білім алушылардың есебін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>қатаң жүргізеді, білім беру ұйымының басшысына білім алушылардың саны туралы баяндайды, сабақ тоқтатылған күндері білім беру ұйымының педагогикалық және басқа қызметкерлерінің білім алушыларды үйге қайтаруына жол бермеуін бақылауды жүзеге асырады; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="37" w:name="z49"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) сабақ аяқталған соң ата-аналарының (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өкілдерінің) шығарып салуымен білім алушылардың үйге ұйымдасқан түрде қайтуын қамтамасыз етеді; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="38" w:name="z50"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) оқушылардың күнделіктерінде, сайтта сабақ тоқтатылатын күндерді белгілеу үшін ауа райы жағдайын анықтау кестесі, сабақты тоқтату күндерін хабарлау уақыты және хабарландыру беретін бұқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аралы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ ақпарат құралдары телефондарының нөмірлері туралы мәліметті орналастырады;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="39" w:name="z51"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) ата-аналарды (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өкілдерді) олардың балаларының сабақ тоқтатылған күндердегі, оның ішінде білім алушылардың қашықтықтан оқыту нысандарын қолдану және өзіндік жұмыс жағдайындағы оқу әрекетінің қорытындысы туралы хабардар етеді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="40" w:name="z52"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14. Педагогтердің қызметі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="41" w:name="z53"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) сабақ тоқтатылған күндері педагогтердің жұмыс уақытының ұзақтығы оқу жүктемесімен анықталады;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="42" w:name="z54"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) педагогтер оқу бағдарламасына сәйкес күнтізбелік-тақырыптық </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспарлар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға дер кезінде түзету енгізуді жүзеге асырады;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="43" w:name="z55"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00F82EF6">
-[...323 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) білім алушылар сабақта болмаған жағдайда педагог директордың оқу ісі жөніндегі орынбасарымен жүргізілетін жұмыс түрлерін келіседі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="000F0018" w:rsidRPr="00F82EF6" w:rsidRDefault="000F0018" w:rsidP="000F0018">
+    <w:p w:rsidR="000A07DB" w:rsidRPr="000A07DB" w:rsidRDefault="000A07DB" w:rsidP="000A07DB">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82EF6">
-[...39 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Сабақ тоқтатылған күндердегі бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім алушылардың қызметі</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000F0018" w:rsidRPr="00F82EF6" w:rsidRDefault="000F0018" w:rsidP="000F0018">
+    <w:p w:rsidR="000A07DB" w:rsidRPr="000A07DB" w:rsidRDefault="000A07DB" w:rsidP="000A07DB">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82EF6">
-[...57 lines deleted...]
-        <w:t xml:space="preserve"> от 18 января 2016 года № 42 </w:t>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15. Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім алушы сабақ тоқтатылған күндері сабақта болмаған жағдайда, тапсырманы өздігінен, оның ішінде білім беру ұйымы орнатқан қашықтықтан оқыту режимінде орындайды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="44" w:name="z56"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16. Сабақ тоқтатылған күндері орындаған тапсырманы педагогтердің талаптарына сәйкес ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F0018" w:rsidRPr="00F82EF6" w:rsidRDefault="000F0018" w:rsidP="000F0018">
+    <w:p w:rsidR="000A07DB" w:rsidRPr="000A07DB" w:rsidRDefault="000A07DB" w:rsidP="000A07DB">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82EF6">
-[...61 lines deleted...]
-        <w:t>при неблагоприятных погодных метеоусловиях</w:t>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Сабақ тоқтатылған күндері білім алушылардың ата-аналарының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өкілдерінің) қызметі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F0018" w:rsidRPr="00F82EF6" w:rsidRDefault="000F0018" w:rsidP="000F0018">
+    <w:p w:rsidR="000A07DB" w:rsidRPr="000A07DB" w:rsidRDefault="000A07DB" w:rsidP="000A07DB">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82EF6">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">   1. Общие положения </w:t>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17. Білім алушылардың ата-аналары (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өкілдері):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="45" w:name="z57"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) сабақ тоқтатылған күндері балаларының білім беру ұйымына бармауы туралы шешімді өздігінен қабылдайды;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="46" w:name="z58"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) білім беру ұйымының сабақ тоқтатылған күндердегі жұмыс кестесімен танысады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="47" w:name="z59"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      18. Білім алушылардың ата-аналары (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өкілдері):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="48" w:name="z60"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) сабақ тоқтатылған күндері балаларының үй тапсырмасын орындауын бақылауды жүзеге асырады;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="49" w:name="z61"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) сабақ тоқтатылған күндері баласының бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A07DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім беру ұйымына баруы туралы шешім қабылдаған жағдайда, білім беру ұйымына баруы мен қайтуы жолындағы қауіпсіздігін қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F0018" w:rsidRPr="00F82EF6" w:rsidRDefault="000F0018" w:rsidP="000F0018">
-[...1116 lines deleted...]
-    <w:sectPr w:rsidR="000F0018">
+    <w:p w:rsidR="000A07DB" w:rsidRDefault="000A07DB"/>
+    <w:sectPr w:rsidR="000A07DB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="116"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000F0018"/>
-[...1 lines deleted...]
-    <w:rsid w:val="008C0CD4"/>
+    <w:rsidRoot w:val="000A07DB"/>
+    <w:rsid w:val="000A07DB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1977,82 +3269,178 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000F0018"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="000A07DB"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="000A07DB"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="000A07DB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="000A07DB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000A07DB"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000A07DB"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -2172,95 +3560,232 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000F0018"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="000A07DB"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="000A07DB"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="000A07DB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="000A07DB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000A07DB"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000A07DB"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="1731146925">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1643000910">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1054037010">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013076" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2508,66 +4033,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>9112</Characters>
+  <Pages>4</Pages>
+  <Words>1574</Words>
+  <Characters>8974</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>75</Lines>
+  <Lines>74</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10689</CharactersWithSpaces>
+  <CharactersWithSpaces>10527</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Akerke</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>