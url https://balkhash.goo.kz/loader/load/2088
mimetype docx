--- v0 (2025-12-09)
+++ v1 (2026-01-01)
@@ -1,19660 +1,1634 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00A36537" w:rsidRPr="00A36537" w:rsidRDefault="00A36537" w:rsidP="00A36537">
+    <w:p w:rsidR="00D62F1E" w:rsidRPr="00F82EF6" w:rsidRDefault="00D62F1E" w:rsidP="00D62F1E">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A36537">
-[...8 lines deleted...]
-        <w:t>  «</w:t>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Об утверждении Правил педагогической этики</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00D62F1E" w:rsidRPr="00F82EF6" w:rsidRDefault="00D62F1E" w:rsidP="00D62F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приказ </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A36537">
-[...8 lines deleted...]
-        <w:t>Білім</w:t>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и.о</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A36537">
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Министра образования и науки Республики Казахстан от 8 января 2016 года № 9. Зарегистрирован в Министерстве юстиции Республики Казахстан 10 февраля 2016 года № 13038</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D62F1E" w:rsidRPr="00F82EF6" w:rsidRDefault="00D62F1E" w:rsidP="00D62F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с подпунктом 34-1) статьи 5 Закона Республики Казахстан «Об образовании» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Утвердить прилагаемые Правила педагогической этики.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Департаменту дошкольного и среднего образования, информационных технологий (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жонтаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж.) в установленном законодательством порядке обеспечить:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) в течение десяти календарных дней после государственной регистрации настоящего приказа направление его копии па официальное опубликование в периодических печатных изданиях и Информационно-правовой системе «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Әділет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», а также в Республиканское государственное предприятие на праве хозяйственного ведения «Республиканский центр правовой информации Министерства юстиции Республики Казахстан» для размещения в Эталонном контрольном банке нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) размещение настоящего приказа на Интернет-ресурсе Министерства образования и науки Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Юридический департамент Министерства образования и пауки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) настоящего пункта.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Контроль за исполнением настоящего приказа возложить </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>курирующего</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вице-министра образования и пауки Республики Казахстан </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A36537">
-[...8 lines deleted...]
-        <w:t>туралы</w:t>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Имангалиева</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A36537">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">» </w:t>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> E.Н.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D62F1E" w:rsidRPr="00F82EF6" w:rsidRDefault="00D62F1E" w:rsidP="00D62F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Исполняющий</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обязанности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Министра                                   Т. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A36537">
-[...3656 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:iCs/>
-[...123 lines deleted...]
-        <w:t>Балықбаев</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балыкбаев</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00A36537" w:rsidRPr="00A36537" w:rsidRDefault="00A36537" w:rsidP="00A36537">
+    <w:p w:rsidR="00D62F1E" w:rsidRPr="00F82EF6" w:rsidRDefault="00D62F1E" w:rsidP="00D62F1E">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Утверждены приказом     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Министра образования и науки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 8 января 2016 года № 9 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D62F1E" w:rsidRPr="00F82EF6" w:rsidRDefault="00D62F1E" w:rsidP="00D62F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">   Правила педагогической этики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D62F1E" w:rsidRPr="00F82EF6" w:rsidRDefault="00D62F1E" w:rsidP="00D62F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D62F1E" w:rsidRPr="00F82EF6" w:rsidRDefault="00D62F1E" w:rsidP="00D62F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z9"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Настоящие Правила педагогической этики (далее - Правила) разработаны в соответствии с положениями Конституции Республики Казахстан, Закона Республики Казахстан от 27 июля 2007 года «Об образовании», Трудового кодекса Республики Казахстан от 23 ноября 2015 года, Закона Республики Казахстан от 18 ноября 2015 гола «О противодействии коррупции», а также основаны на общепризнанных нравственных принципах и нормах Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правила представляют собой свод общих принципов и норм педагогической этики, которыми руководствуются педагогические работники </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A36537">
-[...8 lines deleted...]
-        <w:t>Қазақстан</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>op</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ганизаций</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A36537">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3. Знание и соблюдение педагогическими работниками положений Правил является одним из критериев оценки качества их профессиональной деятельности и трудовой дисциплины.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4. Те</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кст Пр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>авил педагогической этики размещается в доступном для участников образовательного процесса месте.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="00D62F1E" w:rsidRPr="00F82EF6" w:rsidRDefault="00D62F1E" w:rsidP="00D62F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   2. Основные принципы педагогической этики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D62F1E" w:rsidRPr="00F82EF6" w:rsidRDefault="00D62F1E" w:rsidP="00D62F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z14"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      5. Основными принципами педагогической этики являются:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1) добросовестность:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      добросовестность педагога предполагает его ответственность за результат обучения и воспитания, умение осуществлять коррективы в своей деятельности, развитую способность к критике и рефлексии, открытость для любых мнении учеников, родителей, коллег;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2) честность:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      честность педагога предполагает открытость его оценочной деятельности, прозрачность создаваемой им образовательной среды. Честность запрещает педагогу нарушать права ученика, его родителей (законных представителей), коллег;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3) уважение чести и достоинства личности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Педагог уважает честь и достоинство ученика, родителя, людей, которые становятся объектами его профессионального внимания, тактичен в общении с ними. Он искренне желает развития ребенка, проявляет готовность всегда </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A36537">
-[...8 lines deleted...]
-        <w:t>Республикасы</w:t>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>придти</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ему на помощь, деликатность в опенке успехов (неуспехов) обучающегося.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Не допускается применение методов физического, морального и психического насилия по отношению к участникам образовательного процесса;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4) уважение общечеловеческих ценностей:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      признавая приоритет общечеловеческих ценностей, педагог с уважением относится к особенностям, ценностям и достоинству каждой национальной культуры.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Педагог воспитывает культуру межнациональных отношений, пробуждает у обучающихся уважение прав и достоинства всех наций и всех людей вне зависимости от возраста, пола, языка, национальности, вероисповедания, гражданства, происхождения, социального, должностного и имущественного положения или любых иных обстоятельств;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Педагог способствует созданию климата доверия и уважения в школьном коллективе;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      5) профессиональная солидарность:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      педагог заботится о престиже профессии, уважает честь и достоинство коллег, не допускает действий, наносящих ущерб авторитету учительства.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Не </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A36537">
-[...31 lines deleted...]
-        <w:t>Б</w:t>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>допускается в какой бы то ни было</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A36537">
-[...271 lines deleted...]
-        <w:t>   </w:t>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> форме, злоупотреблять доверием своих коллег, мешать им выполнять профессиональные обязанности, наносить им какой-либо ущерб. Педагог оказывает содействие коллегам в повышении уровня теоретического и методического мастерства, в развитии творческих способностей, приходит на помощь к коллегам, попавшим в беду. Профессиональная солидарность не может служить оправданием неправды и несправедливости;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      6) непрерывность профессионального развития.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Педагог совершенствует свое профессиональное мастерство, интеллектуальный, творческий и общенаучный уровень.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A36537" w:rsidRPr="00A36537" w:rsidRDefault="00A36537" w:rsidP="00A36537">
+    <w:p w:rsidR="00D62F1E" w:rsidRPr="00F82EF6" w:rsidRDefault="00D62F1E" w:rsidP="00D62F1E">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_GoBack"/>
-[...31 lines deleted...]
-        <w:t>ә</w:t>
+      <w:bookmarkStart w:id="3" w:name="z15"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   3. Основные нормы педагогической этики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D62F1E" w:rsidRPr="00F82EF6" w:rsidRDefault="00D62F1E" w:rsidP="00D62F1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z16"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A36537">
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В своей деятельности педагогические работники:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1) способствует воспитанию обучающихся и воспитанников в духе высокой нравственности, уважения к родителям, этнокультурным ценностям, бережного отношения к окружающему миру;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2) не допускают совершения действий, способных дискредитировать высокое звание педагогического работника Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3) добросовестно и качественно исполняют свои служебные обязанности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4) непрерывно совершенствуют свое профессиональное мастерство, активно занимаются самообразованием и самосовершенствованием;</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A36537">
-[...20 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5) неукоснительно соблюдают трудовую дисциплину;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      6) бережно относятся к имуществу организации образования и не используют его в личных целях;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      7) принимают меры по предупреждению коррупции, своим личным поведением подают пример честности, беспристрастности и справедливости;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) не допускают использования служебной информации в корыстных и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>иных личных целях;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      9) личным примером способствуют созданию устойчивой и позитивной морально-психологической обстановки в коллективе;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      10) придерживаются делового стиля в одежде в период исполнения своих служебных обязанностей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В отношениях с участниками образовательного процесса педагогические работники:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1) уважают нрава, честь и достоинство человека независимо от возраста, пола, национальности, вероисповедания, гражданства, происхождения, социального, должностного и имущественного положения или любых иных обстоятельств;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2) не допускают фактов финансовых и иных вымогательств по отношению к участниками образовательного процесса, прилагают усилия по пресечению таких действий со стороны своих коллег;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) своими действиями не дают повода для обоснованной критики со стороны общества, терпимо относиться </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пей, использовать </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конструктивную</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> критику для устранения недостатков и улучшения своей профессиональной деятельности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4) оказывают профессиональную поддержку участниками образовательного процесса.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      8. В отношениях с коллегами педагогические работники:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1) соблюдают общепринятые морально-этические нормы, быть вежливыми и корректными;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2) не ставят публично под сомнение профессиональную квалификацию другого педагогического работника.</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:p w:rsidR="00A36537" w:rsidRPr="00A36537" w:rsidRDefault="00A36537" w:rsidP="00A36537">
+    <w:p w:rsidR="00D62F1E" w:rsidRPr="00F82EF6" w:rsidRDefault="00D62F1E" w:rsidP="00D62F1E">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A36537">
-[...42 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F82EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A36537" w:rsidRPr="00A36537" w:rsidRDefault="00A36537" w:rsidP="00A36537">
-[...15184 lines deleted...]
-    <w:sectPr w:rsidR="00A36537">
+    <w:p w:rsidR="00D62F1E" w:rsidRDefault="00D62F1E"/>
+    <w:sectPr w:rsidR="00D62F1E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="116"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A36537"/>
-    <w:rsid w:val="00A36537"/>
+    <w:rsidRoot w:val="00D62F1E"/>
+    <w:rsid w:val="00D62F1E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -19797,141 +1771,82 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-  </w:style>
-[...10 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00D62F1E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      <w:szCs w:val="27"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...42 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -20051,169 +1966,95 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-  </w:style>
-[...10 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00D62F1E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      <w:szCs w:val="27"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...42 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -20461,51 +2302,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>6869</Characters>
+  <Pages>4</Pages>
+  <Words>1170</Words>
+  <Characters>6674</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>57</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>55</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8058</CharactersWithSpaces>
+  <CharactersWithSpaces>7829</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Akerke</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>