--- v0 (2025-12-10)
+++ v1 (2026-01-01)
@@ -1,92 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00126AFF" w:rsidRPr="00126AFF" w:rsidRDefault="00126AFF" w:rsidP="00126AFF">
+    <w:p w:rsidR="00997598" w:rsidRPr="00997598" w:rsidRDefault="00997598" w:rsidP="00997598">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00126AFF">
+      <w:bookmarkStart w:id="0" w:name="_Hlk496038263"/>
+      <w:r w:rsidRPr="00997598">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Бастауыш сынып оқушыларымен өткізілген психологиялық тренинг-жаттығулар.</w:t>
+        <w:t>Психологический тренинг -упражнение  для учащихся начальных классов</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00126AFF" w:rsidRDefault="00126AFF" w:rsidP="00126AFF">
+    <w:p w:rsidR="00997598" w:rsidRDefault="00997598" w:rsidP="00997598">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00126AFF" w:rsidRDefault="00126AFF" w:rsidP="00126AFF">
+    <w:p w:rsidR="00997598" w:rsidRDefault="00997598" w:rsidP="00997598">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1DFF9A78" wp14:editId="71D5A99C">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0625AC8B" wp14:editId="6E590851">
             <wp:extent cx="2504507" cy="1664335"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="17" name="Рисунок 17" descr="C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\20170925_141712 (1).jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 29" descr="C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\20170925_141712 (1).jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -97,207 +98,209 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2515092" cy="1671369"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2CD8B278" wp14:editId="1043758C">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="68A0F1A0" wp14:editId="01627E0A">
             <wp:extent cx="2572253" cy="1695450"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="4" name="Рисунок 4" descr="C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\20171011_110129.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\20171011_110129.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2579093" cy="1699959"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00126AFF" w:rsidRDefault="00126AFF" w:rsidP="00126AFF">
+    <w:p w:rsidR="00997598" w:rsidRDefault="00997598" w:rsidP="00997598">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                            </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="07012812" wp14:editId="526AF475">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3A8A0339" wp14:editId="5BAA8762">
             <wp:extent cx="1960245" cy="1175917"/>
             <wp:effectExtent l="0" t="0" r="5715" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\20171003_103449.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\20171003_103449.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1960245" cy="1175917"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00126AFF" w:rsidRDefault="00126AFF" w:rsidP="00126AFF">
+    <w:p w:rsidR="00997598" w:rsidRDefault="00997598" w:rsidP="00997598">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мақсаты:оқушылардың мектеп өміріне бейімделуіне психологиялық тұрғыда </w:t>
+        <w:t xml:space="preserve">Цель : оказание </w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk495672169"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>психологической помощи ученикам</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>көмек көрсету. Балалардың ойлау қабілетін, даму белсенділігін арттыру. Бір-бірімен байланыс орнату.</w:t>
+        <w:t xml:space="preserve">, развитие мыщления, воспитание взаимопонимания  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p w:rsidR="0053227E" w:rsidRDefault="0053227E"/>
     <w:sectPr w:rsidR="0053227E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -305,81 +308,81 @@
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A62962"/>
+    <w:rsidRoot w:val="00182686"/>
     <w:rsid w:val="001202E6"/>
-    <w:rsid w:val="00126AFF"/>
+    <w:rsid w:val="00182686"/>
     <w:rsid w:val="0053227E"/>
-    <w:rsid w:val="00A62962"/>
+    <w:rsid w:val="00997598"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{39CC59CC-2C97-4D1B-989B-BA7D894DE452}"/>
+  <w15:docId w15:val="{9647BF6A-7A3F-4FCD-8DA3-7BF3066CA0EF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -736,51 +739,51 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00126AFF"/>
+    <w:rsid w:val="00997598"/>
     <w:rPr>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
@@ -1082,54 +1085,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>44</Words>
-  <Characters>251</Characters>
+  <Words>32</Words>
+  <Characters>184</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2</Lines>
+  <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>294</CharactersWithSpaces>
+  <CharactersWithSpaces>215</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>ermekova.a@mail.ru</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>