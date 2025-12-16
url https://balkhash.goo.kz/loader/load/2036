--- v0 (2025-12-15)
+++ v1 (2025-12-16)
@@ -1,1443 +1,2187 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="0018518C" w:rsidRPr="0018518C" w:rsidRDefault="0018518C" w:rsidP="0018518C">
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0018518C">
-[...10 lines deleted...]
-    <w:p w:rsidR="0018518C" w:rsidRPr="0018518C" w:rsidRDefault="0018518C" w:rsidP="0018518C">
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Управление образования Карагандинской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0018518C">
-[...10 lines deleted...]
-    <w:p w:rsidR="0018518C" w:rsidRDefault="0018518C" w:rsidP="0018518C">
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПАМЯТКА ДЛЯ РОДИТЕЛЕЙ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0018518C">
-[...34 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Безопасные каникулы – 2</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-[...260 lines deleted...]
-      <w:r w:rsidRPr="0018518C">
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>017»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Уважаемые родители! Знаете ли Вы, что более 55% всех правонарушений совершается несовершеннолетними в период летних каникул? Большая часть несчастных случаев с несовершеннолетними также происходит в этот период. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поэтому,важно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечить безопасность и занятость детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Отдых с ребенком летом»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     Лето – прекрасное время года. Семейный отдых позволяет уделить </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>максимальноеколичество</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>временисвоему</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ребенку. Это долгожданное событие, которое Ваш </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ребенокс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> трепетом </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ожидалвесь</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Летом для детей предоставляется прекрасная возможность выехать в детские лагеря, к родственникам, искупаться в речке, побродить в лесу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Высокаяактивность</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> солнца, холодная вода, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>насекомые,скоропортящиеся</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> продукты преподносят в тоже время </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>иразличные</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> угрозы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обеспечить безопасное лето </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>длядетей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в первую очередь – задача родителей. Если вы летом отправляете </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ребенкаотдыхать</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – обговорите с ним правила </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>поведенияна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> воде, солнце, дороге, лесу, горах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Чтобы отдых принес только удовольствие вам и вашему ребенку постарайтесь соблюдать </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>следующиеправила</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Если вы решили заниматься со своим ребенком, помните, что эти занятия должны быть </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кратковременнымии</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проводить их лучше в утренние часы. Ваша задача – расширять кругозор детей, соединяя имеющиеся знания и жизненный опыт ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Всеми силами отвлекайте ребенка от телевизора и компьютера, проводите все свободное время на свежем воздухе, катайтесь на велосипеде, самокате, роликах, играйте в футбол. Лето – это укрепление здоровья ребенка и от того как он </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отдохнет,во</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> многом зависит его здоровье </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вследующемучебномгоду</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- Старайтесь соблюдать режим дня, иначе очень трудно к нему возвращаться в сентябре. Не забывайте, что недосыпание развивает неврозы, возрастает утомление. Ребенок должен спать не менее 10 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ОСТОРОЖНО НА ДОРОГЕ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Безопасность на дорогах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– это обязанность, которая требует большой ответственности от родителей или опекунов, этим ни в коем случае нельзя пренебрегать.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В летний период прошлого года  зарегистрировано 30 % дорожно-транспортных происшествий (ДТП)  по вине детей и подростков. На сегодняшний день зарегистрировано 7 дорожно-транспортных происшествий, из них 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ДТПс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> участием детей, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вкоторых</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> один – травмирован, а другой– погиб. Обеспечение безопасности жизни каждого ребенка является главной задачей всех, в том числе и Вас – родители.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Воспитывайте у ребенка потребность быть дисциплинированным и внимательным, осторожным и осмотрительным на дороге, на улице.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>барлығымыздың, оның ішінде ата-ана – Сіздің де басты міндетіңіз болып табылады. </w:t>
-[...268 lines deleted...]
-      <w:r w:rsidRPr="0018518C">
+        <w:t>Постоянно напоминайте о том, что есть правила и для пешеходов, и для водителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Научите ребёнка не только видеть, но и слышать улицу: помните, что много несчастных случаев произошло из-за того, что ребёнок не услышал приближение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>транспортногосредства</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Учите ребенка смотреть. У ребенка должен быть выработан твердый навык: прежде, чем сделать первый шаг с тротуара, он поворачивает голову и осматривает дорогу во всех направлениях. Это должно быть доведено до автоматизма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Твердо усвойте сами и научите ребенка, что входить в любой вид транспорта и выходить из него можно только тогда, когда он стоит. Объясните ребенку, почему нельзя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выпригиватьна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ходуиз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> транспорта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Научите детей ориентироваться на дороге, быть </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осторожнымии</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внимательными, никогда не перебегать дорогу перед близко идущим транспортом, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>снимать наушники</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> при переходе дороги на пешеходном переходе и на перекрёстке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Если ваш ребёнок был участником или свидетелем ДТП – обратитесь за помощью к психологу. Он поможет справиться со страхами и неуверенностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ОСТОРОЖНО ВОЗЛЕ ВОДОЕМОВ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Анализ причин гибели детей на водоемах показывает, что 50 % утонувших несовершеннолетних были в сопровождении родителей, которые вовремя не смогли распознать сигналы тонущего ребенка, а другая половина – дети, находившиеся без присмотра взрослых. НЕ ОСТАВЛЯЙТЕ ДЕТЕЙ БЕЗ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИСМОТРА!Не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> разрешайте им гулять в районе водоемов одним. Отдыхая вместе с детьми у воды, следите за ними и не оставляйте их одних, особенно во время купания. Будьте рядом с ними даже на мелководье. Пресекайте случаи катания детей на предметах, не предназначенных для этого. Будьте бдительны, не проходите мимо детей, особенно когда им нужна помощь.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для предупреждения происшествий необходимо запомнить несколько правил:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Проверьте место отдыха, глубину водоема, убедитесь, что на дне нет коряг, водорослей и ила. Русла и дно знакомых водоемов ежегодно могут меняться.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. За купающимися детьми должно вестись непрерывное наблюдение со стороны взрослых.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Если взрослые школьники сами идут купаться, старайтесь чтобы они ходили в безопасные места, где есть пост спасателя и медсестра. Обучите детей не только плаванию, но и правилам поведения в критических ситуациях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ОТДЫХАЯ У ВОДЫ, НЕ ЗАБЫВАЙТЕ ОБ ОПАСНОСТЯХ, КОТОРЫЕ МОГУТ ПОДСТЕРЕГАТЬ ВАС НА БЕРЕГУ И В ВОДЕ. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>СОБЛЮДЕНИЕ МЕР ПРЕДОСТОРОЖНОСТИ – ГЛАВНОЕ УСЛОВИЕ БЕЗОПАСНОСТИ ЛЮДЕЙ НА ВОДОЕМАХ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Безопасность ребенка в Интернете!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>жүзуді үйретіңіз, сонымен қатар әр түрлі төтенше қиын жағдайлардағы жүріс-тұрыс ережелерін де үйретіңіз.</w:t>
-[...366 lines deleted...]
-      <w:r w:rsidRPr="0018518C">
+        <w:t>В наше время выполнение безопасных правил в сети Интернета и безопасность в реальном мире тесно связаны!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Нормальному развитию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>детейугрожают</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> расистские и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>экстремистскиесайты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, открытая информация о наркотиках, порнографии и тому подобное. Недра Интернета таят в себе угрозу не только нравственности, но и кошельку – из-за обилия вредных программ: червей, вирусов, «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>звонилок</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Не отпускайте своих детей в свободное плавание по интернету: необходимо контролировать доступ в Интернет, ограничить выход на запрещенные сайты, пропагандирующие экстремизм, религиозные течения, азартные игры, наркоманию и другие опасные ресурсы. Рекомендуем регулярно просматривать историю посещений сайтов в браузере компьютеров, планшетов и смартфонов, особое внимание необходимо обратить на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>каналы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>YouTube</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подписчиком, которых является Ваш ребенок. Обратите внимание на виртуальных друзей Вашего ребенка в таких социальных сетях как «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Facebook</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вконтакте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», «Одноклассники», «Мой мир».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Будьте в курсе. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Важно знать, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>какимисайтами</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пользуются дети. Предпочтительнее сайты, где есть модераторы, которые следят за порядком. На многих чатах и форумах есть возможность общаться в приватном режиме. Настаивайте на том, чтобы ребенок не общался в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>привате</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с незнакомыми людьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Уважаемые родители, примите меры по ограничению и блокировке доступа к нежелательным сайтам, рекомендуем установить сервис «Родительский контроль» на персональные компьютеры, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ноутбуки,планшеты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и смартфоны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Уважаемые родители, берегите своих детей!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Помните о правилах безопасности Вашего ребёнка дома и на улице. Ежедневно повторяйте ребёнку:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Не уходи далеко от своего дома, двора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Не бери ничего у незнакомых людей на улице. Сразу отходи в сторону.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.Не открывай дверь людям, которых не знаешь.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПАМЯТКА ДЛЯ РОДИТЕЛЕЙ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лето – время подготовки к новому учебному году! Позаботьтесь заранее о том, чтобы Ваш ребёнок был обеспечен необходимыми школьными принадлежностями, учебниками, школьной формой к началу нового учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Мектеп  формасы</w:t>
-[...16 lines deleted...]
-          <w:bCs/>
+        <w:t>Школьная форма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Приказом Министра образования и науки Республики Казахстан «14» февраля 2016 года№26 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>утвержденыТребования</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к обязательной школьной форме для организаций среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вышеуказанные Требования направлены на реализацию </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>светского характера обучения и устранения признаков социального, имущественного и иных различий между о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бучающимися организаций </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>среднегообразования</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Требования к обязательной школьной форме для организаций среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>          Қазақстан Республикасы Білім мен ғылым министрінің 2016 жылғы «14» қаңтарда № 26 бұйрығымен  Орта білім беру ұйымдарында  міндетті мектеп формасына қойылатын талаптар бекітілді.</w:t>
-[...178 lines deleted...]
-      <w:r w:rsidRPr="0018518C">
+        <w:t xml:space="preserve">5. Обязательная школьная форма организаций среднего образования (далее – школьная форма) соответствует светскому характеру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучения.Фасон,цветшкольной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формы выдерживаются в классическом стиле, в единой цветовой </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гамме,с</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> допущением смешения не более </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>трехцветов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Цвет школьной формы выбирается из спокойных и не вызывающих ярких тонов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7.Школьная форма подразделяется на повседневную, парадную и спортивную.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Исполнение Требований к обязательной школьной форме для организаций среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>23. Родители и иные законные представители участвуют в обсуждении вопросов о школьной форме и вносят предложения по ее совершенствованию, приобретают ее через действующую торговую сеть.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>25. Руководитель обеспечивает утверждение школьной формы до 25 мая учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Уважаемые родители, убедительно просим Вас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оставить классному руководителю информацию об отдыхе и месте пребывания Вашего ребенка на летних каникулах и расписку об ответственности за жизнь и здоровье ребенка в летний период.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Сізге каникулдың басталуына дейін мектеп келесі ақпаратты беруі тиіс:</w:t>
-[...114 lines deleted...]
-    <w:sectPr w:rsidR="00B65BBE" w:rsidRPr="0018518C" w:rsidSect="00201447">
+        <w:t>Вам до начала каникул школа должна </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>предоставитьследующую</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> информацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- перечень необходимых учебников, при необходимости список недостающих </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учебников,по</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> которым будет заниматься Ваш ребенок </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вследующемучебномгоду</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- задания на лето по предметам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- конкретные требования по утвержденной на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>новыйучебный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> год школьной </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формеотносительноВашей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лето – это подходящее время для развития и воспитания детей и важно не упустить те возможности, которые оно предоставляет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03C4B" w:rsidRPr="00D03C4B" w:rsidRDefault="00D03C4B" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Желаем хорошего и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>полноценногоотдыха</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D03C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, с уважением управление образования Карагандинской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B65BBE" w:rsidRPr="00D03C4B" w:rsidRDefault="00B65BBE" w:rsidP="00D03C4B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00B65BBE" w:rsidRPr="00D03C4B" w:rsidSect="00201447">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00480630"/>
-    <w:rsid w:val="0018518C"/>
+    <w:rsidRoot w:val="00005699"/>
+    <w:rsid w:val="00005699"/>
     <w:rsid w:val="00201447"/>
-    <w:rsid w:val="00480630"/>
     <w:rsid w:val="00B65BBE"/>
+    <w:rsid w:val="00D03C4B"/>
     <w:rsid w:val="00D27399"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -1803,65 +2547,66 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1933584686">
+    <w:div w:id="2133747279">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -2115,55 +2860,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>8052</Characters>
+  <Pages>1</Pages>
+  <Words>1331</Words>
+  <Characters>7590</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>67</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>63</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Computer</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9446</CharactersWithSpaces>
+  <CharactersWithSpaces>8904</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>АЙЗ</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>