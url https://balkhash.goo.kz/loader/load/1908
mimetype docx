--- v0 (2025-12-15)
+++ v1 (2026-01-07)
@@ -1,4965 +1,9603 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00104D69" w:rsidRDefault="00104D69" w:rsidP="00104D69">
-[...117 lines deleted...]
-          <w:rStyle w:val="a3"/>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="00882C93" w:rsidRDefault="00BE2BE0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00882C93">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Тәрбие</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3065" w:rsidRPr="00882C93">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00882C93">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>сағатының</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3065" w:rsidRPr="00882C93">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00882C93">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>тақырыбы:</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3065" w:rsidRPr="00882C93">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00882C93">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Менің</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3065" w:rsidRPr="00882C93">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00882C93">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Отаным</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3065" w:rsidRPr="00882C93">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00882C93">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="002E61D6" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Мақсаты</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3065" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3065" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ұрпақты</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3065" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Отанын</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3065" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>сүюге, еліміздің</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3065" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>әміздерін</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3065" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қастерлеуге, бай </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3065" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қуатты</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3065" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ел</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3065" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>екендігін</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3065" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>мақтан</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3065" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>етуге</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3065" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>үйретіп, туған</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3065" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>еліне, жеріне</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3065" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3065" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>сүйіспеншілігін</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3065" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>арттырып, махаббат</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3065" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>сезімін</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3065" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ояту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="002E61D6" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Міндеттері</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Отанын, туған жерін қорғай білуге, халқымыздың талантты ақындарының өлеңдері мен ата - бабаларымыздың өнгеге еті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қалдырған даналық сөздері </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3C78" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>арқылы оқушыларды ұлтжандылыққа тәрбиелеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="002E61D6" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-А</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>тамекенін көздің қарашығындай сақтай бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>луг</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3C78" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AF3C78" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>, патриоттық сезімге тәрбиелеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="002E61D6" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Ойларын жүйелі түрде жеткізе білу, шығармашылықпен жұмыс жасап, мәнерлеп өлең оқып, мағынасын тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>іне білу дағдыларын дамыту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00BE2BE0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Көрнекілігі: Елбасы суреті, Қазақстан Республикасының картасы, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әміздер, авторларының суреттері, қанатты сөздер, гүлдер, слайд, Астана және </w:t>
+      </w:r>
+      <w:r w:rsidR="002E61D6" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балқаш </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>қалаларына байланысты суреттер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00BE2BE0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Әдісі: сұрақ - жауап, әңгімелеу, түсіндірмелі, көрнекілік</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104D69" w:rsidRDefault="00104D69" w:rsidP="00104D69">
-[...10 lines deleted...]
-          <w:rStyle w:val="a3"/>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00BE2BE0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Формасы: тәрбие сағаты</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104D69" w:rsidRDefault="00104D69" w:rsidP="00104D69">
-[...10 lines deleted...]
-          <w:rStyle w:val="a3"/>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00BE2BE0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Тәрбие үрдісі: Азаматтық, патриоттық және полимәдениеттік тәрбие беру. Барысы: І Ұйымдастыру кезеңі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104D69" w:rsidRDefault="00104D69" w:rsidP="00104D69">
-[...10 lines deleted...]
-          <w:rStyle w:val="a3"/>
+    <w:p w:rsidR="00D62DEB" w:rsidRPr="004F291F" w:rsidRDefault="002E61D6" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Психологиялық дайындық </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>«Шаттық » шеңбер:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104D69" w:rsidRDefault="00104D69" w:rsidP="00104D69">
-[...10 lines deleted...]
-          <w:rStyle w:val="a3"/>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00B61E2B" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>-Арайлап таң атты,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104D69" w:rsidRDefault="00104D69" w:rsidP="00104D69">
-[...10 lines deleted...]
-          <w:rStyle w:val="a3"/>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00B61E2B" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Алтын сәуле таратты</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104D69" w:rsidRDefault="00104D69" w:rsidP="00104D69">
-[...28 lines deleted...]
-          <w:rStyle w:val="a3"/>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00B61E2B" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Жарқырайды күні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>із,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00B61E2B" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Жарқырайды  даламыз</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00B61E2B" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>із бақытты баламыз</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D62DEB" w:rsidRPr="004F291F" w:rsidRDefault="00BE2BE0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Оқушыларды дөңгеленте тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ғызып, қонақтарды қарсы алып,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D62DEB" w:rsidRPr="004F291F" w:rsidRDefault="00D62DEB" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Сөзжұмбақ шешу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D62DEB" w:rsidRPr="004F291F" w:rsidRDefault="00D62DEB" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>«ОТАН»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED3F47" w:rsidRPr="004F291F" w:rsidRDefault="00ED3F47" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Жарқырайды  даламыз</w:t>
-[...257 lines deleted...]
-          <w:rStyle w:val="a3"/>
+        <w:t>Тәрбиеші:- Балалар, «Отан» деген сөзді қалай түсінеміз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>?(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ой - пікірлерін тыңдау)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED3F47" w:rsidRPr="004F291F" w:rsidRDefault="00ED3F47" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Арина:   - Отан дегеніміз - адамның туы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>п-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өскен жері,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED3F47" w:rsidRPr="004F291F" w:rsidRDefault="00ED3F47" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Адилет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>:-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Туған- туысқандарымен, жақындарымен, бірге тұратын атамекені.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00BE2BE0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3C78" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">з бүгін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Менің Отаным - Қазақстан» тақырыбында тәрбие сағатын өткелі отырмыз. Өту барысында өз Отанымыз туралы </w:t>
+      </w:r>
+      <w:r w:rsidR="00B61E2B" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ой - </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B61E2B" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B61E2B" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ікірлерімізді ортаға саламыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00EF3065" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="0060644A" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Тәрбиеші:</w:t>
+      </w:r>
+      <w:r w:rsidR="00E23679" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E23679" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>алалар, біздің Отанымыз қалай аталады екен?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED3F47" w:rsidRPr="004F291F" w:rsidRDefault="00ED3F47" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рамазан: </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>іздің  Отанымыз - Қазақстан»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED3F47" w:rsidRPr="004F291F" w:rsidRDefault="00ED3F47" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Олай болса біз бүгін  «Менің Отаным - Қазақстан» тақырыбында тәрбие сағатын өткелі отырмыз. Өту барысында өз Отанымыз туралы ой - </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ікірлерімізді ортаға саламыз</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0091260F" w:rsidRPr="004F291F" w:rsidRDefault="0091260F" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Слайд «Менің  Отаны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>м-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ҚАЗАҚСТАН»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED3F47" w:rsidRPr="004F291F" w:rsidRDefault="00ED3F47" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Тәрбиеші:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B328A3" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан жері қандай?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED3F47" w:rsidRPr="004F291F" w:rsidRDefault="00ED3F47" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Оқушылар жауаптары:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104D69" w:rsidRDefault="00104D69" w:rsidP="00104D69">
-[...46 lines deleted...]
-          <w:rStyle w:val="a3"/>
+    <w:p w:rsidR="00ED3F47" w:rsidRPr="004F291F" w:rsidRDefault="00BE2BE0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>- Қазақстан жері үлкен, әдемі, ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>і бай.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0091260F" w:rsidRPr="004F291F" w:rsidRDefault="0091260F" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>лайд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  «Табиғат»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0091260F" w:rsidRPr="004F291F" w:rsidRDefault="0091260F" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Біздің еліміз - жерінің кеңдігімен қатар, табиғи байлығы да мол мемлекет. Ө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>іс толы малы, тайдай тулаған балығы, теңіздей толқыған егіні, дала толы аң - құсы, таусылмас кен байлығы да жеткілікті, мол.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0091260F" w:rsidRPr="004F291F" w:rsidRDefault="0091260F" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Слайд «Карта»)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00BE2BE0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>- Дұрыс айтасыңдар, балалар, Қазақстан жері батыстан шығысқа қарай 300 000 шақырымға, солтү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>іктен оңтүстікке қарай 1700 шақырымға созылып жатыр.(ҚР - ның физикалық картасынан көрсету)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B42B70" w:rsidRPr="004F291F" w:rsidRDefault="006F31E0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Тәрбиеші:</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3065" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Осы айтылған ойларымыздың дұрыстығына көз жеткізу үшін қазі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай өлең шумақтарын тыңдап көрсек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0091260F" w:rsidRPr="004F291F" w:rsidRDefault="00695759" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Жигер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00BE2BE0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Біздің еліміз - жерінің кеңдігімен қатар, табиғи байлығы да мол мемлекет. Өріс толы малы, тайдай тулаған балығы, теңіздей толқыған егіні, дала толы аң - құсы, таусылмас кен байлығы да жеткілікті, мол.</w:t>
-[...70 lines deleted...]
-        </w:rPr>
+        <w:t>Кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аузынан түспейтін,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="0019111D" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Отан деген немене</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>?,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0091260F" w:rsidRPr="004F291F" w:rsidRDefault="0091260F" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0091260F" w:rsidRPr="004F291F" w:rsidRDefault="0091260F" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Ермек</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00BE2BE0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Отан - </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>сенің ата</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B328A3" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> анаң</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0091260F" w:rsidRPr="004F291F" w:rsidRDefault="0091260F" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Інжу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00BE2BE0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Отан - досың, бауырың.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0091260F" w:rsidRPr="004F291F" w:rsidRDefault="0091260F" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Айбар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="0019111D" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Отан өлкең, астанаң,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0091260F" w:rsidRPr="004F291F" w:rsidRDefault="0091260F" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ігер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00BE2BE0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Оның тұлға тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="0091260F" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кейпін,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00BE2BE0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Достым білгің келе ме?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0091260F" w:rsidRPr="004F291F" w:rsidRDefault="00695759" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Айида</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00BE2BE0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Отан - жерім, Отан - суым,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00BE2BE0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Отан - қуат, нә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> береді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0091260F" w:rsidRPr="004F291F" w:rsidRDefault="0091260F" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Рамазан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00BE2BE0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Отан - ұран, Отан - туым,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00BE2BE0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Отан мәңгі </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>үлденеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0091260F" w:rsidRPr="004F291F" w:rsidRDefault="00695759" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Мейіржан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00BE2BE0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Отан деген - атамекен,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00BE2BE0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Отан деген - туған жер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0091260F" w:rsidRPr="004F291F" w:rsidRDefault="0091260F" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Адилет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00BE2BE0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Отан - ана, Отан - пана,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00BE2BE0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Қазақстан - туған ел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0091260F" w:rsidRPr="004F291F" w:rsidRDefault="002036F0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Тәрбиеші</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0091260F" w:rsidRPr="004F291F" w:rsidRDefault="00BE2BE0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>- Балалар, біздің туған жеріміз, кіндік қанымыз тамған жер қалай аталады?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075410F" w:rsidRPr="004F291F" w:rsidRDefault="0075410F" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Оқушылар жауабы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075410F" w:rsidRPr="004F291F" w:rsidRDefault="00BE2BE0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="0075410F" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>уған жерімі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidR="0075410F" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0075410F" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Балқаш -</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075410F" w:rsidRPr="004F291F" w:rsidRDefault="0075410F" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Тәрбиеші:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075410F" w:rsidRPr="004F291F" w:rsidRDefault="0075410F" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="006D3389" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балқаш </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>біздің Отанымыз Қазақстанның кішкентай ғана бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бөлшегі болып есептеледі. Біз осы жерде өмір сүріп жатырмыз. </w:t>
+      </w:r>
+      <w:r w:rsidR="00910AB3" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Келер жылда Балқаш қаласына  80-жыл толады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075410F" w:rsidRPr="004F291F" w:rsidRDefault="0075410F" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Слайд</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>»Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>алқаш»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075410F" w:rsidRPr="004F291F" w:rsidRDefault="00BE2BE0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00910AB3" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00910AB3" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00910AB3" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>іздің өз туған жеріміз Балқашты с</w:t>
+      </w:r>
+      <w:r w:rsidR="0075410F" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>үйеміз бе</w:t>
+      </w:r>
+      <w:r w:rsidR="00910AB3" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075410F" w:rsidRPr="004F291F" w:rsidRDefault="00910AB3" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Оқушылардың жауабы</w:t>
+      </w:r>
+      <w:r w:rsidR="0075410F" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="0075410F" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Олай болса  туған жеріміз Балқаш қаласына деген сүйіспеншілігімізді</w:t>
+      </w:r>
+      <w:r w:rsidR="002A6B64" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өлеңмен жеткізейі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002A6B64" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0075410F" w:rsidRPr="004F291F" w:rsidRDefault="002A6B64" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Ермек</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3065" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00910AB3" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Атың да </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>қақ бүгінде, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Мыс ордасы-Балқашым. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Еңбекпенен жетілген, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Еңбекші елі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Балқашым. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="002A6B64" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Інжу</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3065" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Елдің бірлік, мекені, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Жер жанаты – Балқашым. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Татулық пен ынтымақ, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Арылмаған Балқашым. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="002A6B64" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Адилет</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3065" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Ерлігі мен ө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұлғаң, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Даңты қалам – Балқашым. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Алтының мен мырышың, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Елге тараған – Балқашым</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="006F31E0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006F31E0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>әрбиеші:</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3065" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0075410F" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балалар туған жер туралы </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0075410F" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>мақ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0075410F" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ал</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0075410F" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - мәтелдер білеміз бе?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075410F" w:rsidRPr="004F291F" w:rsidRDefault="0075410F" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-Иә</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075410F" w:rsidRPr="004F291F" w:rsidRDefault="0075410F" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-Ал, онда  мақ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ал-м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>әтелдерге кезек берейік.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00BE2BE0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="006013D1" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Рамазан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Туған жер - тұғыры</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ң Т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>уған ел - қыдырың.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00BE2BE0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="006013D1" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Ермек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006013D1" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уған жердің күні де ыстық, түні де </w:t>
+      </w:r>
+      <w:r w:rsidR="002036F0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ыстық</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="002036F0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3065" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="006013D1" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Ақниет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>уған жер – алтын бесік.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00BE2BE0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidR="006013D1" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Арина</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006013D1" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002A6B64" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002A6B64" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>уған жердің топырағы да ыстық.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00EF3065" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006E3C4F" w:rsidRPr="004F291F" w:rsidRDefault="002036F0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Тәрбиеші</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2BE0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E3C4F" w:rsidRPr="004F291F" w:rsidRDefault="006E3C4F" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-Біздің елі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>із Қазақстан қандай мемлекет?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E3C4F" w:rsidRPr="004F291F" w:rsidRDefault="006E3C4F" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Оқушы</w:t>
+      </w:r>
+      <w:r w:rsidR="00776D2C" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E3C4F" w:rsidRPr="004F291F" w:rsidRDefault="006E3C4F" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-Тәуелсіз мемлекет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776D2C" w:rsidRPr="004F291F" w:rsidRDefault="00776D2C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Тәрбиеші:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776D2C" w:rsidRPr="004F291F" w:rsidRDefault="006E3C4F" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Иә,Қазақстан Республикасы – егеменді, тәуелсіз мемлекет. Тәуелсіздік алған елдің ең бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>інші айрықша белгісі өз  рәміздері болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E3C4F" w:rsidRPr="004F291F" w:rsidRDefault="006E3C4F" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сендер сол </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>әміздерді атай аласыңдар ма?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776D2C" w:rsidRPr="004F291F" w:rsidRDefault="00776D2C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Оқушылар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E3C4F" w:rsidRPr="004F291F" w:rsidRDefault="00776D2C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-Елтаң</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ба</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00776D2C" w:rsidRPr="004F291F" w:rsidRDefault="00776D2C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-Ту</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776D2C" w:rsidRPr="004F291F" w:rsidRDefault="00776D2C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-Әнұран</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776D2C" w:rsidRPr="004F291F" w:rsidRDefault="00776D2C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Тәрбиеші:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776D2C" w:rsidRPr="004F291F" w:rsidRDefault="00776D2C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Слайд: «Қазақстан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>әміздері»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776D2C" w:rsidRPr="004F291F" w:rsidRDefault="00BE2BE0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Балалар, 1992 жылы 4 маусымда жаңа мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>әміздер - Елтаңба, Ту бекітілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776D2C" w:rsidRPr="004F291F" w:rsidRDefault="00BE2BE0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002A6B64" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002A6B64" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002A6B64" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>әміздер  туралы жеке-жеке түсінік беріп өтейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776D2C" w:rsidRPr="004F291F" w:rsidRDefault="002A6B64" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-Мынау – біздің туымыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776D2C" w:rsidRPr="004F291F" w:rsidRDefault="00776D2C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Авторы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776D2C" w:rsidRPr="004F291F" w:rsidRDefault="00776D2C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-------------------------------------------------------------------------------------------------</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776D2C" w:rsidRPr="004F291F" w:rsidRDefault="002A6B64" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Тудың түсі аспанның түсіне ұқсайды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>.К</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>өк аспандай көгілдір,ортасында күн,</w:t>
+      </w:r>
+      <w:r w:rsidR="00776D2C" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> астында бүркіт </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ұшып келе жатыр</w:t>
+      </w:r>
+      <w:r w:rsidR="00776D2C" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>, ұлттық ою-өрнекпен көмкерілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776D2C" w:rsidRPr="004F291F" w:rsidRDefault="00CE317F" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-М</w:t>
+      </w:r>
+      <w:r w:rsidR="002A6B64" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ынау-елтаңбамыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776D2C" w:rsidRPr="004F291F" w:rsidRDefault="00776D2C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Авторлары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776D2C" w:rsidRPr="004F291F" w:rsidRDefault="00776D2C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>--------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F31E0" w:rsidRPr="004F291F" w:rsidRDefault="002A6B64" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Елтаңбада шаңырақ,күн сәулесі,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>бес б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ұрышты жұлдыз, «Қазақстан » деген жазу бар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776D2C" w:rsidRPr="004F291F" w:rsidRDefault="00776D2C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Әнұран. Авторлары:-----------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------------</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81D39" w:rsidRPr="004F291F" w:rsidRDefault="00B42B70" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Біздің Отанымы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>з-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Қазақстан. Мемлекетіміз тәуелсіздік алғалы Қазақстан Республикасының жеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>іктері өсуде. Осынау жылдарда елдігімізді танытып, еңсемізді көтерген қаншама ұлы оқиғалар бар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>зақстан Республикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81D39" w:rsidRPr="004F291F" w:rsidRDefault="00B42B70" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>1991 жылы 16 желтоқсанда өзінің тәуелсіздігін жариялап, дербес мемлекет болды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E3C4F" w:rsidRPr="004F291F" w:rsidRDefault="00F81D39" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекетіміздің тәуелсіздік мерейтойының </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3065" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A25423" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>дығын  16-желтоқсанда атап ө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>тт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ік</w:t>
+      </w:r>
+      <w:r w:rsidR="006E3C4F" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51E3D" w:rsidRPr="004F291F" w:rsidRDefault="00E51E3D" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Слайд «25 жыл»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51E3D" w:rsidRPr="004F291F" w:rsidRDefault="00E51E3D" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F81D39" w:rsidRPr="004F291F" w:rsidRDefault="00F81D39" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ХОР:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81D39" w:rsidRPr="004F291F" w:rsidRDefault="00F81D39" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Мерейтой</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ға  тарту «Қазақстаным»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51E3D" w:rsidRPr="004F291F" w:rsidRDefault="00E51E3D" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006E3C4F" w:rsidRPr="004F291F" w:rsidRDefault="006E3C4F" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Бә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>і:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="006E3C4F" w:rsidRPr="004F291F" w:rsidRDefault="006E3C4F" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Қазақстан - Туымен тұғырлы,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E3C4F" w:rsidRPr="004F291F" w:rsidRDefault="006E3C4F" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Елтаңбасымен еңселі,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E3C4F" w:rsidRPr="004F291F" w:rsidRDefault="006E3C4F" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Әнұранымен айбатты!!!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51E3D" w:rsidRPr="004F291F" w:rsidRDefault="00E51E3D" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00E51E3D" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Слайд. Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рәміздері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51E3D" w:rsidRPr="004F291F" w:rsidRDefault="006F31E0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Тәрбиеші:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F291F" w:rsidRPr="004F291F" w:rsidRDefault="00F81D39" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Ту, Елтаң</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ба</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы  тақпақ айтайық.</w:t>
+      </w:r>
+      <w:r w:rsidR="004E6723" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.                                                          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81D39" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Рамазан</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3065" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>өк туымыз бетінде,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Қыран бүркіт қанатты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Сол қырандай еркіндеп,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>із өсеміз талапты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51E3D" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Айида.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Айнымайды аспаннан,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>іздің тудың бояуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Оны  халық қашанда,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Биікке ілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51E3D" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Айбар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Елтаңбасы елімнің</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Қандай әйбат әдемі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Тұнығындай  көңілдің</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Ортада аспан әлемі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51E3D" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Мейіржан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Құт береке </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ша</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ңырақ,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Орын алған ол төрден.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Қанатты қос арғымақ,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Екі жақтан көмкерген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51E3D" w:rsidRPr="004F291F" w:rsidRDefault="00A25423" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Тәрбиеші</w:t>
+      </w:r>
+      <w:r w:rsidR="003F70D2" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="003F70D2" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Мақтансаң мақтан елім </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Тани біл елдік таңбаңды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Елтаңба</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>,Т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>уын,Әнұран-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00A25423" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тәуелсіздікке тән </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>белгі-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Қасиетті осы рәміздер.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Еліме рух, мән берді,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00B42B70" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Иесі оның мына бізде</w:t>
+      </w:r>
+      <w:r w:rsidR="00A25423" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51E3D" w:rsidRPr="004F291F" w:rsidRDefault="00E51E3D" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E51E3D" w:rsidRPr="004F291F" w:rsidRDefault="00E51E3D" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Слайд «Астана»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51E3D" w:rsidRPr="004F291F" w:rsidRDefault="00A25423" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Тәрбиеші:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51E3D" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>,б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>іздің Отанымыздың астанасы қай қала ?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-Астана қаласы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51E3D" w:rsidRPr="004F291F" w:rsidRDefault="00E51E3D" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Тәрбиеші:                                                                                                                       Астана – Отанымыздың елордасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51E3D" w:rsidRPr="004F291F" w:rsidRDefault="00E51E3D" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Президентіміз Нұрсұлтан Назарбаевтың ұсынысымен 1997 жылы қала Қазақстанның жаңа астанасы болып жарияланды. Қаланың ортасынан Есіл өзені өтеді. Астана тез өсі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>, дамып келеді. Ол – еліміздің мақтанышы. «Астан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>а-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бәйтерек» кешені – Астананың символы. Оның ең жоғары қабатына шығып қарасаң, жас ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>і жаңа Астананың керемет көркін тамашалайсың.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51E3D" w:rsidRPr="004F291F" w:rsidRDefault="00E51E3D" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Адилет:                                                                                                                      Отанымның тө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>інде,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Сарыарқаның өрінде.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Ту ұстаған Астанам,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Әсем қалам - бас қалам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51E3D" w:rsidRPr="004F291F" w:rsidRDefault="00E51E3D" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E51E3D" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Бә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>і:-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51E3D" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Ел б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>өбегі бүлдіршін жас баламыз,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Астанамыз Астана </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>–б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ас қаламыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00EF3065" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E51E3D" w:rsidRPr="004F291F" w:rsidRDefault="004E6723" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Тәрбиеші</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>:-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00526F6C" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Балалар ,Қазақ</w:t>
+      </w:r>
+      <w:r w:rsidR="00E51E3D" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>стан Республикасы</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF6D28" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ның </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51E3D" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұңғыш  президенті </w:t>
+      </w:r>
+      <w:r w:rsidR="00526F6C" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>кім?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51E3D" w:rsidRPr="004F291F" w:rsidRDefault="00E51E3D" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-Нұрсұлтан Әбішұлы Назарбаев</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51E3D" w:rsidRPr="004F291F" w:rsidRDefault="00E51E3D" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidR="0067348E" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>лайд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Президент»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51E3D" w:rsidRPr="004F291F" w:rsidRDefault="00E51E3D" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-Тұңғыш президент күні қай кү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51E3D" w:rsidRPr="004F291F" w:rsidRDefault="00E51E3D" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-1 желтоқсан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-Нұрсұлтан Назарбаев атамыз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005C059B" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Е</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>лбасымыз туралы кім тақпақ біледі ?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C059B" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Ермек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="005C059B" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Шықты тарап </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> данадан,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C059B" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Бер қарады жұлдыз беті,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C059B" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Өзі қалап сайлап алған,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Елімнің бар президенті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C059B" w:rsidRPr="004F291F" w:rsidRDefault="00AD21E0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Тәрбиеші:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C059B" w:rsidRPr="004F291F" w:rsidRDefault="005C059B" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Слайд « Ана тілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>м-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>қазақ тілі»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C059B" w:rsidRPr="004F291F" w:rsidRDefault="005C059B" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005C059B" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-Балалар,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C059B" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Егеменді елдің </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE317F" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>басты белгіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CE317F" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>і-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CE317F" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>тіл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C059B" w:rsidRPr="004F291F" w:rsidRDefault="00CE317F" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00526F6C" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>азақ тілі мемлекеттік тіл болып саналады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C059B" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақ тілі </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>–б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>іздің ана тіліміз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00EF3065" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005C059B" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Адилет:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C059B" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Тілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> барда мақтанам,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C059B" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Тілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> менің аппақ ән</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C059B" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ірлігім бүгінгі,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Ана т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ілім сақтаған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C059B" w:rsidRPr="004F291F" w:rsidRDefault="005C059B" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005C059B" w:rsidRPr="004F291F" w:rsidRDefault="00FE393C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Жигер</w:t>
       </w:r>
-    </w:p>
-[...219 lines deleted...]
-          <w:rStyle w:val="a3"/>
+      <w:r w:rsidR="00526F6C" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C059B" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Ана т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ілің арың бұл,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C059B" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Ұятың боп тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бетте,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C059B" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Өзге тілдің бә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ін біл</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Өз тіліңді құрметте.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C059B" w:rsidRPr="004F291F" w:rsidRDefault="004E6723" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Тәрбиеші:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C059B" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>,с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ендер отан </w:t>
+      </w:r>
+      <w:r w:rsidR="004E6723" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">туралы жан-жақты білетіндеріңді </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>көрсеттіңдер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Енді сендер Отан туралы мақ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ал-м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>әтел айтайық.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C059B" w:rsidRPr="004F291F" w:rsidRDefault="00AD21E0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="006013D1" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Ақниет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Отан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>–о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ттан</w:t>
+      </w:r>
+      <w:r w:rsidR="006E3C4F" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>да ыстық.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C059B" w:rsidRPr="004F291F" w:rsidRDefault="00AD21E0" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="006013D1" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Інжу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C059B" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Отан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>–е</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>лдің анасы,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Ел-ердің анасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C059B" w:rsidRPr="004F291F" w:rsidRDefault="004E6723" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD21E0" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006013D1" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Айида.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C059B" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Туған елдей ел болмас,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00017D25" w:rsidRPr="004F291F" w:rsidRDefault="00526F6C" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Туған жердей жер болмас</w:t>
+      </w:r>
+      <w:r w:rsidR="00D30338" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C059B" w:rsidRPr="004F291F" w:rsidRDefault="009F4C8E" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Тәрбиеші:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C059B" w:rsidRPr="004F291F" w:rsidRDefault="005C059B" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Слайд «Салт-дә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>үр»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C059B" w:rsidRPr="004F291F" w:rsidRDefault="00E23679" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="009F4C8E" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Балалар, Қазақ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009F4C8E" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009F4C8E" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Қазақстан деп айта отырып ,</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE393C" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақтардың </w:t>
+      </w:r>
+      <w:r w:rsidR="009F4C8E" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE393C" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>алт-дәстүр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE393C" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен әдет ғұрыптары</w:t>
+      </w:r>
+      <w:r w:rsidR="009F4C8E" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE393C" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұрмысы мен мәдениеті – киіз үйі, ұлттық киімі, өю-өрнегі,ерекшедастарқаны, ұлттық музыкалық </w:t>
+      </w:r>
+      <w:r w:rsidR="009F4C8E" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>аспаптарын айтпау мүмкін емес.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00865C97" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Ойын: «Мен елімнің азаматымын»Ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқушыларға суреттер беріледі. (Әр ұлттың ұлттық киімдері, салты, музыкалық аспаптары т.б.) Оқушылар тек қазақ халқына тиесілі суреттерді бір жерге жинайды. Неге сол затты таңдағандарын дәлелдейді. Ойын соңында</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3C78" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балалар смайлдармен мадақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF6D28" w:rsidRPr="004F291F" w:rsidRDefault="00865C97" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Айида</w:t>
-[...3111 lines deleted...]
-          <w:rStyle w:val="a3"/>
+        <w:t>Бә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і: Ол біздің </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF6D28" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF6D28" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тәуелсіз </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Қазақстан!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C5929" w:rsidRPr="004F291F" w:rsidRDefault="002C5929" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Қорытынды:                                                                                                                      25 жыл, тәуелсізбін, дербеспін.                                                                                Күмандана қоймас бүгін енді ешкім                                                                       Бодандығым ғасырларға жалғасқан                                                                          Қазі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,міне артта қалды келмес күн.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="002C5929" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Тәуелсіздік тұғыры ғой бұл елдің,                                                                                  25 жасың құтты болсын нұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> елім</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00865C97" w:rsidRPr="004F291F" w:rsidRDefault="002C5929" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>25 жылда шықтың талай белеске,                                                                            Қазақстан жасай берші гүл елім!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104D69" w:rsidRDefault="00104D69" w:rsidP="00104D69">
-[...76 lines deleted...]
-          <w:bCs/>
+    <w:p w:rsidR="00526F6C" w:rsidRPr="004F291F" w:rsidRDefault="00672382" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Қазақстан кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұлтты мемлекет .Қазақстанда 130-дан астам ұлт өкілдері тұрады. Олар бір үйдің баласындай тату, дос</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>.Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ізді достығымыз,татулығымыз  бірлікте.</w:t>
+      </w:r>
+      <w:r w:rsidR="006013D1" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Сендер</w:t>
+      </w:r>
+      <w:r w:rsidR="00865C97" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сол </w:t>
+      </w:r>
+      <w:r w:rsidR="00865C97" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>тәуелсіз қазақ</w:t>
+      </w:r>
+      <w:r w:rsidR="006013D1" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> елінің ең жас жеткіншектерісіздер</w:t>
+      </w:r>
+      <w:r w:rsidR="00865C97" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>. Сондықтан өз жерімізді, өз елімізді, әкелеріміз бен аталарымыз сияқты қадірлеуге, сүюге, қорғауға тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00865C97" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00865C97" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>і екенімізді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> естен шығармайық дегім келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF6D28" w:rsidRPr="004F291F" w:rsidRDefault="0060644A" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Бәрі: «Көкту</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF6D28" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>дың желбірегені» әні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00FF6D28" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00FF6D28" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тыңдап ,ве</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>диосын көре тұрып қолдарына ша</w:t>
+      </w:r>
+      <w:r w:rsidR="00F92448" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>р , жалауша ұстап бұлғап тұрады</w:t>
+      </w:r>
+      <w:r w:rsidR="006013D1" w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF6D28" w:rsidRPr="004F291F" w:rsidRDefault="00FF6D28" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Бә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>і: Жаса,жаса – Тәуелсіз Қазақстан!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00EF3065" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF3065" w:rsidRPr="004F291F" w:rsidRDefault="00EF3065" w:rsidP="004F291F">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F291F">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104D69" w:rsidRDefault="00104D69" w:rsidP="00104D69">
+    <w:p w:rsidR="00F92448" w:rsidRPr="004F291F" w:rsidRDefault="00F92448" w:rsidP="00FF6D28">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0088415A" w:rsidRDefault="0088415A">
-[...3 lines deleted...]
-    <w:sectPr w:rsidR="0088415A">
+    <w:sectPr w:rsidR="00F92448" w:rsidRPr="004F291F" w:rsidSect="00EF3065">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="426" w:right="850" w:bottom="426" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="61762B58"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2C80A128"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="32"/>
+  <w:hideSpellingErrors/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E9701F"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E9701F"/>
+    <w:rsidRoot w:val="00D92E59"/>
+    <w:rsid w:val="00017D25"/>
+    <w:rsid w:val="0019111D"/>
+    <w:rsid w:val="002036F0"/>
+    <w:rsid w:val="002A6B64"/>
+    <w:rsid w:val="002C5929"/>
+    <w:rsid w:val="002E4F0E"/>
+    <w:rsid w:val="002E61D6"/>
+    <w:rsid w:val="003D3031"/>
+    <w:rsid w:val="003F70D2"/>
+    <w:rsid w:val="00405F3B"/>
+    <w:rsid w:val="004343F7"/>
+    <w:rsid w:val="004E6723"/>
+    <w:rsid w:val="004F291F"/>
+    <w:rsid w:val="00526F6C"/>
+    <w:rsid w:val="005C059B"/>
+    <w:rsid w:val="006013D1"/>
+    <w:rsid w:val="0060644A"/>
+    <w:rsid w:val="00640510"/>
+    <w:rsid w:val="00672382"/>
+    <w:rsid w:val="0067348E"/>
+    <w:rsid w:val="00695759"/>
+    <w:rsid w:val="006D2E49"/>
+    <w:rsid w:val="006D3389"/>
+    <w:rsid w:val="006E3C4F"/>
+    <w:rsid w:val="006F31E0"/>
+    <w:rsid w:val="00717904"/>
+    <w:rsid w:val="0075410F"/>
+    <w:rsid w:val="00776D2C"/>
+    <w:rsid w:val="007D3809"/>
+    <w:rsid w:val="00865C97"/>
+    <w:rsid w:val="00882C93"/>
+    <w:rsid w:val="0089311A"/>
+    <w:rsid w:val="008B3F33"/>
+    <w:rsid w:val="008D7DD0"/>
+    <w:rsid w:val="009077EE"/>
+    <w:rsid w:val="00910AB3"/>
+    <w:rsid w:val="0091260F"/>
+    <w:rsid w:val="00914CF5"/>
+    <w:rsid w:val="009749E4"/>
+    <w:rsid w:val="009B3425"/>
+    <w:rsid w:val="009F4C8E"/>
+    <w:rsid w:val="00A25423"/>
+    <w:rsid w:val="00A84098"/>
+    <w:rsid w:val="00AC37A4"/>
+    <w:rsid w:val="00AD21E0"/>
+    <w:rsid w:val="00AF3C78"/>
+    <w:rsid w:val="00B328A3"/>
+    <w:rsid w:val="00B42B70"/>
+    <w:rsid w:val="00B61E2B"/>
+    <w:rsid w:val="00BE2BE0"/>
+    <w:rsid w:val="00C06919"/>
+    <w:rsid w:val="00C83BE7"/>
+    <w:rsid w:val="00CE317F"/>
+    <w:rsid w:val="00D30338"/>
+    <w:rsid w:val="00D62DEB"/>
+    <w:rsid w:val="00D92E59"/>
+    <w:rsid w:val="00E23679"/>
+    <w:rsid w:val="00E51E3D"/>
+    <w:rsid w:val="00E928B9"/>
+    <w:rsid w:val="00ED3F47"/>
+    <w:rsid w:val="00EF3065"/>
+    <w:rsid w:val="00F81D39"/>
+    <w:rsid w:val="00F92448"/>
+    <w:rsid w:val="00FE393C"/>
+    <w:rsid w:val="00FF6D28"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{4E1C61BB-43FB-4B3A-A3C1-140B946A3AA3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00104D69"/>
+    <w:rsid w:val="00C83BE7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004F291F"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A84098"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00A84098"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BE2BE0"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00695759"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="004F291F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00104D69"/>
+    <w:rsid w:val="004F291F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A84098"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00A84098"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BE2BE0"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00695759"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+</w:styles>
+</file>
+
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="582687466">
+    <w:div w:id="1173030096">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2111469819">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ABC50A20-4D99-4F40-8221-BB6CCE95C3FE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1509</Words>
+  <Words>1508</Words>
   <Characters>8602</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>71</Lines>
   <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>SPecialiST RePack</Company>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10091</CharactersWithSpaces>
+  <CharactersWithSpaces>10090</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>10-komputer</dc:creator>
+  <dc:creator>admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>