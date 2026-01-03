--- v0 (2026-01-01)
+++ v1 (2026-01-03)
@@ -1,2774 +1,3784 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="000A2C60" w:rsidRPr="00E551A0" w:rsidRDefault="000A2C60" w:rsidP="009E470B">
-[...2153 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Үйірме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Әлемі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>шығармашылығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>"</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="000A2C60" w:rsidRPr="00E551A0" w:rsidSect="00F2491D">
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 2 "Б" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Сабақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> № 29 Дата:20.12.2016</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Тақырыбы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: Мозаика. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Қағаздан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Аппликация.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Мақсаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Орындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> аппликацию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>техникасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қағаздан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> мозаика.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Міндеттері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>оқушыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>техникасымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>орындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> мозаика. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Дағдыларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>орындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> аппликация </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>техникасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> мозаика. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Дамыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>белсенділігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қиялын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ойлау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қабілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>шығармашылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мүмкіндігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Тәрбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>оқушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бойында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ұқыптылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>еңбекқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Көрнекілігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Шырша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қағаз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>үлгілері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, аппликация </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>техникасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> мозаика, отгадки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>желім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қайшылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жиынтығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>түрлі-түсті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қағаздар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>шаблондар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жаңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жылдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ойыншықтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Сабақтың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>барысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>кезеңі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">Приветствую </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>орындамаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сіздің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тақырыпты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сабақтың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мақсаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Білімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>өзектендіру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Бүгін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бізді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>үлкен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>күтіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тұр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Онымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>күресуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мүмкін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ілтипатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, любознательные, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>еңбекқор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Бізге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ілтипатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>епті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қолдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, сообразительные бас, ал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бастысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жақсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көңіл-күй</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жақсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көңіл-күй-бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мейірімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> улыбка, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>кел</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сыйлайық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бір-біріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>өздерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>күлкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Бүгін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сабақта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>біз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>орындауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> аппликацию, ал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>анықтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қандай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>техникада</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>істейтін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>боламыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бізге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көмектеседі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жұмбақтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">1. Склеить </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>кемесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, солдат,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Машинаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> шпагу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Көмектеседі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Түрлі-Түсті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>... (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Қағаз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6"/>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Көп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>істеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>біз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>аламыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Кесіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, кроить </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>кесу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ойнаңыздар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бізбен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бірге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Аламыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ауырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жазалауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>! (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Қайшы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6"/>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қарапайым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ғимараттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Мектептерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ... (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Білу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6"/>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Қара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Ивашка, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Ағаш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көйлек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Мұнда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мұрын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>өтеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Онда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жазба</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> кладет. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Қарындаш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6"/>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Жақсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көреді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>еңбегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>наразы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> скуки,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>біледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>біздің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ... (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6"/>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Менің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тұрғысында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>маңызды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Жасау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> куб </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қағаз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Ұшақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, картон </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>үй</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">Аппликацию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>альбомына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">Сен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> пожалей. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">– Липучий, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тұтқыр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>... (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Желім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6"/>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Желіге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тікелей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, ну-ка, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> салу сумей-ка! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>күрделі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ғылым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">Пригодится </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мұнда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>... (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Сызғыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">- Ал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>енді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> прочтем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сөз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>болды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тігінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>. (Мозаика)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Жаңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>материалды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>баяндау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Еске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>алып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрейікші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қандай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>өрнек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>? (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>оқушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жауаптары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">- Мозаика - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>түрлерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> аппликация. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Бейнесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жасалады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жекелеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бөліктер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мәрмәр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>шыны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>түрлі-түсті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тастардан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>түрлі-түсті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қағаздар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Қолдануға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тұқымдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>гүлдер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>түрлі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жармалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: греча, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>күріш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, тары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">- Ал аппликация </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>дегеніміз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> не?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">- Не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>пайдаланады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> мозаика </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> аппликацию?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">Оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>пайдаланады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>әшекейлер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>суреттер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">Мозаика </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ретінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>танымал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> техника, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сәндік-қолданбалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>өнер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тамыры</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тереңде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. Оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қолданған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Ежелгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>әлемде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Грекия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> мен Византия. Мозаика </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>кеңінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қолданылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>құрылысында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>архитектуралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ескерткіштер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>үйлер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>храмдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Қандай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тәсілдермен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>орындауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> мозаика?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">- Неровные </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>контурын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бөлшектердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мән</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бейнелеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрінісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тартымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бірақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> " мозаика </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>шын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мәнінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>өте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тартымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>өте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ұқыпты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бізге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>? (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Қайталамақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>емеспіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қауіпсіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ережесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>желіммен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қайшымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қандай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мереке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>күнінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қайсысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жақын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Басты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> атрибуты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Бізде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>шырша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бірақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>оған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жетіспейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Бүгін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>біз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>орындаймыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>түрлі-түсті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қағаздан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ойыншықтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жаңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Жылдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>шырша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>техникасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> мозаика. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>атаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>маған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жүйелілігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, мозаика.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Ойлап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> эскиз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> салу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">2. Нарвать </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>аршып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>чоп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сонша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> бумажек </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қажетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>түсті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жетер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бүкіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> аппликацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Ұқыпты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> намазывать контур </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>желіммен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> приклеивать </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тілімдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қағаздар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> намазать </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>желіммен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бірден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бүкіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> контуры?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Практикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Біз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жақсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>істедік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>енді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сәл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> отдохнем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Физминутка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Көтерілу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, потянуться, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Екі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> - согнуться, разогнуться, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Үш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> - ладоши </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>үш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мақта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">Головою </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>үш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> кивка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Төрт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қолды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>кеңінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">Бес - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қолмен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> помахать, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Алты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>партаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тыныш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>отыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Еңбекті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>нысаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>алдыңғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көмек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетемін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>оқушыларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қадағалап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>отырамын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жұмысымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сыныпта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ережесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сақтай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>,.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Тапсырма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>орындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ойыншықтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>техникада</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>өрнек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>түрлі-түсті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қағаздан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Айлықтың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қорытындысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Бүгін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сабақта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>біз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>орындадық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> аппликацию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>техникасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> мозаика.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жақында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>басталатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Жаңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сізді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>алғысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>келеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көптен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>күткен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Аяз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Атадан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сыйлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Кел</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> напишем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ойыншықтарда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>аяз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Атаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> хат, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>менің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ойымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сіздің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тілегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>түрде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>орындалады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">- Ал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>енді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрейік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> украсим </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>біздің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жаңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жылдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>шырша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Қараңызшы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қандай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>әдемі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>шырша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бізде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>толады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB2EE6" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Қандай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ойыншықтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>әдемі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C0B53" w:rsidRDefault="00CB2EE6" w:rsidP="00CB2EE6">
+      <w:r>
+        <w:t xml:space="preserve">- Не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ұнады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сабақта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ұнады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қиын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="007C0B53">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...14 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...448 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="73"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000A2C60"/>
-[...18 lines deleted...]
-    <w:rsid w:val="00EC13F3"/>
+    <w:rsidRoot w:val="00E80DE5"/>
+    <w:rsid w:val="007C0B53"/>
+    <w:rsid w:val="00CB2EE6"/>
+    <w:rsid w:val="00E80DE5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="54C63461"/>
-  <w15:docId w15:val="{9C12D3C2-D700-4DFF-8630-FF486B3EF802}"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{2B4A9DF1-D2BA-418A-A9D8-62105212DC79}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2883,51 +3893,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -3104,537 +4114,362 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000A2C60"/>
-[...19 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...100 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>651</Words>
-  <Characters>3711</Characters>
+  <Words>627</Words>
+  <Characters>3579</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
+  <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>Microsoft</Company>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4354</CharactersWithSpaces>
+  <CharactersWithSpaces>4198</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>DNA7 X86</dc:creator>
+  <dc:creator>10-komputer</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>