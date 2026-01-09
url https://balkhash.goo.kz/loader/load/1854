--- v0 (2025-12-16)
+++ v1 (2026-01-09)
@@ -1,2842 +1,541 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00D14D94" w:rsidRDefault="00D14D94" w:rsidP="00D14D94">
-[...315 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>КММ "Жалпы білім беретін мектеп – интернаты"Балқаш қаласының</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156"/>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156"/>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156"/>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156"/>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156"/>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156"/>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156"/>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t xml:space="preserve">Сыныптан тыс іс-шара </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>"Көңілді старт "</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156"/>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156"/>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156"/>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156"/>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156"/>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156"/>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156"/>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t xml:space="preserve">Сыныптар: 1 – 4 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
         <w:t>Дата: 6.12.2016</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D14D94" w:rsidRDefault="00D14D94" w:rsidP="007F4DF3">
-[...271 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156"/>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156"/>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Дене шынықтыру мұғалімі: Тайпаков м. М.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156"/>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156"/>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156"/>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156"/>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156"/>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156"/>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156"/>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156"/>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156"/>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156"/>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156"/>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156"/>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Мақсаттары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>1.Салауатты өмір салтын насихаттау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>2.Тәрбие сезімін, серіктестік, қол ұшын беру, шығармашылық ойлау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>3.Тәрбие "салауатты өмір салтын ұстануды бақталастық".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Құрал-жабдық: кегли, үлкен доптар, шелектер, секіргіш заттары бар. бас киім, күртеше, қолғап, портфельдер, шарфтар, қолшатырлар, шығыршықтар, доптар, баскетбол.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Сабақтың барысы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t xml:space="preserve"> Құру. Командаларды таныстыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>– Міне біз және экология бір-бірін. Алматыда "Көңілді старт" сайысында жеңіс үшін команда беріледі, 3 ұпай, жеңіліс үшін – 1 ұпай. Кезінде ничейном салдарынан команда алады 2 ұпай. Бағалау кезінде ескеріледі мінез-құлық, команда. Ойын соңында сізді күтуде "тосын сый".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Әр стартта үлесі әзілдер,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Жоқпыз, біз бірде-бір уақыттары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Мейлі, көңілді күлкі естіледі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Алда жетістік.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Біз қазылар алқасы сізге ұсынамыз</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Мен барлығына сәттілік тілейміз тілейміз...</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Ұсыну қазылар алқасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Жүргізуші: сонымен біз бастаймыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Жиырма бірінші ғасыр ұнатады</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Сүйетін жылдам жүгіру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Сұраймыз концерт</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Жоғалтпау кроссовки өзінің және штиблеты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t xml:space="preserve">1 конкурс "Жүгіру эстафетными палочками үшін" әрпімен. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Біз шығамыз қызықты саяхат. Ауа райы тамаша, көңіл-күй жауынгерлік дайынбыз та бой жазуға қораға шықты алдындағы алыс қымбат. Пробуем өзінің командалық күшін бірінші эстафетаға.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t xml:space="preserve"> Балалар эстафетными палочками кезек бойынша жүгіруде мәреге дейін, пролезая жолында екі шеңбер, тамаша бір әріпті қайтарылады командасына береді келесі ойыншыға эстафеталық таяқшаны, ал әріпті салады кері жағы. Соңында эстафета складывают деген сөз "Волейбол". Кім бірінші сложил деген сөз, сол жеңді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>2. "Үлкен спорт"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Жүргізуші: Бастаймыз спорттық екінші кезең,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>"Көңілді старт" анам бізді қарсы алды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>Цели</w:t>
-[...1126 lines deleted...]
-        </w:rPr>
+        <w:t>Доп барлық снаряд белгілі,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Әдемі, пайдалы,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Көп доппен жарыс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t xml:space="preserve"> Біз сіздерге оларды алдын-ала дайындаймыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Мәреге дейін жүргіземіз доп баскетбол, ал кері футбол, обводя жолында кегли.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>3 конкурс "Барамыз друга в школу"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Таңдау ойыншы, сіз мектепке дайындау. Әр ойыншы жүгіріп барады мәреге берет тек бір нәрсе, қайтып Жүгіреді келесі. Қалған ойыншылар көмектеседі киіп принесенную затты ойыншы. Барлық киімдер киіп, таңдалған ойыншы қашады мәреге дейін және кері. (Заттар: кеудеше, 2 қолғап, шарф, бас киім, қолшатыр, портфель)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>4 конкурс "егін Жинау"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Еденде 5 кружочков. "Сигналы бойынша отырғызу" шелектің екі айтысы " көрінісін тамашалады, содан кейін, обогнув орындық, қайтып, берсін шелек болады. Екінші ойыншы жинайды, көкөністер. Кім жылдам?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>6 конкурс "Ұшу яги"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>- Угадайте батыры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Бұл кемпірі бар –</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Кейде мейірімді және зұлым,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Мәңгі в ступе және метлой</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>- Ниетін берді. (Мыстан Кемпір).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t xml:space="preserve"> Тапсырма – непременными атрибуттары яги болды ступа және сыпырғыш. Біз орнына ступы алайық шелек (қорапқа). Керек және бір аяқпен шелек, басқа аяғын қалдыру, жер бетіндегі. Бір қолмен ұстап шелек тұтқасынан, ал екіншісі – сыпырғыш. Мұндай жағдай керек, бүкіл қашықтықты және беру "ступу" және "метлу" келесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>7 конкурс "Дымбілмес әуе шарында"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>- Угадайте батыры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Заманауи әйелдерге арналған гүлді қалашық бір ертегі бар,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Ал оған батыр – мальчонка тентек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Ол ештеңе білмейді, әрқашан озорничает,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Маған, балалар, кім бұл? (Дымбілмес)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t xml:space="preserve"> Тапсырма – есте батыры ертегі Николай Носовтың Дымбілмес, летал достарымен әуе шарында. Себетімен бізге шелек болады. Шелекке қойыңыз заттар қатысушылардың саны бойынша. Шелек және шариком ойыншы жүгіріп барады желісі мәреге орналасқан шеңбер. Ойыншы, добежав, выкладывает " шеңбер бір пән шелек қайтып, команда, ол шелек және әуе шары келесі қатысушыға беріледі. Және – соңғы ойыншы. Соңғы қатысушы жинайды заттарды шелек қайтарады командасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>8 сайысы, капитандар үшін "Не урони шарик".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>Вечно в ступе и с метлой</w:t>
-[...814 lines deleted...]
-      </w:pPr>
+        <w:t>Шарик арасындағы лбами, кім көп присядет. Капитандар таңдайды, өзіне көмекшілер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>9 "байқауы Жүгіру бір связке керек".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Қаласаң сенімділігін тексеру досы, бери, оның таулар, сапқа тұр, онымен бір связку және убедись, ол сенімді досымыз. Біз күтеді эстафета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>10 конкурс "Қиын"эстафетасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Керек спустится алқабына. Ол үшін келесі тапсырмалар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>-жүгіру бойынша извилистой жолда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>-секіру арқылы скакалку;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>-секіру бойынша "кочкам";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>-допты түсу шеңбер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>-взять доп қоюға жуық "кочки" мен жүгіре командасына.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>11 байқауы "Эстафетасы Көмектес капитанына".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t xml:space="preserve"> Сонымен, біз приближаемся мақсатқа. Біз спустились " тамаша таулы алқабына, зеленеет лужок, гүлдер гүлдеп тұр, естіледі сыңғырлаған құс трели. Осы полянке бізді тосын сый күтіп тұр, алады оны команда, ол болады өте тату, тәсілқой, ал команда капитаны - ең мықты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Капитан допты бақылау белгіде тұр, команда. Команда алдында тұр капитаны колоннада бір-бірден. Капитан кидает доп ойыншылардың команда кезек-кезек. Әр ойыншы қабылдағаннан кейін допты қайтарады доп капитанға және приседает. Берілгеннен кейін, допты соңғы ойыншы, команда туындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Қорытындылау жарыс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>МОЛОДЦЫ! Біз сізбен өтті ұзақ және қиын мақсатқа ұмтылу жолы. Мүмкіндіктеріңіз тексеруге өз күшін, төзімділігін, ал сіздің жолдастар рет сезінуде сіздің мықты иық. Сіз барлық өзін танытып, жоғары деңгейде. Бірақ, "тосын сый" бұйырады ең мықты команда. Ал кім ең күшті, біздің төрешілер шешеді. Назар аударыңыз! Сөз судьяларына.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B4156" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Судьяның анықталуда жалпы саны балдардың хабарлайды қатысушылар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA68A7" w:rsidRDefault="005B4156" w:rsidP="005B4156">
+      <w:r>
+        <w:t>Марапаттау.</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="007A1046" w:rsidRPr="00D14D94" w:rsidSect="00D14D94">
+    <w:sectPr w:rsidR="00EA68A7">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...14 lines deleted...]
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...129 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="98"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007F4DF3"/>
-[...15 lines deleted...]
-    <w:rsid w:val="00EC1740"/>
+    <w:rsidRoot w:val="00BC371C"/>
+    <w:rsid w:val="005B4156"/>
+    <w:rsid w:val="00BC371C"/>
+    <w:rsid w:val="00EA68A7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3E6F0DD0"/>
-  <w15:docId w15:val="{75110D6D-6FCA-48C7-BFC4-77FAD2302F5B}"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{3C6FBC81-2B6C-4CEB-8653-830F68DA2DD7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="288" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2891,51 +590,51 @@
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2951,51 +650,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -3169,1090 +868,365 @@
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a0">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007F4DF3"/>
-[...2 lines deleted...]
-    </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
-[...210 lines deleted...]
-  <w:style w:type="character" w:default="1" w:styleId="a1">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a2">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a3">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...471 lines deleted...]
-    <w:rsid w:val="007F4DF3"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Классическая 2">
+    <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Arial"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
-[...5 lines deleted...]
-        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
-        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
-        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Arial"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
-[...2 lines deleted...]
-        <a:font script="Hant" typeface="微軟正黑體"/>
+        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4861</Characters>
+  <Pages>4</Pages>
+  <Words>784</Words>
+  <Characters>4470</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>37</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5702</CharactersWithSpaces>
+  <CharactersWithSpaces>5244</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>admin</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>10-komputer</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>