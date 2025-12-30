--- v0 (2025-12-09)
+++ v1 (2025-12-30)
@@ -1,1417 +1,398 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00126FBC" w:rsidRPr="00126FBC" w:rsidRDefault="00126FBC" w:rsidP="00126FBC">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00CF23BF" w:rsidRPr="00CF23BF" w:rsidRDefault="00CF23BF" w:rsidP="00CF23BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00126FBC">
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF23BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...195 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Департамент Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Карагандинской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF23BF" w:rsidRPr="00CF23BF" w:rsidRDefault="00CF23BF" w:rsidP="00CF23BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF23BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00126FBC" w:rsidRPr="00126FBC" w:rsidRDefault="00126FBC" w:rsidP="00126FBC">
-[...6 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00CF23BF" w:rsidRPr="00CF23BF" w:rsidRDefault="00CF23BF" w:rsidP="00CF23BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF23BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>  В случае возникновения административных барьеров в ходе получения государственных услуг, в том числе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF23BF" w:rsidRPr="00CF23BF" w:rsidRDefault="00CF23BF" w:rsidP="00CF23BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF23BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- Истребования документов не предусмотренных Стандартом государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF23BF" w:rsidRPr="00CF23BF" w:rsidRDefault="00CF23BF" w:rsidP="00CF23BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF23BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- Нарушения срока оказания государственной услуги, утвержденного Стандартом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF23BF" w:rsidRPr="00CF23BF" w:rsidRDefault="00CF23BF" w:rsidP="00CF23BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF23BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-  Необоснованного отказа в оказании государственной услуги и т.д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF23BF" w:rsidRPr="00CF23BF" w:rsidRDefault="00CF23BF" w:rsidP="00CF23BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF23BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вы можете обратиться в Департамент Агентства Республики Казахстан по делам государственной службы и противодействию коррупции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF23BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>по Карагандинской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF23BF" w:rsidRPr="00CF23BF" w:rsidRDefault="00CF23BF" w:rsidP="00CF23BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2832"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF23BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Город  Караганда, бульвар Мира, 39.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF23BF" w:rsidRPr="00CF23BF" w:rsidRDefault="00CF23BF" w:rsidP="00CF23BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2832"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF23BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тел.: 8 7212 50 40 66</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF23BF" w:rsidRPr="00CF23BF" w:rsidRDefault="00CF23BF" w:rsidP="00CF23BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2832"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF23BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8 747 001 35 51</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF23BF" w:rsidRPr="00CF23BF" w:rsidRDefault="00CF23BF" w:rsidP="00CF23BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2832"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF23BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8 747 001 35 47</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF23BF" w:rsidRPr="00CF23BF" w:rsidRDefault="00CF23BF" w:rsidP="00CF23BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2832"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF23BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8 747 001 35 48</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F4478" w:rsidRPr="00CF23BF" w:rsidRDefault="002F4478" w:rsidP="00CF23BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2832"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidRPr="00126FBC">
-[...1086 lines deleted...]
-    <w:sectPr w:rsidR="00E24452" w:rsidRPr="00126FBC">
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="002F4478" w:rsidRPr="00CF23BF">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005375D8"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E24452"/>
+    <w:rsidRoot w:val="008C2604"/>
+    <w:rsid w:val="000016F9"/>
+    <w:rsid w:val="00040856"/>
+    <w:rsid w:val="00042C64"/>
+    <w:rsid w:val="000474E1"/>
+    <w:rsid w:val="00122BB1"/>
+    <w:rsid w:val="001B0F27"/>
+    <w:rsid w:val="00204154"/>
+    <w:rsid w:val="00214745"/>
+    <w:rsid w:val="002437C9"/>
+    <w:rsid w:val="002F4478"/>
+    <w:rsid w:val="002F7562"/>
+    <w:rsid w:val="0039669D"/>
+    <w:rsid w:val="0042502A"/>
+    <w:rsid w:val="00446CAA"/>
+    <w:rsid w:val="004612C7"/>
+    <w:rsid w:val="00470F3C"/>
+    <w:rsid w:val="004E7E10"/>
+    <w:rsid w:val="00517A73"/>
+    <w:rsid w:val="005A01DF"/>
+    <w:rsid w:val="005C44DE"/>
+    <w:rsid w:val="005E5C36"/>
+    <w:rsid w:val="0068331C"/>
+    <w:rsid w:val="006D17A4"/>
+    <w:rsid w:val="007A55A4"/>
+    <w:rsid w:val="0083387B"/>
+    <w:rsid w:val="008C2604"/>
+    <w:rsid w:val="008D341C"/>
+    <w:rsid w:val="00916787"/>
+    <w:rsid w:val="00A613E1"/>
+    <w:rsid w:val="00A66453"/>
+    <w:rsid w:val="00A66DEE"/>
+    <w:rsid w:val="00AA34F6"/>
+    <w:rsid w:val="00AA3914"/>
+    <w:rsid w:val="00AD523A"/>
+    <w:rsid w:val="00B11695"/>
+    <w:rsid w:val="00B364AD"/>
+    <w:rsid w:val="00BA4FB8"/>
+    <w:rsid w:val="00BE4B6A"/>
+    <w:rsid w:val="00CC59B0"/>
+    <w:rsid w:val="00CF23BF"/>
+    <w:rsid w:val="00D251C1"/>
+    <w:rsid w:val="00D40F65"/>
+    <w:rsid w:val="00D95668"/>
+    <w:rsid w:val="00E415CA"/>
+    <w:rsid w:val="00F560B2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1776,79 +757,80 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="505746858">
+    <w:div w:id="1043676767">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1184709163">
+        <w:div w:id="256986115">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -2103,54 +1085,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>108</Words>
-  <Characters>622</Characters>
+  <Words>107</Words>
+  <Characters>612</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>Computer</Company>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>*</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>729</CharactersWithSpaces>
+  <CharactersWithSpaces>718</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>АЙЗ</dc:creator>
+  <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>