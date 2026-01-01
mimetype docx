--- v0 (2025-12-10)
+++ v1 (2026-01-01)
@@ -1,20439 +1,1709 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="714742A9" w14:textId="77777777" w:rsidR="0093508C" w:rsidRPr="0093508C" w:rsidRDefault="0093508C" w:rsidP="0093508C">
+    <w:p w14:paraId="1B4A4839" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRPr="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0093508C">
+      <w:r w:rsidRPr="00EA08DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Мектепке</w:t>
-[...259 lines deleted...]
-    <w:p w14:paraId="55D539D1" w14:textId="77777777" w:rsidR="0093508C" w:rsidRPr="0093508C" w:rsidRDefault="0093508C" w:rsidP="0093508C">
+        <w:t>Об утверждении Правил психолого-педагогического сопровождения в организациях дошкольного, среднего, технического и профессионального, послесреднего образования, дополнительного образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BC18056" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRPr="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0093508C">
+      <w:r w:rsidRPr="00EA08DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Қазақстан</w:t>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 12 января 2022 года № 6. Зарегистрирован в Министерстве юстиции Республики Казахстан 18 января 2022 года № 26513.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="572DD69E" w14:textId="4468BF02" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="148F4949" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      Сноска. Заголовок - в редакции приказа Министра просвещения РК от 29.09.2023 № 300 (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57FB3FD9" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CCD48DD" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      В соответствии с подпунктом 31) статьи 5 Закона Республики Казахстан "Об образовании" ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A7128BE" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7234CE6C" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Министра просвещения РК от 29.09.2023 № 300 (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EDFF76C" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      1. Утвердить Правила психолого-педагогического сопровождения в организациях дошкольного, среднего, технического и профессионального, послесреднего образования, дополнительного образования согласно приложению к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2123E38C" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78DD2854" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра просвещения РК от 29.09.2023 № 300 (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="576120BD" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      2. Комитету дошкольного и среднего образования Министерства образования и науки Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4431E72C" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="497E6E22" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1253DE74" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3689C249" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      2) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DEF428F" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ED95233" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="323337BC" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71EDEC87" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра образования и науки Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F97F0F3" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13038880" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      4. Настоящий приказ вводится в действие после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09985166" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="337760B1" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05C52758" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      Министр образования и науки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7783018E" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>А. Аймагамбетов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77DF9354" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...1547 lines deleted...]
-    <w:p w14:paraId="763412E0" w14:textId="77777777" w:rsidR="0093508C" w:rsidRDefault="0093508C" w:rsidP="0093508C">
+      <w:r>
+        <w:tab/>
+        <w:t>Приложение к приказу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5723E956" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Министр образования и науки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17BB70C5" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CE1F7F5" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>от 12 января 2022 года № 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53F222EE" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Правила психолого-педагогического сопровождения в организациях дошкольного, среднего, технического и профессионального, послесреднего образования, дополнительного образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B32F5C2" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      Сноска. Правила - в редакции приказа и.о. Министра просвещения РК от 28.06.2024 № 165 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D0AB92A" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F6E681B" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="299CCA92" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      1. Настоящие Правила психолого-педагогического сопровождения в организациях дошкольного, среднего, технического и профессионального, послесреднего образования, дополнительного образования (далее – Правила) разработаны в соответствии с подпунктом 31) статьи 5 Закона Республики Казахстан "Об образовании" и определяют порядок организации психолого-педагогического сопровождения в организациях дошкольного, среднего, технического и профессионального, послесреднего образования, дополнительного образования (далее – организации образования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F14190E" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41121C02" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      2. В настоящих Правилах используются следующие понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EC93E2F" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39637986" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      1) специальные условия для получения образования – условия, включающие учебные, а также специальные, индивидуально-развивающие и коррекционно-развивающие программы и методы обучения, технические, учебные и иные средства, среду жизнедеятельности, психолого-педагогическое сопровождение, медицинские, социальные и иные услуги, без которых невозможно освоение образовательных программ лицами (детьми) с особыми образовательными потребностями, а также детьми с ограниченными возможностям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3839EB9D" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2110A906" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      2) лица (дети) с особыми образовательными потребностями – лица (дети), которые испытывают постоянные или временные потребности в специальных условиях для получения образования соответствующего уровня и дополнительного образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17310D7E" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FDF6B19" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      4. Осы </w:t>
-[...1757 lines deleted...]
-    <w:p w14:paraId="0EE433E5" w14:textId="77777777" w:rsidR="0093508C" w:rsidRDefault="0093508C" w:rsidP="0093508C">
+        <w:t xml:space="preserve">      3) оценка особых образовательных потребностей – определение необходимых специальных условий для получения образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="491C6D22" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62937D07" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      4) психолого-педагогическое сопровождение – системно-организованная деятельность, реализуемая в организациях образования, в процессе которой создаются социальные и психолого-педагогические условия для успешного обучения и развития обучающихся, в том числе лиц (детей) с особыми образовательными потребностями, на основе оценки особых образовательных потребностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F3060EA" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E02D604" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Глава 2. Порядок психолого-педагогического сопровождения в организациях образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DD9053D" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      3. Психолого-педагогическое сопровождение включает в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29AAA7F7" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12FA680E" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      1) выявление трудностей в обучении, воспитании и развитии и оценку особых образовательных потребностей, обучающихся/воспитанников, в том числе лиц (детей) с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B7692D7" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EEC0CF5" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      2) консультативно-методическую помощь педагогам и семьям обучающихся/воспитанников, в том числе лиц (детей) с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40B9FE74" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A636DE6" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      3) создание социальных и психолого-педагогических условий для успешного обучения, развития и социализации, обучающихся/ воспитанников, в том числе лиц (детей) с особыми образовательными потребностями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="137BEE85" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="147A0F41" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      4. Психолого-педагогическое сопровождение осуществляется на основе оценки особых образовательных потребностей:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29A7E72A" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="295BF2BA" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      1) педагогами в классе (группе) в отношении обучающихся/воспитанников с применением индивидуального и дифференцированного подходов в обучении;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="477B9373" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AD4805C" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      2) специалистами психолого-педагогического сопровождения организации образования с применением индивидуально-развивающих и коррекционно-развивающих программ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="754D449A" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="304DB977" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      3) организацией образования с привлечением узких специалистов (сурдопедагог, тифлопедагог, клинический психолог), а также во взаимодействии с заинтересованными органами и организациями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30D0C4E7" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="541E8E02" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      5. Психолого-педагогическое сопровождение осуществляется для обучающихся/воспитанников, в том числе лиц (детей) с особыми образовательными потребностями:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="333AD67E" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73436B99" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      4) </w:t>
-[...1486 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">      1) с поведенческими и эмоциональными проблемами, неблагоприятными психологическими факторами (нарушений воспитания в семье, детско-родительских и внутрисемейных отношений);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C83C5E3" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="664B98AA" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      2) с барьерами социально-психологического, экономического, языкового культурного характера (педагогическая запущенность детей из семей социального риска, дети, испытывающие трудности адаптации в обществе (семьи беженцев, мигрантов, кандасов);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D2C8DB1" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3144BAA2" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      3) с ограниченными возможностями развития (нарушениями слуха, зрения, интеллекта, речи, опорно-двигательного аппарата, задержкой психического развития и эмоционально-волевыми расстройствами).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34B8B218" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C950302" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      6. Психолого-педагогическое сопровождение осуществляется:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BA137B8" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22E37F70" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      1) для обучающихся/ воспитанников, в том числе лиц (детей) с особыми образовательными потребностями, указанных в подпунктах 1) и 2) пункта 5 настоящих Правил, в процессе занятий/уроков, факультативов, предметных кружков и дополнительных занятий по предметам воспитателями/педагогами, а также педагогами-психологами, социальными педагогами на основе оценки особых образовательных потребностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C9CAD41" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71AF479D" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      2) для детей с ограниченными возможностями в процессе занятий/уроков, факультативов, предметных кружков и дополнительных занятий по предметам воспитателями/педагогами, а также специальными педагогами, психологами, социальными педагогами, педагогами-ассистентами на основе оценки особых образовательных потребностей и рекомендаций психолого-медико-педагогических консультаций (далее – ПМПК).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C5B4A4B" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="053E0D9F" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      7. Содержание психолого-педагогического сопровождения включает следующие социально-психологические и педагогические условия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="389D2F4E" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="012C9310" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      1) изменения учебного плана и учебных программ в виде адаптации общеобразовательных учебных программ или составления индивидуальных учебных планов и программ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26128A7B" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="305756F8" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      2) изменения способов оценивания результатов обучения (достижений ученика). При изменении способов оценивания подбираются контрольные задания и критерии оценивания с учетом индивидуальных возможностей учащегося и с учетом содержания реализуемой учебной программы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21B0359C" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="000564C6" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      3) использование вариативных, специальных и альтернативных методов обучения. Форма или способ применения методов обучения адаптируются под индивидуальные особенности ученика (уменьшение </w:t>
+      </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      1) </w:t>
-[...1686 lines deleted...]
-      </w:pPr>
+        <w:t>объема, количества заданий, сокращение или увеличение времени на выполнение заданий, упрощение учебных заданий, использование коротких и поэтапных инструкций, проговаривание заданий вслух, предоставление образцов выполнения заданий, таблицы, справочные материалы). Альтернативные методы и технологии обучения применяются в отношении учащихся со специфическими трудностями обучения, обусловленными нарушениями отдельных психических функций (восприятия, памяти, внимания, праксиса). Альтернативные методы и технологии обучения используются в индивидуально-развивающей работе педагогами-психологами и специальными педагогами (метод глобального чтения, обучение счету посредством методики "Нумикон", системы Монтессори).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69F7B983" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F94B3EA" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      4) подбор учебников, учебных пособий, подготовка индивидуальных учебных материалов. Специальные учебники, рабочие тетради и учебные материалы используются для детей с нарушениями зрения (книги с укрупненным шрифтом, учебные пособия для незрячих, напечатанные шрифтом Брайля; рельефные рисунки, схемы, специальные муляжи), опорно-двигательного аппарата (прописи с крупным шрифтом), слуха (учебные пособия с использованием символов (жестовой речи), видеоматериалы с титрами, учебные компьютерные программы), нарушениями интеллекта. Учебники и учебно-методические комплексы, изданные для специальных школ соответствующего вида;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66C6F571" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79C2DD4B" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      5) выбор формы обучения. Обучение и воспитание детей с ограниченными возможностями в общеобразовательной группе/классе, в специальной группе/классе общеобразовательной организации или в специальной дошкольной организации, в специальной школе (с согласия родителей и по рекомендации ПМПК), на дому (по заключению врачебно-консультационной комиссии (ВКК));</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43B08001" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="652B86A5" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      6) создание безбарьерной среды и адаптация места обучения для обеспечения физического доступа в организацию образования для лиц (детей) с особыми образовательными потребностями: 1) с ограниченной мобильностью (подвоз к школе, пандусы, перила, подъемники, лифт, специально оборудованное учебное место (стол, стул), места общего пользования (туалет, столовая)), 2) с нарушением зрения (незрячих, слабовидящих) (тактильные дорожки, тактильные указатели, перила), 3) с нарушением слуха (визуальные таблицы, звукоусиливающая аппаратура). Адаптация учебного места предполагает приспособление среды обучения под индивидуальные особенности лиц (детей) с особыми образовательными потребностями (физические особенности (слух, зрение), поведенческие особенности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51D95171" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19162C4D" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      7) использование технических вспомогательных (компенсаторных) средств и специальных средств передвижения для обучающихся с </w:t>
+      </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      3) </w:t>
-[...2355 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>ограниченными возможностями (нарушениями опорно-двигательного аппарата, слуха, зрения, речи), полученные в соответствии с приказом Заместителя Премьер-Министра - Министра труда и социальной защиты населения Республики Казахстан от 30 июня 2023 года № 284 "Об утверждении Классификатора технических вспомогательных (компенсаторных) средств, специальных средств передвижения и услуг, предоставляемых лицам с инвалидностью" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 32984). Организации образования для создания специальных условий приобретают и используют технические вспомогательные (компенсаторные) средства и специальные средства передвижения, развивающее оборудование в соответствии с приказом Министра образования и науки Республики Казахстан от 22 января 2016 года № 70 "Об утверждении норм оснащения оборудованием и мебелью организаций дошкольного, среднего образования, а также специальных организаций образования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 13272);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02AE4E0F" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73F53EE2" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      8) специальная психолого-педагогическая поддержка (психолога, специального педагога, педагога-ассистента) детей с ограниченными возможностями осуществляется на основе заключения и рекомендации ПМПК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="227A4F1B" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="493971AF" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      8. Психолого-педагогическое сопровождение реализуется в соответствии с Уставом организации образования, нормативными правовыми актами в области образования и науки, настоящим Правилами, договором между организацией образования и родителями обучающихся/воспитанников, в том числе лиц (детей) с особыми образовательными потребностями. Педагоги психолого-педагогического сопровождения входят в состав педагогического совета организации образования, участвуют в работе методических объединений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BCB2D3A" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C92DE10" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      9. Психолого-педагогическое сопровождение в организациях образования состоит из двух этапов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="295DFD68" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15CF4059" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      Первый этап:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AE44756" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32918024" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      Руководитель общеобразовательной организации образования издает приказ и утверждает Положение об организации психолого-педагогического сопровождения, утверждает состав и должностные обязанности специалистов психолого-педагогического сопровождения, создает условия для профессионального роста педагогов и специалистов на междисциплинарной основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12EDAD03" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43130DF4" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      Заместители руководителя организации образования организуют процесс оценки образовательных потребностей обучающихся, регулируют </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>(</w:t>
-[...1848 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>взаимодействие воспитателей/педагогов, специалистов и родителей на этапе проведения оценки образовательных потребностей и в процессе психолого-педагогического сопровождения обучающихся/воспитанников, в том числе лиц (детей) с особыми образовательными потребностями, контролируют сбор и формирование документации специалистов, осуществляющих психолого-педагогическое сопровождение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D0B1684" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D6BADBB" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      Классные руководители/кураторы организуют взаимодействие педагогов-предметников и родителей, изучают социальную ситуацию развития ребенка совместно с социальным педагогом организации образования, создают условия для благоприятного эмоционально-психологического климата в урочное и внеурочное время.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66F4A85C" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52EBD1EC" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      Педагоги организации образования изучают индивидуальные способности, интересы, склонности и потребности обучающихся, воспитанников, проводят мониторинг учебных достижений с целью установления трудностей у обучающихся/воспитанников в освоении учебных программ, консультируют родителей и иных законных представителей, соблюдают профессиональную этику и конфиденциальность в отношении индивидуальных особенностей обучающихся/воспитанников, в том числе лиц (детей) с особыми образовательными потребностями, при необходимости обращаются за консультацией к психологам, социальным педагогам или специальным педагогам организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BE13848" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A38EB10" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      Педагоги-психологи оказывают психолого-педагогическое сопровождение обучающимся/воспитанникам, в том числе лицам (детям) с особыми образовательными потребностями в форме консультаций, индивидуальных, подгрупповых и групповых развивающих занятий, оказывают консультативную помощь и психологическую поддержку обучающимся, воспитанникам, педагогам, родителям или иным законным представителям в решении психологических проблем, связанных с трудностями в образовательной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="049E948A" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52B52FCC" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      Социальные педагоги выявляют интересы и потребности обучающихся и воспитанников, определяют задачи, формы, методы социально-педагогической работы, способы решения личных и социальных проблем ребенка, принимают меры по социальной защите и социальной помощи в реализации прав и свобод личности обучающихся, воспитанников, осуществляет комплекс мер по воспитанию, образованию, развитию и социальной защите обучающихся, воспитанников в организациях образования и по месту жительства, обеспечивающих адаптацию личности к жизни в обществе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BF791C2" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="339F817D" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      Второй этап:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0937733A" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F4C313E" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>психологиялық-педагогикалық</w:t>
-[...1939 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">      На основе оценки особых образовательных потребностей или рекомендации ПМПК руководитель организации образования утверждает индивидуальные программы психолого-педагогического сопровождения лиц (детей) с особыми образовательными потребностями, включающие индивидуальные учебные планы и программы, индивидуально- развивающие и коррекционно-развивающие программы специалистов, список детей с особыми образовательными потребностями для психолого-педагогического сопровождения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1909E1B5" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B24897D" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      Заместители руководителя организации образования организуют и контролируют процесс психолого-педагогического сопровождения, участвуют в составлении индивидуальной программы психолого-педагогического сопровождения лиц (детей) с особыми образовательными потребностями, обсуждении результатов сопровождения, динамики развития воспитанника, учебных достижений обучающегося, включают воспитанников/обучающихся с ограниченными возможностями во внеклассные и досуговые мероприятия, в целях повышения эффективности процесса индивидуального сопровождения лиц (детей) с особыми образовательными потребностями осуществляют ротацию педагогов-ассистентов в организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33BB44BF" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3249200A" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      Педагоги организации образования выполняют адаптацию учебных программ, индивидуализируют процесс обучения и оценки достижений лиц (детей) с особыми образовательными потребностями, восполняя пробелы в знаниях, умениях, навыках, подбирают учебники, учебные материалы, организуют учебно-воспитательный процесс с учетом индивидуальных особенностей развития лиц (детей) с особыми образовательными потребностями, создают атмосферу эмоционального комфорта на занятиях/уроках и во внеклассной деятельности с целью сохранения физического, психического и нравственного здоровья лиц (детей) с особыми образовательными потребностями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A5EF281" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="678A14A7" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      Педагог-ассистент помогает формированию у лиц (детей) с особыми образовательными потребностями способность выполнять правила поведения на занятиях/уроках и самостоятельную учебную деятельность через индивидуальное сопровождение. Предоставление услуг педагога-ассистента на постоянной основе обучающимся с нарушениями психофизического развития и поведения осуществляется на основании рекомендаций ПМПК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37474A0C" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44F0801B" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      Решением заседания психолого-педагогического сопровождения услуги педагога-ассистента, обучающимся с легкими поведенческими проблемами и трудностями адаптации в классе, предоставляются только на одну четверть. Дальнейшая потребность в помощи педагога-ассистента определяется ПМПК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="596F6C2A" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="229577BA" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>бағдарламаларын</w:t>
-[...1869 lines deleted...]
-        <w:t>психологиялық-</w:t>
+        <w:t xml:space="preserve">      Потребность в помощи педагога-психолога или социального педагога определяется оценкой психолого-педагогического сопровождения организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B1EE6B2" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B85297C" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      Специальные педагоги, педагог-ассистент реализуют и участвуют в оценке образовательных потребностей детей с ограниченными возможностями, в составлении индивидуальных программ психолого-педагогического сопровождения, в том числе индивидуальных учебных планов и программ, индивидуально- развивающих и коррекционно-развивающих программ, проводят индивидуальные, групповые, подгрупповые развивающие занятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E954653" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FB7B48B" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      10. Для проведения подгрупповых (2-4 ребенка), групповых (6-8 детей) занятий специальные педагоги объединяют лиц (детей) с особыми образовательными потребностями по принципу идентичности нарушений в развитии. Количество индивидуальных, подгрупповых, групповых занятий в неделю для лиц (детей) с особыми образовательными потребностями устанавливается с учетом их индивидуальных образовательных потребностей и возможностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="559622E5" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BC58254" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      11. Индивидуальные, подгрупповые и групповые занятия для детей с ограниченными возможностями проводятся на основе коррекционно-развивающих программ, разработанных специальными педагогами в рамках коррекционного компонента в соответствии с приказом Министра просвещения Республики Казахстан от 3 августа 2022 года № 348 "Об утверждении государственных общеобязательных стандартов дошкольного воспитания и обучения, начального, основного среднего и общего среднего, технического и профессионального, послесреднего образования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 29031).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6325DA3B" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E32043E" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      Индивидуальные, подгрупповые и групповые занятия для обучающихся/воспитанников, в том числе лиц (детей) с особыми образовательными потребностями, указанных в подпунктах 1) и 2) пункта 5 настоящих Правил проводятся в соответствии с индивидуально-развивающими программами, разработанными специалистами службы психолого-педагогического сопровождения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FD98D33" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="780AACB9" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      Продолжительность индивидуального, подгруппового и группового занятия для детей дошкольного возраста составляет от 35 до 45 мин, для школьного возраста – 45 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C91352F" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79B22F33" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      12. Для проведения специалистами службы психолого-педагогического сопровождения индивидуальных, подгрупповых, групповых занятий с детьми с особыми образовательными потребностями в организациях </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>педагогикалық</w:t>
-[...3872 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>образования предусматриваются кабинеты, оснащенные оборудованием и мебелью в соответствии с приказом Министра образования и науки Республики Казахстан от 22 января 2016 года №70 "Об утверждении норм оснащения оборудованием и мебелью организаций дошкольного, среднего образования, а также специальных организаций образования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 13272).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43C9C3A5" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E635E32" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      13. Объем и содержание психолого-педагогического сопровождения, в котором нуждается ребенок, соответствует оценке особых образовательных потребностей, проводимой несколько раз в течение учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3521620E" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CBB8E46" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      14. Для создания специальных условий для детей с ограниченными возможностями в организации образования создаются специальные группы/классы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="224DEF72" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22E79DFD" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      15. Психолого-педагогическое сопровождение обучающихся/ воспитанников, в том числе лиц (детей) с особыми образовательными потребностями на основе оценки особых образовательных потребностей осуществляется с 1 сентября текущего года по 25 мая следующего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AA4C7E1" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E94DBD5" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      16. Контроль процесса психолого-педагогического сопровождения осуществляет администрация организации образования на основе нормативных правовых актов, должностных обязанностей участников образовательного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FC22CBA" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="573ADE2B" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      17. Нормативная учебная нагрузка в неделю педагогов психолого-педагогического сопровождения дошкольной организации составляет 24 часа, организации среднего образования – 16 часов неделю в соответствии с Законом Республики Казахстан "О статусе педагога".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="086A088B" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66D665B4" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      Тарифные ставки (должностные оклады) в месяц педагогов – ассистентов выплачиваются в соответствии с нормативной учебной нагрузкой в неделю и устанавливаются, исходя из затрат их рабочего времени на сопровождение ребенка в астрономических часах. Короткие перерывы (перемены), предусмотренные между уроками/занятиями являются рабочим временем педагога-ассистента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A08A6D9" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48F5A15B" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      Количество лиц (детей) с особыми образовательными потребностями на 1 ставку логопеда (учителя-логопеда), психолога (педагога-психолога), специального педагога (дефектолога) в общеобразовательной организации составляет не более 12-14 детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="123C07B0" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23FFA66F" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      18. Для координации деятельности и методической помощи педагогам психолого-педагогического сопровождения на базе </w:t>
+      </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>қарым-қатынасы</w:t>
-[...1563 lines deleted...]
-      </w:pPr>
+        <w:t>общеобразовательных организаций приказом органа управления образования создаются областные (городские, районные) Ресурсные центры развития инклюзивных практик и обмена опытом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21A0AC58" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C007267" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      19. Участниками процесса психолого-педагогического сопровождения являются администрация, педагогические кадры (учителя, воспитатели, психолог (педагог-психолог), логопед (учитель-логопед), специальный педагог, социальный педагог, педагог-ассистент), работники организации образования, воспитанники/обучающиеся, в том числе лица (дети) с особыми образовательными потребностями и их родители (законные представители). Взаимоотношения участников образовательного процесса строятся на принципах гуманизации образования/воспитания и командного подхода.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2831A95E" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="143B4DB9" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      20. Администрация организует психолого-педагогическое сопровождение обучающихся/воспитанников, в том числе лиц (детей) с особыми образовательными потребностями, обеспечивает безопасную и психологическую комфортную среду на основе толерантной культуры поведения всех участников образовательного процесса. соблюдает конфиденциальность персональной информации о детях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42216C20" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="173DF120" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      21. Педагоги-психологи, педагоги организации образования имеют соответствующую профессионально-педагогическую подготовку по работе с детьми с особыми образовательными потребностями, осуществляют психолого-педагогическое сопровождение и обучение/воспитание детей на профессиональном уровне в соответствии с настоящими Правилами, приказом Министра образования и науки Республики Казахстан от 13 июля 2009 года № 338 "Об утверждении Типовых квалификационных характеристик должностей педагогов" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 5750), Уставом организации образования, договором с родителями (законными представителями).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E5828E0" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5724E174" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      22. Администрация и педагоги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CEA154E" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B4015F8" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      1) проводят опытно-экспериментальную работу, внедрение новых методик и технологий психолого-педагогического сопровождения в педагогическую практику;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6497B39E" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AD29D3A" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      2) осуществляют свободный выбор способов и форм организации психолого-педагогического сопровождения с учетом особых образовательных потребностей воспитанников/обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CE671F7" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FAEFDE6" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      3) участвуют в работе коллегиальных органов управления организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="574F536B" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19401B2C" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      4) повышают квалификацию по вопросам психолого-педагогического сопровождения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B5F1EA8" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B27EB4D" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      5) досрочно проходят аттестацию с целью повышения категории;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="657A9B66" w14:textId="77777777" w:rsidR="00EA08DB" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4415BA93" w14:textId="2BA87B43" w:rsidR="00F12C76" w:rsidRDefault="00EA08DB" w:rsidP="00EA08DB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      6) получают моральное и материальное поощрение за успехи в психолого-педагогической деятельности в виде государственных наград, почетных званий, премий и именных стипендий.</w:t>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F12C76" w:rsidSect="006C0B77">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="001164A2"/>
+    <w:rsidRoot w:val="00A36809"/>
     <w:rsid w:val="000116FC"/>
-    <w:rsid w:val="001164A2"/>
-    <w:rsid w:val="00512069"/>
+    <w:rsid w:val="00024401"/>
+    <w:rsid w:val="00526BAF"/>
     <w:rsid w:val="006C0B77"/>
     <w:rsid w:val="008242FF"/>
     <w:rsid w:val="00870751"/>
     <w:rsid w:val="00922C48"/>
-    <w:rsid w:val="0093508C"/>
+    <w:rsid w:val="00A36809"/>
     <w:rsid w:val="00B915B7"/>
+    <w:rsid w:val="00EA08DB"/>
     <w:rsid w:val="00EA59DF"/>
     <w:rsid w:val="00EE4070"/>
     <w:rsid w:val="00F12C76"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0E6020B3"/>
+  <w14:docId w14:val="798D7FB2"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{558DFD10-3289-4D8E-8448-C134D58AAB8D}"/>
+  <w15:docId w15:val="{896022D7-1593-4900-A558-9F63907CB0BB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -20761,100 +2031,95 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B915B7"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -21086,55 +2351,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>21134</Characters>
+  <Pages>12</Pages>
+  <Words>3777</Words>
+  <Characters>21534</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>176</Lines>
-  <Paragraphs>49</Paragraphs>
+  <Lines>179</Lines>
+  <Paragraphs>50</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>24792</CharactersWithSpaces>
+  <CharactersWithSpaces>25261</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>