--- v0 (2025-12-10)
+++ v1 (2026-01-11)
@@ -1,2547 +1,30854 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00B036B3" w:rsidRPr="00A136E7" w:rsidRDefault="00920E52">
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-[...1 lines deleted...]
-          <w:color w:val="002060"/>
+        <w:spacing w:before="75" w:line="252" w:lineRule="auto"/>
+        <w:ind w:left="485" w:right="529"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A136E7">
-[...8 lines deleted...]
-          <w:spacing w:val="-10"/>
+      <w:bookmarkStart w:id="0" w:name="Коммунальное_государственное_казённое_пр"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>Коммунальное</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A136E7">
-[...7 lines deleted...]
-          <w:color w:val="002060"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>государственное</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>казённое</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:spacing w:val="-9"/>
+          <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A136E7">
-[...42 lines deleted...]
-        <w:ind w:left="854" w:firstLine="211"/>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00A136E7">
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>предприятие</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="28"/>
+          <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A136E7">
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A136E7">
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-7"/>
-          <w:sz w:val="28"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A136E7">
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A136E7">
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00A01F50">
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-5"/>
-          <w:sz w:val="28"/>
+          <w:sz w:val="23"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ақбота</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A136E7">
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="00A136E7">
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>отдела образования</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="40"/>
-          <w:sz w:val="28"/>
+          <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A136E7">
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-        <w:t>бөбекжайы коммуналдық мемлекеттік</w:t>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>города</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>Балхаш</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>управления</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>Карагандинской</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>области объявляет конкурс</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B036B3" w:rsidRPr="00A136E7" w:rsidRDefault="00920E52">
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
       <w:pPr>
-        <w:ind w:left="143" w:right="126"/>
+        <w:spacing w:after="8" w:line="260" w:lineRule="exact"/>
+        <w:ind w:left="485" w:right="533"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
+          <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A136E7">
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A136E7">
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-5"/>
-          <w:sz w:val="28"/>
+          <w:spacing w:val="41"/>
+          <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A136E7">
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A136E7">
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-7"/>
-          <w:sz w:val="28"/>
+          <w:spacing w:val="46"/>
+          <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A136E7">
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A136E7">
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-9"/>
-          <w:sz w:val="28"/>
+          <w:spacing w:val="50"/>
+          <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A136E7">
-[...89 lines deleted...]
-      <w:r w:rsidRPr="00A136E7">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="28"/>
-[...38 lines deleted...]
-        <w:t>санатына байланысты төленеді.</w:t>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>воспитателя</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B036B3" w:rsidRPr="00A136E7" w:rsidRDefault="00920E52">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="128" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="393"/>
+        <w:gridCol w:w="2382"/>
+        <w:gridCol w:w="7558"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="1099"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="7"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:ind w:left="106" w:right="834"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="257" w:lineRule="exact"/>
+              <w:ind w:left="173"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Коммунальное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="46"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>государственное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="46"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>казённое</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="42"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>предприятие</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="46"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Ясли-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>сад</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8" w:rsidP="00A01F50">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="9" w:line="254" w:lineRule="auto"/>
+              <w:ind w:left="116" w:right="391"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00A01F50">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ақбота</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>отдела</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>города</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Балхаш</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>управления образования Карагандинской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="551"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="274" w:lineRule="exact"/>
+              <w:ind w:left="106"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Местонахождение, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>почтовый адрес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRPr="00A01F50" w:rsidRDefault="00633AD8" w:rsidP="00A01F50">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>индекс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>100300,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="59"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>область</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="25"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Карагандинская,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>город</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Балхаш,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A01F50">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Калмыкова 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="257" w:lineRule="exact"/>
+              <w:ind w:left="106"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>номера</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>телефонов,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRPr="00A01F50" w:rsidRDefault="00633AD8" w:rsidP="00A01F50">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="257" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>/71036/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A01F50">
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>42785</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="552"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="274" w:lineRule="exact"/>
+              <w:ind w:left="106" w:right="423"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>адрес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">электронной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRPr="00A01F50" w:rsidRDefault="00A01F50">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ms.akbota.2007@mail.ru</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="261"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="241" w:lineRule="exact"/>
+              <w:ind w:left="106"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRPr="00F97E57" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="257" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Воспитатель</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00F97E57">
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,д</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00F97E57">
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ефектолог,логопед,физ инструктор,музыкант</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="267"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="106"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>вакантной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="267"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="106"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>временно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>вакантной</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="259" w:lineRule="exact"/>
+              <w:ind w:left="106"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>должности,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="261"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="241" w:lineRule="exact"/>
+              <w:ind w:left="106"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Основные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="241" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Должностные</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>обязанности:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="106"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>функциональные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1838"/>
+                <w:tab w:val="left" w:pos="2846"/>
+                <w:tab w:val="left" w:pos="3790"/>
+                <w:tab w:val="left" w:pos="4208"/>
+                <w:tab w:val="left" w:pos="5418"/>
+                <w:tab w:val="left" w:pos="6348"/>
+              </w:tabs>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Обеспечивает</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>охрану</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>жизни</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>здоровья</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>детей,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>применяет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="106"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>здоровьесберегающие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>технологии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>их</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>воспитании</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>обучении.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="267"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Осуществляет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>педагогический</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="43"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>процесс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="50"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>соответствии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="44"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="38"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>требованиями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2320"/>
+                <w:tab w:val="left" w:pos="4698"/>
+                <w:tab w:val="left" w:pos="6081"/>
+              </w:tabs>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>государственного</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>общеобязательного</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>стандарта</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>дошкольного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1528"/>
+                <w:tab w:val="left" w:pos="1895"/>
+                <w:tab w:val="left" w:pos="3163"/>
+                <w:tab w:val="left" w:pos="4712"/>
+                <w:tab w:val="left" w:pos="6600"/>
+              </w:tabs>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>воспитания</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>обучения,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>расписанием</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>организованной</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>учебной</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="271"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>деятельности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="61"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>согласно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="51"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Типовому</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="53"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>учебному</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="43"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>плану</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="51"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>возрастной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="52"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>группы,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1232"/>
+                <w:tab w:val="left" w:pos="4215"/>
+                <w:tab w:val="left" w:pos="5209"/>
+                <w:tab w:val="left" w:pos="6636"/>
+              </w:tabs>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>создает</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>предметно-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>развивающую</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>среду,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>руководит</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>детской</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2241"/>
+                <w:tab w:val="left" w:pos="3775"/>
+                <w:tab w:val="left" w:pos="6023"/>
+              </w:tabs>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>деятельностью</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>(игровая,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>познавательная,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>двигательная,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="267"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>изобразительная,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="38"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>трудовая).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Осуществляет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>личностно-ориентированный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>подход</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="50"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="26"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>работе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="38"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>детьми.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="267"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1434"/>
+                <w:tab w:val="left" w:pos="2810"/>
+                <w:tab w:val="left" w:pos="4467"/>
+                <w:tab w:val="left" w:pos="4820"/>
+                <w:tab w:val="left" w:pos="5858"/>
+              </w:tabs>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Оказывает</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>содействие</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>специалистам</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>области</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>коррекционной</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="267"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>деятельности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="56"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>детьми,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>имеющими</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="59"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>отклонения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="44"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>развитии,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="42"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>планирует</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3819"/>
+                <w:tab w:val="left" w:pos="4863"/>
+                <w:tab w:val="left" w:pos="5454"/>
+                <w:tab w:val="left" w:pos="6499"/>
+              </w:tabs>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>воспитательно-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>образовательную</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>работу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>основе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>изучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="267"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2695"/>
+                <w:tab w:val="left" w:pos="3869"/>
+                <w:tab w:val="left" w:pos="5216"/>
+              </w:tabs>
+              <w:spacing w:line="248" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>общеобразовательных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>учебных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>программ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>учебно-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>методической</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="267"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1643"/>
+                <w:tab w:val="left" w:pos="2111"/>
+                <w:tab w:val="left" w:pos="2551"/>
+                <w:tab w:val="left" w:pos="3610"/>
+                <w:tab w:val="left" w:pos="5692"/>
+              </w:tabs>
+              <w:spacing w:line="248" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>литературы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>учетом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>индивидуальных</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>образовательных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>потребностей</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="33"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>детей</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>группы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="267"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Проектирует</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="57"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>воспитательно-образовательную</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="61"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="53"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="65"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>основе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="267"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>анализа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>достигнутых</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>результатов.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Осуществляет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="78"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>социализацию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="69"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>условиях</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="77"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>совместного</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>воспитания</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="25"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2039"/>
+                <w:tab w:val="left" w:pos="3451"/>
+              </w:tabs>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="54"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>детей</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="38"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>особыми</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>образовательными</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="66"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>потребностями</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="74"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="267"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>обычно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="46"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>развивающихся</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>детей</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="38"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>для</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="34"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>обеспечения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="36"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>равных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="38"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>стартовых</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="267"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>возможностей</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>при</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>поступлении</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>школу.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Обеспечивает</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="42"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>индивидуальный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="53"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>подход</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="59"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="44"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>каждому</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="54"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>ребенку</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="42"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="49"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>особыми</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="267"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2414"/>
+                <w:tab w:val="left" w:pos="4366"/>
+                <w:tab w:val="left" w:pos="4863"/>
+                <w:tab w:val="left" w:pos="5980"/>
+              </w:tabs>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>образовательными</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>потребностями</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>учетом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>рекомендаций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="267"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>специалистов.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Занимается</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="54"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>изучением,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="65"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>обобщением,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="65"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>распространением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="64"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="72"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>внедрением</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="267"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="248" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>лучших</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="52"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>практик</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="78"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="61"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>основе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="72"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>изучения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="65"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>отечественного</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="78"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="52"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>зарубежного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>опыта.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Осуществляет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="55"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>консультационную</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="45"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>помощь</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="46"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>родителям</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="39"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="34"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>вопросам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="267"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1809"/>
+              </w:tabs>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>воспитания</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="70"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>детей</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>дошкольного</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="54"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>возраста.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="52"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Защищает</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>интересы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>права</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="21"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>детей.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="267"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Внедряет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="75"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>концепцию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="50"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>"Образование,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="50"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>основанное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="47"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>ценностях"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="49"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>организации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="63"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="53"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>участием</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="64"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>всех</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="46"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>субъектов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="65"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>образовательного</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="50"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>процесса,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="58"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="274"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>том</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="22"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>числе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>семьи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>детей.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="530"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2" w:line="262" w:lineRule="exact"/>
+              <w:ind w:left="389"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Должен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>знать:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="389"/>
+              </w:tabs>
+              <w:spacing w:line="246" w:lineRule="exact"/>
+              <w:ind w:hanging="367"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Конституцию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="69"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Республики</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="60"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Казахстан,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="49"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Трудовой</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="60"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Кодекс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="47"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Республики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7558" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="259" w:lineRule="exact"/>
+              <w:ind w:left="389"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Казахстан,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="36"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>законы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Республики</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="30"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="34"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>"Об</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="33"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>образовании",</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>"О</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
-[...612 lines deleted...]
-        <w:sectPr w:rsidR="00B036B3">
+        <w:spacing w:line="259" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="0081372E">
           <w:type w:val="continuous"/>
-          <w:pgSz w:w="11910" w:h="16840"/>
-          <w:pgMar w:top="840" w:right="740" w:bottom="280" w:left="1580" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgSz w:w="11910" w:h="16850"/>
+          <w:pgMar w:top="660" w:right="500" w:bottom="280" w:left="840" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B036B3" w:rsidRDefault="00920E52">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="128" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="389"/>
+        <w:gridCol w:w="2384"/>
+        <w:gridCol w:w="7557"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="6501"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="389" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="391" w:right="113"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>статусе</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога", "О противодействии коррупции" и другие нормативные правовые акты Республики Казахстан, определяющие направления</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>перспективы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>развития</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="389"/>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:before="4" w:line="247" w:lineRule="auto"/>
+              <w:ind w:right="115"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>психологию и педагогику, правила оказания первой доврачебной медицинской помощи, правила по безопасности и охране труда, санитарные правила;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="389"/>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:before="18" w:line="242" w:lineRule="auto"/>
+              <w:ind w:right="112"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>нормативно - правовые документы по организации дошкольного воспитания и обучения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="13"/>
+              <w:ind w:left="118"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Требования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="25"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>квалификации:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:before="160" w:line="249" w:lineRule="auto"/>
+              <w:ind w:right="251"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское педагогическое или иное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>профессиональное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="34"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>образование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="28"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>по соответствующему</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="36"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>профилю</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="36"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>или документ, подтверждающий педагогическую переподготовку или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>техническое</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>профессиональное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>образование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по соответствующему профилю, без предъявления требований к стажу </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:before="7" w:line="247" w:lineRule="auto"/>
+              <w:ind w:right="336"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>и (или) при наличии высшего уровня квалификации стаж работы в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>должности воспитателя дошкольной организации для педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>а-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>модератора и педагога-эксперта не менее 2 лет, педагога-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>исследователя</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>менее 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>лет, педагога-мастера</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:before="5" w:line="247" w:lineRule="auto"/>
+              <w:ind w:right="315"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>и (или) при наличии среднего уровня квалификации стаж работы в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>должности воспитателя дошкольной организации: для педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>а-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>педагога-исследователя не менее 4 лет.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="1106"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="389" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Размер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="254"/>
+              </w:tabs>
+              <w:spacing w:line="247" w:lineRule="auto"/>
+              <w:ind w:right="851" w:firstLine="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>выплачивается</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>соответствии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>со</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>стажем</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="254"/>
+              </w:tabs>
+              <w:ind w:left="254" w:hanging="136"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>среднее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>специальное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>образование</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>min</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>135134</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="254"/>
+              </w:tabs>
+              <w:spacing w:before="12"/>
+              <w:ind w:left="254" w:hanging="136"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>образование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>min</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="22"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>149380</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="74"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="7639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="138"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационные требования, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">предъявляемые к </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>кандидату, утвержденные Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="7"/>
+              <w:ind w:left="118"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>(без</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>категории):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="391"/>
+                <w:tab w:val="left" w:pos="1472"/>
+                <w:tab w:val="left" w:pos="2675"/>
+                <w:tab w:val="left" w:pos="3698"/>
+                <w:tab w:val="left" w:pos="5384"/>
+                <w:tab w:val="left" w:pos="7322"/>
+              </w:tabs>
+              <w:spacing w:before="218" w:line="247" w:lineRule="auto"/>
+              <w:ind w:right="110"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>должен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>отвечать</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>общим</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>требованиям,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>предъявляемым</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>квалификации "педагог":</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="391"/>
+                <w:tab w:val="left" w:pos="1141"/>
+                <w:tab w:val="left" w:pos="2560"/>
+                <w:tab w:val="left" w:pos="2906"/>
+                <w:tab w:val="left" w:pos="4138"/>
+                <w:tab w:val="left" w:pos="5225"/>
+                <w:tab w:val="left" w:pos="6652"/>
+              </w:tabs>
+              <w:spacing w:before="10" w:line="254" w:lineRule="auto"/>
+              <w:ind w:right="125"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>знать</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>содержание</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>структуру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Типовой</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>программы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">владеть </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>методикой</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>дошкольного воспитания</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>и обучения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:hanging="367"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>осуществлять</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="65"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>индивидуальный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="61"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>подход</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="66"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="58"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>воспитании</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="68"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="58"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>обучении</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="69"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="391"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>учетом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>возрастных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="43"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>особенностей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="390"/>
+              </w:tabs>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="390" w:hanging="366"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>разрабатывать</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>перспективный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>план</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="30"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>циклограмму;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="389"/>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:before="3" w:line="249" w:lineRule="auto"/>
+              <w:ind w:right="106"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>обеспечивать</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>получение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>воспитанниками,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>знаний,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>умений</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>навыков не ниже уровня, предусмотренного Государственным общеобязательным</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>стандартом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>дошкольного</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>воспитания</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>обучения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="390"/>
+              </w:tabs>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="390" w:hanging="366"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>осуществлять</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>связь</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>родителями</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="25"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>лицами,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>их</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>заменяющими;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="390"/>
+              </w:tabs>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="390" w:hanging="366"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>участвовать</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="36"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>методической</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>работе;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:before="9" w:line="247" w:lineRule="auto"/>
+              <w:ind w:right="619"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>проводить</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>диагностику развития</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>детей,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="38"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>том числе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="38"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>особыми образовательными потребностями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="391"/>
+                <w:tab w:val="left" w:pos="1724"/>
+                <w:tab w:val="left" w:pos="2740"/>
+                <w:tab w:val="left" w:pos="3079"/>
+                <w:tab w:val="left" w:pos="4750"/>
+                <w:tab w:val="left" w:pos="5225"/>
+                <w:tab w:val="left" w:pos="6155"/>
+              </w:tabs>
+              <w:spacing w:before="3" w:line="254" w:lineRule="auto"/>
+              <w:ind w:right="108"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>принимать</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>участие</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>мероприятиях</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>уровне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>организации образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="391"/>
+                <w:tab w:val="left" w:pos="1444"/>
+                <w:tab w:val="left" w:pos="2733"/>
+                <w:tab w:val="left" w:pos="6594"/>
+              </w:tabs>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:ind w:right="108"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>владеть</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>навыками</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>профессионально-педагогического</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">диалога, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>применять</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>цифровые образовательные ресурсы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="9"/>
+              <w:ind w:left="118"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>2)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="36"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>педагог-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>модератор:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="389"/>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:before="218" w:line="247" w:lineRule="auto"/>
+              <w:ind w:right="95"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>должен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>отвечать</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>общим требованиям, предъявляемым</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>к квалификации "педагог" (без категории):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="389"/>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:before="3" w:line="249" w:lineRule="auto"/>
+              <w:ind w:right="115"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>обеспечивать получение детьми, знаний, умений и навыков, предусмотренных государственным общеобязательным стандартом дошкольного воспитания и обучения;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
-[...3 lines deleted...]
-        </w:numPr>
+        <w:spacing w:line="249" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="0081372E">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16850"/>
+          <w:pgMar w:top="720" w:right="500" w:bottom="280" w:left="840" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="128" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="389"/>
+        <w:gridCol w:w="2384"/>
+        <w:gridCol w:w="7557"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="15317"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="389"/>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:line="247" w:lineRule="auto"/>
+              <w:ind w:right="113"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>владеть методикой дошкольного воспитания и обучения и осуществлять индивидуальный подход в воспитании и обучении с учетом возрастных особенностей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="390"/>
+              </w:tabs>
+              <w:spacing w:before="4"/>
+              <w:ind w:left="390" w:hanging="366"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>разрабатывать</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="42"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>перспективный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="46"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>план</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="45"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="45"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>циклограмму;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="390"/>
+              </w:tabs>
+              <w:spacing w:before="9"/>
+              <w:ind w:left="390" w:hanging="366"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>применять</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>инновационные</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="44"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>методики</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="36"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="51"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>технологии;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="389"/>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:before="9" w:line="254" w:lineRule="auto"/>
+              <w:ind w:right="128"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>участвовать в деятельности районных, методических объединений, семинаров, конференций;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="390"/>
+              </w:tabs>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="390" w:hanging="366"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>повышать</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="39"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>свою</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="34"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>профессиональную</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>квалификацию;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="389"/>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:before="2" w:line="252" w:lineRule="auto"/>
+              <w:ind w:right="108"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>обобщать</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>опыт</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>уровне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>организации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иметь участников конкурсов, соревнований на уровне организации </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="118"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>3)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>педагог-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>эксперт:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:before="218" w:line="247" w:lineRule="auto"/>
+              <w:ind w:right="116"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>должен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>отвечать</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>общим</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>требованиям,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>предъявляемым</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>у-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>модератору:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="391"/>
+                <w:tab w:val="left" w:pos="2005"/>
+                <w:tab w:val="left" w:pos="3338"/>
+                <w:tab w:val="left" w:pos="5276"/>
+                <w:tab w:val="left" w:pos="6299"/>
+                <w:tab w:val="left" w:pos="7308"/>
+              </w:tabs>
+              <w:spacing w:before="10" w:line="249" w:lineRule="auto"/>
+              <w:ind w:right="113"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>обеспечивать</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>получение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>воспитанниками</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>знаний,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>умений</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>навыков, предусмотренных Стандартом;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:line="262" w:lineRule="exact"/>
+              <w:ind w:hanging="367"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>разрабатывать</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>перспективный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>план</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="30"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>циклограмму;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:before="16" w:line="247" w:lineRule="auto"/>
+              <w:ind w:right="201"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>владеть</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>механизмом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>диагностики</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>детей,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>в том</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>числе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>особыми образовательными потребностями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:before="3"/>
+              <w:ind w:hanging="367"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>развивать</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>исследовательские</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="22"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>навыки</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="36"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>детей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:before="16"/>
+              <w:ind w:hanging="367"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>осуществлять</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>участие</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>детей</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="23"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>районных,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>городских,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>конкурсах;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:before="9" w:line="247" w:lineRule="auto"/>
+              <w:ind w:right="142"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>участвовать</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>в деятельности методических объединений, семинаров,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>конференций;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:before="11"/>
+              <w:ind w:hanging="367"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>повышать</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="39"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>свою</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="34"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>профессиональную</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>квалификацию;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:before="9"/>
+              <w:ind w:hanging="367"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>владеть</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>навыками</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>анализа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>организованной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="34"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>учебной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="34"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>деятельности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="389"/>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:before="9" w:line="247" w:lineRule="auto"/>
+              <w:ind w:right="119"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>осуществлять наставничество и конструктивно определять</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>приоритеты профессионального развития: собственного и коллег на уровне организации образования, на уровне района/города, иметь участников</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>конкурсов,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>соревнований</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>уровне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>района/города;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="118"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>4)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="43"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>педагог-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>исследователь:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="391"/>
+                <w:tab w:val="left" w:pos="1472"/>
+                <w:tab w:val="left" w:pos="2675"/>
+                <w:tab w:val="left" w:pos="3698"/>
+                <w:tab w:val="left" w:pos="5384"/>
+                <w:tab w:val="left" w:pos="7322"/>
+              </w:tabs>
+              <w:spacing w:before="211" w:line="249" w:lineRule="auto"/>
+              <w:ind w:right="110"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>должен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>отвечать</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>общим</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>требованиям,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>предъявляемым</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>квалификации "педагог-эксперт":</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:before="5" w:line="247" w:lineRule="auto"/>
+              <w:ind w:right="549"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>участвовать</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>в деятельности районных, городских методических</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>объединений, семинаров, конференций;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:before="2"/>
+              <w:ind w:hanging="367"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>развивать</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>исследовательские</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>навыки</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="36"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>детей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:before="17"/>
+              <w:ind w:hanging="367"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>осуществлять</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>участие</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>детей</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="36"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>городских,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="38"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>областных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>конкурсах;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:before="9"/>
+              <w:ind w:hanging="367"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>практиковать</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="43"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>наставничество;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="389"/>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:before="9" w:line="254" w:lineRule="auto"/>
+              <w:ind w:right="112"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">владеть навыками публичных выступлений и взаимодействия с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>аудиторией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="389"/>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:before="1"/>
+              <w:ind w:right="121"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>применять современные методики воспитания и обучения детей дошкольного возраста;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="389"/>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:before="18" w:line="247" w:lineRule="auto"/>
+              <w:ind w:right="109"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>иметь</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>методические</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>разработки</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>вопросам</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>дошкольного воспитания</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>и обучения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>уровне района, города;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="389"/>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:before="3" w:line="252" w:lineRule="auto"/>
+              <w:ind w:right="106"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>владеть навыками исследования занятия и разработки инструментов оценивания, обеспечивать развитие исследовательских навыков воспитанников, осуществлять наставничество и конструктивно определять стратегии развития в педагогическом сообществе на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>уровне района, города, обобщать опыт на уровне области/городов республиканского значения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="389"/>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:ind w:right="107"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>наличие участников конкурсов, соревнований на уровне области/городов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>республиканского значения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="118"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>5)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>педагог-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>мастер:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="391"/>
+                <w:tab w:val="left" w:pos="1472"/>
+                <w:tab w:val="left" w:pos="2675"/>
+                <w:tab w:val="left" w:pos="3698"/>
+                <w:tab w:val="left" w:pos="5384"/>
+                <w:tab w:val="left" w:pos="7322"/>
+              </w:tabs>
+              <w:spacing w:before="211"/>
+              <w:ind w:hanging="367"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>должен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>отвечать</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>общим</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>требованиям,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>предъявляемым</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="0081372E">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16850"/>
+          <w:pgMar w:top="720" w:right="500" w:bottom="280" w:left="840" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="128" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="389"/>
+        <w:gridCol w:w="2384"/>
+        <w:gridCol w:w="7557"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="4420"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="257" w:lineRule="exact"/>
+              <w:ind w:left="391"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>квалификации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="59"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>"педагог-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>исследователь":</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="389"/>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:before="9" w:line="247" w:lineRule="auto"/>
+              <w:ind w:right="128"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>участвовать в семинарах, конкурсах и конференциях областного и республиканского или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>международного</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>уровней;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="389"/>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:before="10" w:line="247" w:lineRule="auto"/>
+              <w:ind w:right="109"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>владеть</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>умениями</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>и навыками разработки</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>учебных программ, методик воспитания и обучения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="389"/>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:before="2" w:line="254" w:lineRule="auto"/>
+              <w:ind w:right="109"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>осуществлять</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>участие</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>детей</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>городских,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>областных, республиканских конкурсах;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="389"/>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:before="2" w:line="252" w:lineRule="auto"/>
+              <w:ind w:right="100"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>иметь авторскую программу или является автором (соавтором) изданных учебников, учебно-методических пособий, получивших одобрение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Республиканском</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>учебно-методическом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>совете;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="390"/>
+              </w:tabs>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="390" w:hanging="366"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>обеспечивать</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="46"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>развитие</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="36"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>навыков</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="36"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>проектирования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="389"/>
+                <w:tab w:val="left" w:pos="391"/>
+              </w:tabs>
+              <w:spacing w:before="2" w:line="247" w:lineRule="auto"/>
+              <w:ind w:right="106"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>осуществлять наставничество и планировать развитие сети профессионального сообщества на уровне области, являться участником республиканских и международных конкурсов или подготовил</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>участников</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>республиканских</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>международных</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="12"/>
+              <w:ind w:left="391"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>конкурсов.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="551"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="257" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>приема</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="9"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="257" w:lineRule="exact"/>
+              <w:ind w:left="118"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>01.08.2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="30"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>21.08.2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>г</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="10225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:ind w:left="110" w:right="922"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="836"/>
+                <w:tab w:val="left" w:pos="838"/>
+              </w:tabs>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:ind w:right="103"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>заявление об участии в конкурсе с указанием перечня</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>прилагаемых документов по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="836"/>
+                <w:tab w:val="left" w:pos="838"/>
+              </w:tabs>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:ind w:right="108"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>документ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>удостоверяющий</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>личность либо электронный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>из</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>сервиса</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>цифровых</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>документов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(для </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="836"/>
+                <w:tab w:val="left" w:pos="838"/>
+              </w:tabs>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:ind w:right="106"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>заполненный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>личный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>листок</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>учету</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>кадров</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>(с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>указанием адреса</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>фактического</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>места</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>жительства</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="28"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>контактных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="837"/>
+              </w:tabs>
+              <w:spacing w:line="245" w:lineRule="exact"/>
+              <w:ind w:left="837" w:hanging="359"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>копии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="68"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>документов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="70"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="64"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="65"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="69"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>соответствии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="70"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="7" w:line="252" w:lineRule="auto"/>
+              <w:ind w:left="838" w:right="110"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>предъявляемыми к должности квалификационными</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="836"/>
+                <w:tab w:val="left" w:pos="838"/>
+              </w:tabs>
+              <w:spacing w:line="249" w:lineRule="auto"/>
+              <w:ind w:right="112"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>копию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>документа,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>подтверждающую</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>трудовую</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="836"/>
+                <w:tab w:val="left" w:pos="838"/>
+                <w:tab w:val="left" w:pos="6407"/>
+              </w:tabs>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:ind w:right="109"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>справку</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>состоянии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>здоровья</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>форме,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>утвержденной приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>исполняющего</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>обязанности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Министра </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>здравоохранения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Республики</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="26"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="25"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="25"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>октября</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="838" w:right="114"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>№ Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="837"/>
+              </w:tabs>
+              <w:ind w:left="837" w:hanging="359"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>справку</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="34"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>психоневрологической</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="837"/>
+              </w:tabs>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="837" w:hanging="359"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>справку</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="30"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>наркологической</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="46"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="836"/>
+                <w:tab w:val="left" w:pos="838"/>
+              </w:tabs>
+              <w:spacing w:before="9" w:line="252" w:lineRule="auto"/>
+              <w:ind w:right="113"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>(при</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="836"/>
+                <w:tab w:val="left" w:pos="838"/>
+              </w:tabs>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:ind w:right="91"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>для кандидатов на занятие должности педагогов английского</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>языка сертификат о результатах сертификации с пороговым уровнем</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>90%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>предмету</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>о наличии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>категории</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>педагога-модератора</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>педагога-эксперта,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>педагога-исследователя,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>PASS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>A;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>DELTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Diploma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="838" w:right="135"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Pass</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>above</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, или </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) –</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>6,5 баллов; или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>іnternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Based</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Test</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>іBT</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>))</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="36"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>– 65</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>баллов;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="0081372E">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16850"/>
+          <w:pgMar w:top="720" w:right="500" w:bottom="280" w:left="840" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="128" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="389"/>
+        <w:gridCol w:w="2384"/>
+        <w:gridCol w:w="7557"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="4693"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="836"/>
+                <w:tab w:val="left" w:pos="838"/>
+              </w:tabs>
+              <w:spacing w:line="249" w:lineRule="auto"/>
+              <w:ind w:right="99"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>мастеров</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>производственного</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>обучения,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>имеющие стаж работы на производстве по соответствующей специальности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>профилю</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>двух</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>освобождаются от прохождения сертификации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="836"/>
+                <w:tab w:val="left" w:pos="838"/>
+              </w:tabs>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:ind w:right="106"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="836"/>
+                <w:tab w:val="left" w:pos="838"/>
+                <w:tab w:val="left" w:pos="3302"/>
+                <w:tab w:val="left" w:pos="4260"/>
+                <w:tab w:val="left" w:pos="5917"/>
+                <w:tab w:val="left" w:pos="6854"/>
+              </w:tabs>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:ind w:right="115"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>для</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>кандидата</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>без</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">стажа </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">продолжительностью не менее 15 минут, с минимальным разрешением – 720 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>x</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 480.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRPr="00A01F50" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="260"/>
+              <w:ind w:left="118"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Документы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>необходимо</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="34"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>направить в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="38"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>электронном</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="30"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>бумажном виде по адресу:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">город Балхаш, </w:t>
+            </w:r>
+            <w:r w:rsidR="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Калмыкова 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRPr="00F97E57" w:rsidRDefault="00633AD8" w:rsidP="00F97E57">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="4"/>
+              <w:ind w:left="118"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>8/71036/</w:t>
+            </w:r>
+            <w:r w:rsidR="00F97E57">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>42785</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="832"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="7"/>
+              <w:ind w:left="138"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Срок временно </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>вакантной</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="257" w:lineRule="exact"/>
+              <w:ind w:left="118"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>28.08.2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="39"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>г</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="260"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="6249" w:right="745" w:hanging="4"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Приложение 10 к Правилам назначения на должности, освобождения от должностей первых руководителей и педагогов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="254" w:lineRule="auto"/>
+        <w:ind w:left="5611" w:right="109"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>государственных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="41"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="478"/>
+          <w:tab w:val="left" w:pos="597"/>
+          <w:tab w:val="left" w:pos="7903"/>
+          <w:tab w:val="left" w:pos="9994"/>
         </w:tabs>
+        <w:ind w:right="76"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="597"/>
+          <w:tab w:val="left" w:pos="7903"/>
+          <w:tab w:val="left" w:pos="10016"/>
+        </w:tabs>
+        <w:spacing w:before="53"/>
+        <w:ind w:right="54"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="63"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="63"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:spacing w:before="52"/>
+        <w:ind w:right="38"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>(государственный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>орган,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="30"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>объявивший</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="44"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>конкурс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="597"/>
+          <w:tab w:val="left" w:pos="7903"/>
+          <w:tab w:val="left" w:pos="9994"/>
+        </w:tabs>
+        <w:spacing w:before="17"/>
+        <w:ind w:right="76"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="597"/>
+          <w:tab w:val="left" w:pos="7903"/>
+          <w:tab w:val="left" w:pos="9994"/>
+        </w:tabs>
+        <w:spacing w:before="9"/>
+        <w:ind w:right="76"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:spacing w:before="9"/>
+        <w:ind w:left="485" w:right="530"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>(Ф.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>И.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>О.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="24"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>наличии),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>ИИН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="597"/>
+          <w:tab w:val="left" w:pos="7903"/>
+          <w:tab w:val="left" w:pos="9994"/>
+        </w:tabs>
+        <w:spacing w:before="17"/>
+        <w:ind w:right="76"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="597"/>
+          <w:tab w:val="left" w:pos="7903"/>
+          <w:tab w:val="left" w:pos="9994"/>
+        </w:tabs>
+        <w:spacing w:before="9"/>
+        <w:ind w:right="76"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:spacing w:before="9"/>
+        <w:ind w:left="485" w:right="530"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>(должность,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="21"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>место</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="26"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="597"/>
+          <w:tab w:val="left" w:pos="7852"/>
+          <w:tab w:val="left" w:pos="9937"/>
+        </w:tabs>
+        <w:spacing w:before="17"/>
+        <w:ind w:right="62"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="64"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="63"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="63"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="67"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="63"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="63"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="64"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="63"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="67"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:spacing w:before="9"/>
+        <w:ind w:right="38"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>(фактическое</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="33"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>место</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>проживания,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="31"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="34"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>прописки,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="30"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>контактный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="7838"/>
+          <w:tab w:val="left" w:pos="9922"/>
+        </w:tabs>
+        <w:spacing w:before="9"/>
+        <w:ind w:right="76"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="63"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="83"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:ind w:left="4692"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="Заявление"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="38"/>
+        <w:ind w:left="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Прошу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>допустить</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="43"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>меня</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="35"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>конкурсу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>вакантной/временно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4678"/>
+          <w:tab w:val="left" w:pos="8878"/>
+        </w:tabs>
+        <w:spacing w:before="10"/>
+        <w:ind w:left="240"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>должности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>нужное</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>подчеркнуть)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="838"/>
+          <w:tab w:val="left" w:pos="8143"/>
+          <w:tab w:val="left" w:pos="10235"/>
+        </w:tabs>
+        <w:spacing w:before="9"/>
+        <w:ind w:left="240"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="838"/>
+          <w:tab w:val="left" w:pos="8143"/>
+          <w:tab w:val="left" w:pos="10235"/>
+        </w:tabs>
+        <w:spacing w:before="16"/>
+        <w:ind w:left="240"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="838"/>
+          <w:tab w:val="left" w:pos="8143"/>
+          <w:tab w:val="left" w:pos="10235"/>
+        </w:tabs>
+        <w:spacing w:before="10"/>
+        <w:ind w:left="240"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:spacing w:before="9"/>
+        <w:ind w:left="1335"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>(наименование</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="49"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="30"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="34"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="29"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="29"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>город\село</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="25"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2819"/>
+          <w:tab w:val="left" w:pos="6321"/>
+          <w:tab w:val="left" w:pos="9346"/>
+        </w:tabs>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="240"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>настоящее</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>время</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>работаю:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="838"/>
+          <w:tab w:val="left" w:pos="8143"/>
+          <w:tab w:val="left" w:pos="10235"/>
+        </w:tabs>
+        <w:spacing w:before="9"/>
+        <w:ind w:left="240"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="838"/>
+          <w:tab w:val="left" w:pos="8143"/>
+          <w:tab w:val="left" w:pos="10235"/>
+        </w:tabs>
+        <w:spacing w:before="16"/>
+        <w:ind w:left="240"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="838"/>
+          <w:tab w:val="left" w:pos="8143"/>
+          <w:tab w:val="left" w:pos="10235"/>
+        </w:tabs>
+        <w:spacing w:before="10"/>
+        <w:ind w:left="240"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="0081372E">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16850"/>
+          <w:pgMar w:top="720" w:right="500" w:bottom="280" w:left="840" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
         <w:spacing w:before="61"/>
-        <w:ind w:left="478" w:hanging="359"/>
-[...1 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:ind w:left="1688"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="2._Наркологиялық_ұйымының_анықтамасы;"/>
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Наркологиялық</w:t>
-[...4 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:t>(должность,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="42"/>
+          <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>организации,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="29"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="29"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="29"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>город\село</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00B036B3" w:rsidRDefault="00920E52">
+    <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
-[...3 lines deleted...]
-        </w:numPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="25"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Сообщаю</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>себе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>следующие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="66"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="236" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2133"/>
+        <w:gridCol w:w="2983"/>
+        <w:gridCol w:w="2198"/>
+        <w:gridCol w:w="2767"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2133" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="7"/>
+              <w:ind w:left="420" w:hanging="94"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Образование:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="4" w:line="260" w:lineRule="atLeast"/>
+              <w:ind w:left="233" w:firstLine="187"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">высшее или </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="7" w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="434" w:right="460" w:firstLine="259"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наименование </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="7"/>
+              <w:ind w:left="159"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="22"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2767" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="7" w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="757" w:right="608" w:hanging="217"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Специальность </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>по диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="753"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2133" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2767" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="1"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="478"/>
+          <w:tab w:val="left" w:leader="underscore" w:pos="8943"/>
+          <w:tab w:val="left" w:pos="9457"/>
         </w:tabs>
-        <w:spacing w:before="1" w:line="321" w:lineRule="exact"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="240"/>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="3._Соттылығының_жоқтығы_(болуы)_туралы_а"/>
-[...10 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r>
+        <w:t>Наличие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:t>квалификационной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="71"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:t>категории</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="42"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:t>(дата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="52"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-        <w:t>анықтама;</w:t>
+        </w:rPr>
+        <w:t>присвоения/подтверждения)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B036B3" w:rsidRDefault="00920E52">
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
-[...3 lines deleted...]
-        </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="840"/>
+          <w:tab w:val="left" w:pos="780"/>
+          <w:tab w:val="left" w:pos="8078"/>
+          <w:tab w:val="left" w:pos="10163"/>
         </w:tabs>
-        <w:spacing w:line="342" w:lineRule="exact"/>
-[...2 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:spacing w:before="17"/>
+        <w:ind w:left="240"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Түйіндеме."/>
-      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="18"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4347"/>
+          <w:tab w:val="left" w:pos="9541"/>
+        </w:tabs>
+        <w:ind w:left="240"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Стаж</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-        <w:t>Түйіндеме.</w:t>
+        </w:rPr>
+        <w:t>педагогической</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>работы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B036B3" w:rsidRDefault="00B036B3">
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="838"/>
+          <w:tab w:val="left" w:pos="8143"/>
+          <w:tab w:val="left" w:pos="10235"/>
+        </w:tabs>
+        <w:spacing w:before="16"/>
+        <w:ind w:left="240"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="19"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="underscore" w:pos="9728"/>
+          <w:tab w:val="left" w:pos="10264"/>
+        </w:tabs>
+        <w:ind w:left="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Имею</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="49"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>следующие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="38"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>результаты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="54"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>работы</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="838"/>
+          <w:tab w:val="left" w:pos="8143"/>
+          <w:tab w:val="left" w:pos="10235"/>
+        </w:tabs>
+        <w:spacing w:before="16"/>
+        <w:ind w:left="240"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="838"/>
+          <w:tab w:val="left" w:pos="8143"/>
+          <w:tab w:val="left" w:pos="10235"/>
+        </w:tabs>
+        <w:spacing w:before="9"/>
+        <w:ind w:left="240"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="838"/>
+          <w:tab w:val="left" w:pos="8143"/>
+          <w:tab w:val="left" w:pos="10235"/>
+        </w:tabs>
+        <w:spacing w:before="10"/>
+        <w:ind w:left="240"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="63"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="67"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="838"/>
+          <w:tab w:val="left" w:pos="8143"/>
+          <w:tab w:val="left" w:pos="10235"/>
+        </w:tabs>
+        <w:spacing w:before="9"/>
+        <w:ind w:left="240"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="25"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Награды,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>звания,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>степень,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="29"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ученая</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>степень,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ученое</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>звание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="838"/>
+          <w:tab w:val="left" w:pos="8157"/>
+          <w:tab w:val="left" w:pos="9598"/>
+          <w:tab w:val="left" w:pos="10256"/>
+        </w:tabs>
+        <w:spacing w:before="9"/>
+        <w:ind w:left="240"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="64"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="838"/>
+          <w:tab w:val="left" w:pos="8157"/>
+          <w:tab w:val="left" w:pos="9598"/>
+          <w:tab w:val="left" w:pos="10256"/>
+        </w:tabs>
+        <w:spacing w:before="17"/>
+        <w:ind w:left="240"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="64"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="25"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>также</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>дополнительные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="41"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>сведения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="838"/>
+          <w:tab w:val="left" w:pos="8150"/>
+          <w:tab w:val="left" w:pos="10242"/>
+        </w:tabs>
+        <w:spacing w:before="10"/>
+        <w:ind w:left="240"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="69"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="63"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="838"/>
+          <w:tab w:val="left" w:pos="8143"/>
+          <w:tab w:val="left" w:pos="10235"/>
+        </w:tabs>
+        <w:spacing w:before="9"/>
+        <w:ind w:left="240"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="838"/>
+          <w:tab w:val="left" w:pos="8143"/>
+          <w:tab w:val="left" w:pos="10235"/>
+        </w:tabs>
+        <w:spacing w:before="9"/>
+        <w:ind w:left="240"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="65"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="35"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="733"/>
+          <w:tab w:val="left" w:pos="1333"/>
+          <w:tab w:val="left" w:pos="2996"/>
+          <w:tab w:val="left" w:leader="underscore" w:pos="9575"/>
+          <w:tab w:val="left" w:pos="10117"/>
+        </w:tabs>
+        <w:ind w:left="15"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="60"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="64"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:spacing w:before="24"/>
+        <w:ind w:left="8533"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="34"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="6465" w:right="529" w:hanging="3"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Приложение 11 к Правилам назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="15"/>
+        <w:ind w:left="6456" w:right="529"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="33"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:ind w:left="485" w:right="542"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="Оценочный_лист_кандидата_на_вакантную_ил"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>Оценочный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="32"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="31"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="22"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="30"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="21"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="25"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1659"/>
+          <w:tab w:val="left" w:pos="9320"/>
+        </w:tabs>
+        <w:spacing w:before="17" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1299" w:right="1246"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="80"/>
+          <w:w w:val="150"/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (фамилия,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="176" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="202020"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="202020"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="202020"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="202020"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="202020"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="202020"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="490"/>
+        <w:gridCol w:w="2968"/>
+        <w:gridCol w:w="3069"/>
+        <w:gridCol w:w="3659"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="1000"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="73"/>
+              <w:ind w:left="78"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2968" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="73"/>
+              <w:ind w:left="78"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3069" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="73"/>
+              <w:ind w:left="79"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Подтверждающий</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="38"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3659" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="73" w:line="391" w:lineRule="auto"/>
+              <w:ind w:left="86" w:right="1925"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>баллов (от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="842"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="58"/>
+              <w:ind w:left="78"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2968" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="58"/>
+              <w:ind w:left="78"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3069" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="58" w:line="249" w:lineRule="auto"/>
+              <w:ind w:left="79"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3659" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="58"/>
+              <w:ind w:left="86"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="26"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>профессиональное</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:ind w:left="86"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="0081372E">
+          <w:pgSz w:w="11910" w:h="16850"/>
+          <w:pgMar w:top="660" w:right="500" w:bottom="280" w:left="840" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="2"/>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="2"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B036B3" w:rsidRDefault="00920E52">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="176" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="202020"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="202020"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="202020"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="202020"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="202020"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="202020"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="490"/>
+        <w:gridCol w:w="2968"/>
+        <w:gridCol w:w="3069"/>
+        <w:gridCol w:w="3659"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="2412"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2968" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3069" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="73"/>
+              <w:ind w:left="79"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="73"/>
+              <w:ind w:left="86"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>очное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="160" w:line="249" w:lineRule="auto"/>
+              <w:ind w:left="86" w:right="448"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное с отличием = 3 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="142"/>
+              <w:ind w:left="86"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="175" w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="86"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="22"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>заочное/дистанционное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>= минус 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="1411"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="51"/>
+              <w:ind w:left="78"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2968" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="51" w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="78"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3069" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="51" w:line="252" w:lineRule="auto"/>
+              <w:ind w:left="79" w:right="206"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3659" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="51" w:line="386" w:lineRule="auto"/>
+              <w:ind w:left="86" w:right="448"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов Доктор наук = 10 баллов Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="1108"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="51"/>
+              <w:ind w:left="78"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2968" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="51" w:line="252" w:lineRule="auto"/>
+              <w:ind w:left="78"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3069" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="51"/>
+              <w:ind w:left="79"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3659" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="51" w:line="254" w:lineRule="auto"/>
+              <w:ind w:left="86"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>квалификационная</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>категория "педагог" плюс 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="3399"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="58"/>
+              <w:ind w:left="78"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2968" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="58" w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="78" w:right="248"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Квалификационная категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3069" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="58" w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="79" w:right="882"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Удостоверение,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3659" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="58"/>
+              <w:ind w:left="86"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>категория</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="161" w:line="386" w:lineRule="auto"/>
+              <w:ind w:left="86" w:right="600"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла Педагог-модератор =</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>балла Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11" w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="86" w:right="448"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="26"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="23"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="140"/>
+              <w:ind w:left="86"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Педагог-мастер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="25"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="2513"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="51"/>
+              <w:ind w:left="78"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2968" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="51" w:line="252" w:lineRule="auto"/>
+              <w:ind w:left="78" w:right="183"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Опыт</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>административной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="26"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>методической</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3069" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="51" w:line="252" w:lineRule="auto"/>
+              <w:ind w:left="79"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>трудовая</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">книжка/документ, заменяющий трудовую </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3659" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="51" w:line="254" w:lineRule="auto"/>
+              <w:ind w:left="86" w:right="298"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Методист (стаж в должности не менее 2 лет) = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="146" w:line="252" w:lineRule="auto"/>
+              <w:ind w:left="86" w:right="421"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель директора (стаж в должности не менее 2 лет) = 3 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="146" w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="86" w:right="356"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="1540"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="58"/>
+              <w:ind w:left="78"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2968" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="58" w:line="249" w:lineRule="auto"/>
+              <w:ind w:left="78"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="23"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3069" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="58" w:line="249" w:lineRule="auto"/>
+              <w:ind w:left="79"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение к диплому об </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3659" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="58" w:line="254" w:lineRule="auto"/>
+              <w:ind w:left="86" w:right="616"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="139"/>
+              <w:ind w:left="86"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>"хорошо"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="2506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="59"/>
+              <w:ind w:left="78"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2968" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="59" w:line="249" w:lineRule="auto"/>
+              <w:ind w:left="78" w:right="248"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Рекомендательное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3069" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="59" w:line="249" w:lineRule="auto"/>
+              <w:ind w:left="79" w:right="206"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">организацию/учебное </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3659" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="59" w:line="252" w:lineRule="auto"/>
+              <w:ind w:left="86" w:right="448"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>письма</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="146" w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="86" w:right="562"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Негативное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>рекомендательное письмо = минус 3 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
-        <w:spacing w:before="1"/>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="0081372E">
+          <w:pgSz w:w="11910" w:h="16850"/>
+          <w:pgMar w:top="680" w:right="500" w:bottom="280" w:left="840" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="Конкурсқа_қатысу_үшін:"/>
-[...33 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00B036B3" w:rsidRDefault="00920E52">
+    <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:before="317" w:line="242" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="2"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="Конкурстық_комиссияның_қарауына_құжаттар"/>
-[...62 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00B036B3" w:rsidRDefault="00920E52">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="176" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="202020"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="202020"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="202020"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="202020"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="202020"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="202020"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="490"/>
+        <w:gridCol w:w="2968"/>
+        <w:gridCol w:w="3069"/>
+        <w:gridCol w:w="3659"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="4364"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="73"/>
+              <w:ind w:right="142"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2968" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="73" w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="78"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3069" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="208"/>
+              </w:tabs>
+              <w:spacing w:before="73" w:line="249" w:lineRule="auto"/>
+              <w:ind w:right="450" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="208"/>
+              </w:tabs>
+              <w:spacing w:before="153" w:line="252" w:lineRule="auto"/>
+              <w:ind w:right="471" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="208"/>
+              </w:tabs>
+              <w:spacing w:before="146"/>
+              <w:ind w:left="208" w:hanging="129"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>государственная</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="73" w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="86" w:right="201"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="154"/>
+              <w:ind w:left="86"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>научных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>проектов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="25"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="25"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="160" w:line="254" w:lineRule="auto"/>
+              <w:ind w:left="86" w:right="201"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="145" w:line="249" w:lineRule="auto"/>
+              <w:ind w:left="86"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>участник</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="21"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>"Лучший педагог" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="149" w:line="254" w:lineRule="auto"/>
+              <w:ind w:left="86" w:right="448"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>призер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="34"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>"Лучший педагог" = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="145" w:line="252" w:lineRule="auto"/>
+              <w:ind w:left="86" w:right="448"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>обладатель</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>медали</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Қазақстан еңбек сіңірген ұстазы" = 10 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="3348"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="59"/>
+              <w:ind w:right="142"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2968" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="59" w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="78" w:right="248"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3069" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="59" w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="79"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>-авторские</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3659" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="59" w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="86" w:right="448"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="155" w:line="252" w:lineRule="auto"/>
+              <w:ind w:left="86" w:right="448"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="146" w:line="249" w:lineRule="auto"/>
+              <w:ind w:left="86" w:right="201"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно- исследовательской</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">деятельности, включенный в перечень КОКСОН, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="3644"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="51"/>
+              <w:ind w:right="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2968" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="51" w:line="252" w:lineRule="auto"/>
+              <w:ind w:left="78" w:right="1369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Общественн</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>о-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3069" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="51" w:line="254" w:lineRule="auto"/>
+              <w:ind w:left="79" w:right="1222"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественн</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>о-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3659" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="51" w:line="386" w:lineRule="auto"/>
+              <w:ind w:left="86" w:right="448"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла руководство</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>МО</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6" w:line="249" w:lineRule="auto"/>
+              <w:ind w:left="86"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="149" w:line="252" w:lineRule="auto"/>
+              <w:ind w:left="86" w:right="448"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>иностранный/казахский)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="28"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="146" w:line="252" w:lineRule="auto"/>
+              <w:ind w:left="86" w:right="448"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>преподавание на 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="25"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>языках (казахский, русский, иностранный) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="3903"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="58"/>
+              <w:ind w:right="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2968" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="58"/>
+              <w:ind w:left="78"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Курсовая</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="21"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3069" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="215"/>
+              </w:tabs>
+              <w:spacing w:before="58" w:line="247" w:lineRule="auto"/>
+              <w:ind w:right="306" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">предметной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="215"/>
+              </w:tabs>
+              <w:spacing w:before="154" w:line="249" w:lineRule="auto"/>
+              <w:ind w:right="272" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">цифровую </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>грамотность,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="149" w:line="388" w:lineRule="auto"/>
+              <w:ind w:left="79" w:right="1598"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="79" w:right="206"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="23"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>обучение по программам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "Основы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3659" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="58"/>
+              <w:ind w:left="86"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="22"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>ЦПМ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>НИШ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>"Өрлеу"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="161" w:line="393" w:lineRule="auto"/>
+              <w:ind w:left="86" w:right="1925"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">балла </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="86" w:right="448"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">повышения квалификации по программам, согласованным с уполномоченным органом в </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>области</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:ind w:left="86" w:right="128"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">образования, реализуемым организациями повышения квалификации </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>включенных</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в список в соответствии с приказом Министра образования и науки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+      <w:pPr>
+        <w:spacing w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="0081372E">
+          <w:pgSz w:w="11910" w:h="16850"/>
+          <w:pgMar w:top="680" w:right="500" w:bottom="280" w:left="840" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:before="315"/>
-        <w:ind w:left="119" w:firstLine="0"/>
+        <w:spacing w:before="3"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="2"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="Анықтама_үшін_телефон:"/>
-[...24 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00B036B3" w:rsidRDefault="00920E52">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="176" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="202020"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="202020"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="202020"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="202020"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="202020"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="202020"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="490"/>
+        <w:gridCol w:w="2968"/>
+        <w:gridCol w:w="3069"/>
+        <w:gridCol w:w="3659"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="15161"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2968" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3069" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="66" w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="79" w:right="134"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>программирования в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", "Обучение работе с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="162" w:line="386" w:lineRule="auto"/>
+              <w:ind w:left="79" w:right="600"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Международные</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы: TEFL </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>"CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRPr="00A01F50" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:ind w:left="79" w:right="206"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Certificate in Teaching English to Speakers of Other </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRPr="00A01F50" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="128" w:line="254" w:lineRule="auto"/>
+              <w:ind w:left="79" w:right="151"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language Teaching – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRPr="00A01F50" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="146" w:line="252" w:lineRule="auto"/>
+              <w:ind w:left="79" w:right="190"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRPr="00A01F50" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="146" w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="79" w:right="151"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language Teaching – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRPr="00A01F50" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="163"/>
+              <w:ind w:left="79"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRPr="00A01F50" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="160"/>
+              <w:ind w:left="79"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Knowledge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRPr="00A01F50" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="161" w:line="252" w:lineRule="auto"/>
+              <w:ind w:left="79" w:right="604"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Certificate in EMI Skills (English as a Medium of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRPr="00A01F50" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="146" w:line="249" w:lineRule="auto"/>
+              <w:ind w:left="79" w:right="206"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teacher of English to Speakers of Other Languages </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRPr="00A01F50" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="148"/>
+              <w:ind w:left="79"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRPr="00A01F50" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="167" w:line="249" w:lineRule="auto"/>
+              <w:ind w:left="79" w:right="248"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="28"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRPr="00A01F50" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="149" w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="79" w:right="206"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRPr="00A01F50" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="156" w:line="249" w:lineRule="auto"/>
+              <w:ind w:left="79" w:right="157"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT – International</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>House Certificate In Teaching Young Learners and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRPr="00A01F50" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="153" w:line="254" w:lineRule="auto"/>
+              <w:ind w:left="79"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Better</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teacher: Exploring Professional </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRPr="00A01F50" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="139" w:line="254" w:lineRule="auto"/>
+              <w:ind w:left="79"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="66" w:line="249" w:lineRule="auto"/>
+              <w:ind w:left="86" w:right="128"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Республики Казахстан от 28 января 2016 года № 95 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="39"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>под</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="258" w:lineRule="exact"/>
+              <w:ind w:left="86"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>30068)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="167"/>
+              <w:ind w:left="86"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>(каждый</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="0081372E">
+          <w:pgSz w:w="11910" w:h="16850"/>
+          <w:pgMar w:top="700" w:right="500" w:bottom="280" w:left="840" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:line="322" w:lineRule="exact"/>
-[...67 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="2"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B036B3" w:rsidRDefault="00920E52">
-[...742 lines deleted...]
-      <w:pgMar w:top="340" w:right="740" w:bottom="280" w:left="1580" w:header="720" w:footer="720" w:gutter="0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="176" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="202020"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="202020"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="202020"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="202020"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="202020"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="202020"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="490"/>
+        <w:gridCol w:w="2968"/>
+        <w:gridCol w:w="3069"/>
+        <w:gridCol w:w="3659"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0081372E" w:rsidRPr="00F97E57">
+        <w:trPr>
+          <w:trHeight w:val="4789"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2968" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3069" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRPr="00A01F50" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="73" w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="79" w:right="206"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="28"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRPr="00A01F50" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="163"/>
+              <w:ind w:left="79"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="25"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRPr="00A01F50" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="160" w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="79"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRPr="00A01F50" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="154" w:line="254" w:lineRule="auto"/>
+              <w:ind w:left="79" w:right="206"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Coursera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRPr="00A01F50" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="145" w:line="249" w:lineRule="auto"/>
+              <w:ind w:left="79"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">with </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRPr="00A01F50" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="141"/>
+              <w:ind w:left="79"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="23"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="39"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081372E" w:rsidRPr="00A01F50" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="168" w:line="254" w:lineRule="auto"/>
+              <w:ind w:left="79"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"Developing</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01F50">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>expertise in teaching chemistry"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRPr="00A01F50" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="3874"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="58"/>
+              <w:ind w:left="78"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2968" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="58" w:line="249" w:lineRule="auto"/>
+              <w:ind w:left="78" w:right="195"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Выпускник организации высшего и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">послевузовского </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>обучившийся по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>,п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">едагог, направленный по молодежной практике Центром занятости </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3069" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="58" w:line="249" w:lineRule="auto"/>
+              <w:ind w:left="79"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сертификат обладателя </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">государственного </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>образовательного</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">гранта, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3659" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="58"/>
+              <w:ind w:left="86"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>плюс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081372E">
+        <w:trPr>
+          <w:trHeight w:val="561"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="00633AD8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="58"/>
+              <w:ind w:left="78"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6728" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081372E" w:rsidRDefault="0081372E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00633AD8" w:rsidRDefault="00633AD8"/>
+    <w:sectPr w:rsidR="00633AD8" w:rsidSect="0081372E">
+      <w:pgSz w:w="11910" w:h="16850"/>
+      <w:pgMar w:top="680" w:right="500" w:bottom="280" w:left="840" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="3BF14DC5"/>
+    <w:nsid w:val="0A650301"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A9D602BC"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="C5888582"/>
+    <w:lvl w:ilvl="0" w:tplc="6C705CBC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="480" w:hanging="361"/>
+        <w:ind w:left="79" w:hanging="130"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="23"/>
+        <w:szCs w:val="23"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="F5322B70">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="377" w:hanging="130"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:spacing w:val="0"/>
-[...1 lines deleted...]
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="778E0B8C">
+    <w:lvl w:ilvl="2" w:tplc="C6F663CC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="674" w:hanging="130"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04AEFA86">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="972" w:hanging="130"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="B142B1D4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1269" w:hanging="130"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B9AA3072">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1567" w:hanging="130"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1564006A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1864" w:hanging="130"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="35706106">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2161" w:hanging="130"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="BE58E004">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2459" w:hanging="130"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="101819CC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="997A4350"/>
+    <w:lvl w:ilvl="0" w:tplc="D9F415D8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="480" w:hanging="361"/>
+        <w:ind w:left="389" w:hanging="368"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="4ED23548">
+    <w:lvl w:ilvl="1" w:tplc="5DEA5CC8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2300" w:hanging="361"/>
+        <w:ind w:left="1096" w:hanging="368"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="6DDE49E2">
+    <w:lvl w:ilvl="2" w:tplc="DBD2CBC8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3211" w:hanging="361"/>
+        <w:ind w:left="1813" w:hanging="368"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="BCA0F0C8">
+    <w:lvl w:ilvl="3" w:tplc="3FE49C1E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4121" w:hanging="361"/>
+        <w:ind w:left="2530" w:hanging="368"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="D7D0FA82">
+    <w:lvl w:ilvl="4" w:tplc="99C8311A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5032" w:hanging="361"/>
+        <w:ind w:left="3247" w:hanging="368"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="F53A45A2">
+    <w:lvl w:ilvl="5" w:tplc="2B3882E6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5942" w:hanging="361"/>
+        <w:ind w:left="3964" w:hanging="368"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="EBEA3934">
+    <w:lvl w:ilvl="6" w:tplc="4CA4BE86">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6852" w:hanging="361"/>
+        <w:ind w:left="4680" w:hanging="368"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="F026A8EA">
+    <w:lvl w:ilvl="7" w:tplc="A8E84E12">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7763" w:hanging="361"/>
+        <w:ind w:left="5397" w:hanging="368"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="9964279C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6114" w:hanging="368"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="44912FC5"/>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="36994093"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="47C49848"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="18F4A60A"/>
+    <w:lvl w:ilvl="0" w:tplc="3B103042">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="480" w:hanging="361"/>
+        <w:ind w:left="118" w:hanging="137"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i/>
+        <w:iCs/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="23"/>
+        <w:szCs w:val="23"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="9F16B8BE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="862" w:hanging="137"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FEC8DF30">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1605" w:hanging="137"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D3F85E12">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2348" w:hanging="137"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="765C1420">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3090" w:hanging="137"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="54BE5CD6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3833" w:hanging="137"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0EDEB548">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4576" w:hanging="137"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="020E14C8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5318" w:hanging="137"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="8B722512">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6061" w:hanging="137"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="43DA487F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C260583E"/>
+    <w:lvl w:ilvl="0" w:tplc="9550CA88">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="391" w:hanging="368"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="43F2EE6A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1114" w:hanging="368"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F1CEFED4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1829" w:hanging="368"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D59A2C96">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2544" w:hanging="368"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="CDBC5926">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3258" w:hanging="368"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="92344092">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3973" w:hanging="368"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8FF6466E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4688" w:hanging="368"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="47308988">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5402" w:hanging="368"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B2866F24">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6117" w:hanging="368"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="57397ABF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="79C28CD0"/>
+    <w:lvl w:ilvl="0" w:tplc="A8262388">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="838" w:hanging="361"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
-        <w:w w:val="99"/>
-[...2 lines deleted...]
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="23"/>
+        <w:szCs w:val="23"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="A8D0E690">
+    <w:lvl w:ilvl="1" w:tplc="627A67F0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1510" w:hanging="361"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="E938BB1A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2181" w:hanging="361"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="4D56503C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2852" w:hanging="361"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="8BBEA404">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3522" w:hanging="361"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="99DCFC50">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4193" w:hanging="361"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="40182ABC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4864" w:hanging="361"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="C1E4C832">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5534" w:hanging="361"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="A3FA5240">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6205" w:hanging="361"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="5D316CFB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F3D4B27E"/>
+    <w:lvl w:ilvl="0" w:tplc="3A16DC60">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="79" w:hanging="137"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="23"/>
+        <w:szCs w:val="23"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EC4CB5FA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="377" w:hanging="137"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="C6DED3FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="674" w:hanging="137"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="266E90AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="972" w:hanging="137"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="E97E08FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1269" w:hanging="137"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08D63FFE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1567" w:hanging="137"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="5BC861F0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1864" w:hanging="137"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="8B0E27AC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2161" w:hanging="137"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3CB8CB92">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2459" w:hanging="137"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="5DEA2847"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B4361ADE"/>
+    <w:lvl w:ilvl="0" w:tplc="08B8D284">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="840" w:hanging="360"/>
+        <w:ind w:left="391" w:hanging="368"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
-        <w:w w:val="99"/>
-[...2 lines deleted...]
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="D9A40F5A">
+    <w:lvl w:ilvl="1" w:tplc="BE86D4CC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1811" w:hanging="360"/>
+        <w:ind w:left="1114" w:hanging="368"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="3A1A6EE6">
+    <w:lvl w:ilvl="2" w:tplc="247056A0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2783" w:hanging="360"/>
+        <w:ind w:left="1829" w:hanging="368"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="DF8EEF1E">
+    <w:lvl w:ilvl="3" w:tplc="A1C0ECCC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3754" w:hanging="360"/>
+        <w:ind w:left="2544" w:hanging="368"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="E1F2ABAA">
+    <w:lvl w:ilvl="4" w:tplc="D5F22044">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4726" w:hanging="360"/>
+        <w:ind w:left="3258" w:hanging="368"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49FCA590">
+    <w:lvl w:ilvl="5" w:tplc="28BC2DB4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5697" w:hanging="360"/>
+        <w:ind w:left="3973" w:hanging="368"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0C100A66">
+    <w:lvl w:ilvl="6" w:tplc="C9C885CC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6669" w:hanging="360"/>
+        <w:ind w:left="4688" w:hanging="368"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="47501EBC">
+    <w:lvl w:ilvl="7" w:tplc="6F78DAA8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7640" w:hanging="360"/>
+        <w:ind w:left="5402" w:hanging="368"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="F252CAEE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6117" w:hanging="368"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="627E5371"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D31EC1D4"/>
+    <w:lvl w:ilvl="0" w:tplc="82821918">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="838" w:hanging="361"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="23"/>
+        <w:szCs w:val="23"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="122A2D18">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1510" w:hanging="361"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="57BEA52E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2181" w:hanging="361"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="79D682D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2852" w:hanging="361"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="B92C5D50">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3522" w:hanging="361"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="3294BD56">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4193" w:hanging="361"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2AE03890">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4864" w:hanging="361"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="647C5CBA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5534" w:hanging="361"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="EA041C02">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6205" w:hanging="361"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="64B66E61"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7A36D8CA"/>
+    <w:lvl w:ilvl="0" w:tplc="55E83B82">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="391" w:hanging="368"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="32788686">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1114" w:hanging="368"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="6CDEF792">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1829" w:hanging="368"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="68E6CCFA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2544" w:hanging="368"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="283C0A14">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3258" w:hanging="368"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="F12847B2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3973" w:hanging="368"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="D12ACD44">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4688" w:hanging="368"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2BFCEF90">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5402" w:hanging="368"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FB905352">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6117" w:hanging="368"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="7E7119EC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="55F61FD8"/>
+    <w:lvl w:ilvl="0" w:tplc="019E6BEA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="391" w:hanging="368"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="78EA1A1C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1114" w:hanging="368"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2774CF84">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1829" w:hanging="368"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="72909C04">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2544" w:hanging="368"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="D6925310">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3258" w:hanging="368"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="1436B39C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3973" w:hanging="368"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="E24AB9BE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4688" w:hanging="368"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="45B82C62">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5402" w:hanging="368"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="11A419BA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6117" w:hanging="368"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:shapeLayoutLikeWW8/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B036B3"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00B26AF3"/>
+    <w:rsidRoot w:val="0081372E"/>
+    <w:rsid w:val="00633AD8"/>
+    <w:rsid w:val="00657D4B"/>
+    <w:rsid w:val="0081372E"/>
+    <w:rsid w:val="00A01F50"/>
+    <w:rsid w:val="00F97E57"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
@@ -2669,195 +30976,138 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B036B3"/>
+    <w:rsid w:val="0081372E"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="kk-KZ"/>
+      <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00B036B3"/>
+    <w:rsid w:val="0081372E"/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B036B3"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="0081372E"/>
     <w:rPr>
-      <w:sz w:val="28"/>
-[...19 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
-    <w:name w:val="Title"/>
-[...18 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B036B3"/>
-[...3 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="0081372E"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B036B3"/>
-[...10 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="0081372E"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ms.akbota.2007@mail.ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3103,83 +31353,68 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2282</Characters>
+  <Pages>10</Pages>
+  <Words>2892</Words>
+  <Characters>16491</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>137</Lines>
+  <Paragraphs>38</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>DG Win&amp;Soft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2677</CharactersWithSpaces>
+  <CharactersWithSpaces>19345</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Пользователь</dc:creator>
+  <dc:creator>Direktor</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2024-07-23T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word 2016</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2024-08-07T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
     <vt:lpwstr>www.ilovepdf.com</vt:lpwstr>
   </property>
 </Properties>
 </file>