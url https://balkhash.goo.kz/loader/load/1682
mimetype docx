--- v0 (2025-12-14)
+++ v1 (2026-01-09)
@@ -1,5741 +1,630 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="008E4D08" w:rsidRPr="000B613C" w:rsidRDefault="002D6CFC" w:rsidP="008E4D08">
-[...164 lines deleted...]
-        <w:t xml:space="preserve">Место проведения: </w:t>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>The solemn ruler devoted to Knowledge Day</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10"/>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>Date: September 1 of the year</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t xml:space="preserve">Time: 10.00 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t xml:space="preserve">Location: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>KSU"school-boarding General type of Balkhash"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10"/>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>Presenters: Rogatkin Michael, a student of class 9B</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>Smagunova Madina Mangasarova senior leaders</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10"/>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t xml:space="preserve">The design of the sports hall: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>The State Flag of Kazakhstan and the State Emblem of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10"/>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>Students at the school built around a sports hall. Set for guests of the leading line, includes a musical instrument and a microphone stand.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>Prior to the beginning of the line are songs about Kazakhstan, the school, the child (on the state and Russian languages)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>10.00 Start of solemn line</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>1 unit</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>10.00-10.10 opening Ceremony</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>Fanfare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>Hello leading.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t xml:space="preserve">1 leading Armett standar, onatar, ATA-analar, ayauly ousler! Today's girl expectant mother sainya, Satya Tola 'Alghashky konyrau" merciless Kutty Bolsa! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>2 leading the Solemn ruler devoted to Day of Knowledge, is declared open!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>Performed the national Anthem of Kazakhstan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t xml:space="preserve">2 leading Today the first of September 2016, a new start time for thousands of boys and girls! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>Beginning of a long journey</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>They have so much pass</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>To learn, to think, to learn,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Decide to read, to write, to work!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>But after it, and now</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>Here we welcome you!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>Under the loud applause greeted the first-graders of 2016 our school!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t xml:space="preserve">1 leading 1 synap. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>Synyp getcss – Bekbergenova Sholpan Jumadilova</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t xml:space="preserve">1B synyp. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>Synyp getcss – Brovkina O. V.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t xml:space="preserve">The output of the first grade music first graders, accompanied by teachers takes the first place on the line. The victory lap. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t xml:space="preserve">2 leading Dear teachers, dear pupils, parents! Today such a wonderful day – the Feast of Knowledge! Most recently, on August 30 in the Republic of Kazakhstan celebrated the state holiday – the Constitution Day and 21 anniversary of its adoption. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t xml:space="preserve">1 leading New Constitution negeseuon me azamatau, alardyce, Қазақстандакүштімемлекетқұружайыалынған. Олкоғамдықдамудыңқазіргіүрдістерінетолығыменсәйкескеледі, tpoday. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t xml:space="preserve">2 leading Our Constitution gives a guarantee indisputable the development of the state and society, encouraging citizens of the country, and raises Patriotic feelings for his Homeland, creates a culture of respect for the law and respect for human rights. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>1 leading Titau Soz school Directors fedyanina Marina Fedorovna burled.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>Director of the Speech the headmaster gave the floor to guests</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t xml:space="preserve">2 leading Today on our line there are guests. The head of the public service center Zhakupbekova Bakhyt Seitovna, head of the library named after S. Seifullin – Vlasov Lydia Vladimirovna and our chiefs of the military unit. The word is provided. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>2 block Holiday "Day of Knowledge"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t xml:space="preserve">10.10 - 10.25 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t xml:space="preserve">1 moderator 1 day erkic tech Ana Bilim day Ana the Emesa, sonyman Birge Bayly in boletin brother IC-sharleman de milanisti. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>2 leading this year we celebrate the 25th anniversary of Independence of the Republic of Kazakhstan. During the years of independence Kazakhstan has matured, has achieved great results in its development.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>1 leading Kazakhstan, veteran of gildar arasinda lken ntulele get. ASR bizdin ate — burly lame tanylan. We Jas Asanteman victory in dmip celebs. Glda Bern — bizdin Asistentes!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>2 leading Dear first graders! Dear parents of first g</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-[...5300 lines deleted...]
-    <w:sectPr w:rsidR="00BF0340" w:rsidSect="008A378F">
+      <w:r>
+        <w:t>raders!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>You will study at our school, with a strong history of good knowledge, highly creative and sporting achievements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>In the school where everyone can become a star!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>All our school – just the stars!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>Their light is not easy!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>The teacher is responsible for them!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>We are thinking about them warmed!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>Musical number "We are the boys from the internat</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t xml:space="preserve">1 leading Be excellent in tech burns synyp ausiliaria Ana the Emesa, erecek ouslera Yes the special Balma. Soz keseg toisensa synyp ausiliaria burled. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t xml:space="preserve">Alumni Ambati, burns synyp ouseley! BGN szdir Bilim lemne Sayakhat jacamar. Bsder de togyz years Bryn szdir secld school tobulgarian alas attain, boletines. Titau lebster abilty otira, mechtat not ICANN tsebelis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t xml:space="preserve"> What is a school? School is our home, the house in which we, as a family, where joys and sorrows are the same for all.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>- Today we are giving you the key to the country Knowledge. Let it help you to open in this country all the accumulated wealth of humanity. A wealth of these – Knowledge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>- We wish to protect the school, soon to grow</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>Their excellent learning and other successes to glorify it.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>(Graduates transmit the key of Knowledge to first-graders).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t xml:space="preserve">2 leading a School! Attention! Now is the time to take in our close-knit school family, the first two of the class, and will help them with their first teacher. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>First-grade teachers the First time you came to school,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>First time in first class.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>All for you today new,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>All worry about you!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>- Guys, to become a real first-graders, you must swear the oath.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>OATH.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>We vow to learn the letters, learn to read... I Swear!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>Learn to fly write, and count... I Swear</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>The lesson to try, and flies apart... we Swear!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Tutorial to protect, not to quit and not to tear... I Swear!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>To perform fully the homework... I Swear</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>Coming to school without delay... we Swear</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>Become a year smarter and grow up... I Swear!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t xml:space="preserve">Become proud parents and teachers... I Swear! I swear! I swear! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>- Dear guys! Don't forget this vow today and try to follow it to the end of the study. Let me fulfill compulsory school ritual, without which it is impossible to become a true disciple. This - wetting from the "Bowl of knowledge".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>- Today you have become students and we are your first teachers, we hand you the first document – the diploma of the first grade!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>Presentation of diplomas to first graders.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t xml:space="preserve">1 leading al ASR, 2015 – 2016 excellent Gilani Altyngazina ketek bersek. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t xml:space="preserve">2 leading each school has traditions. In our is summarizing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t xml:space="preserve">The right to deliver the certificates provided to the Director of the school of MF. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>The headmaster and guests awarded certificates</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>3 block</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>10.25-10.30 a.m. first bell Ceremony</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>1 leading Konyrau syңғyrla, Asia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>N Osan Yadana sea</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>Bilim al, ebeke Zhas Ulan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t xml:space="preserve">Le Saint bicsi of Basina. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t xml:space="preserve">2 leading Our school is a temple of science, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t xml:space="preserve">Home comfort, bright, light, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t xml:space="preserve">Good teachers ' hands </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t xml:space="preserve">The first in this academic year call! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>The right to give the first call is provided to the school leader, member of the Republican children-youth organization "Zhas Ulan", the student class 9B Cherednikova Daniel and pupil class 1A ...</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10"/>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>Students are in a circle and give the first call</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t xml:space="preserve">1 leading Imbatte ousler, armett onatar and standar! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Alghashky konyrau merceses barleys titis! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t xml:space="preserve">Bilim lemne Shyn irection the Enugu any TREN balgyn Blanshard today's girl expectant mother Adamy Satti bolsyn! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>Elms ESES solemn, toeless tugyry Berik bolsyn!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>2 leading With a holiday, dear friends!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t xml:space="preserve">1 leading Bizdin Azathymine 25 years Boyi Dostyk pen Palace of arnap, glden called. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>2 leading Today on the Day of Knowledge, in the year of the 25th anniversary of independence of Kazakhstan, we suggest you go to a new school year under the symbol of the year with all the colors of the rainbow, so that the year was successful, bright, giver of victory and resulting in high achievement. The right of the first pass under the symbol available to our first graders!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t xml:space="preserve">Music. First-graders accompanied by class teachers are in school. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t xml:space="preserve">2 leading for school students of classes 2-9 to pass on your first lesson of Knowledge in the new academic year! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525D10" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>1 leading Imbatte ousler, Zhana excellent galinda STLC tlams!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A1B8F" w:rsidRDefault="00525D10" w:rsidP="00525D10">
+      <w:r>
+        <w:t>Background music</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="006A1B8F">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...19 lines deleted...]
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...119 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="98"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="53"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="008E4D08"/>
-[...31 lines deleted...]
-    <w:rsid w:val="00EA2640"/>
+    <w:rsidRoot w:val="00B6229B"/>
+    <w:rsid w:val="00525D10"/>
+    <w:rsid w:val="006A1B8F"/>
+    <w:rsid w:val="00B6229B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -5761,76 +650,76 @@
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -5878,143 +767,90 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008E4D08"/>
-[...3 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...46 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -6155,57 +991,56 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6239,84 +1074,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -6452,70 +1289,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1115</Words>
-  <Characters>6360</Characters>
+  <Words>1096</Words>
+  <Characters>6252</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>53</Lines>
+  <Lines>52</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>Microsoft</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7461</CharactersWithSpaces>
+  <CharactersWithSpaces>7334</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Наталья</dc:creator>
+  <dc:creator>интер</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>