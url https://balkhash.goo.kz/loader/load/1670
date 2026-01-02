--- v0 (2025-12-11)
+++ v1 (2026-01-02)
@@ -1,3123 +1,1377 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="0011282F" w:rsidRPr="0011282F" w:rsidRDefault="00A37EB0" w:rsidP="0011282F">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>АДАПТАЦИЯ РЕБЕНКА К ОБУЧЕНИЮ В ШКОЛЕ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>советы родителям</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совет </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>первый:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>самое</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> главное, что вам необходимо  дать своему ребенку — это ваше внимание.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Будьте терпеливы: внимательно выслушивайте его рассказы о школе, задавайте уточняющие вопросы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Помните: то, что кажется вам не очень важным, для вашего сына или дочери может оказаться самым волнующим событием за весь день! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Слушая своего ребенка внимательно, вы сможете понять, в чем малышу нужна ваша помощь, о чем следует поговорить с учительницей, что реально происходит с ребенком после того, как вы прощаетесь с ним у дверей школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Школьнику нужно внимание и мамы, и папы. Не забывайте выделять для него время, не обремененное домашними делами и просмотром телевизора. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Помните, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>что ребёнок больше всего нуждается в нашей любви тогда, когда он её меньше всего её заслуживает.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Если ребенок увидит ваш интерес к его делам и заботам, он обязательно почувствует вашу поддержку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Совет второй</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оддержите в ребенке его стремление стать школьником, развивайте и поощряйте желание учиться. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Выражайте свою искреннюю заинтересованность в школьных делах и заботах вашего ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Отмечайте его успехи </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и не скупитесь на похвалу. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В каждой его работе обязательно найдите, за что можно было бы его похвалить. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Помните: похвала и эмоциональная поддержка («Молодец!», «Ты так хорошо справился!») способны заметно повысить интеллектуальные достижения ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Совет третий</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: помогите ребенку</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> войти в новый режим жизни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обсудите с ребенком те правила и нормы, с которыми он встретился в школе. Объясните их необходимость и целесообразность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Составьте вместе с ребенком распорядок дня, следите за его соблюдением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Распорядок дня в жизни первоклассника имеет важное значение.                    У ребенка появились новые обязанности, которые требуют от него большей собранности, дисциплинированности – распорядок дня помогает правильно сочетать труд и отдых, привыкать к новым условиям жизни. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В распорядке дня необходимо чередовать малоподвижные виды деятельности с двигательной активностью, интеллектуальные и физические виды деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Необходимо уменьшить количество (и отследить качество) просматриваемых телепрограмм и время игры на компьютере.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Контролировать продолжительность выполнения ребенком домашних заданий (в первом классе - 1-1,5 часа, включая чтение), а также время сна (сон должен составлять не менее 9-10 часов в сутки для полноценного отдыха).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На соблюдении распорядка дня настаивают и врачи, потому что это – лучшее лекарство от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>перевозбудимости</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и раздражительности детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Работоспособность неодинакова на протяжении дня. Исследования врачей-гигиенистов установили два пика трудоспособности: 8-11 утра, 16-18 вечера, а затем идет интенсивный спад. Поэтому переносить выполнение д/з на вечернее время не рекомендуется – это малопродуктивно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ребенок привыкает к школе не только психологически, но и физически. Многие дети в первом классе впервые сталкиваются с необходимостью вставать в одно и то же время с утра. На протяжении 3-6 часов школьного дня ребенок активно учится. В шесть-семь лет такая нагрузка равна напряженному рабочему дню взрослого человека. С началом школьного обучения резко увеличивается нагрузка на нервную систему, позвоночник, зрение, слух ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Если до этого вы не придерживались режима дня, то постарайтесь мягко ввести его. Ваша дочь или сын нуждается в регулярном, продолжительном сне. Помогите школьнику научиться засыпать в одно и тоже время. Не заставляйте ребенка сразу садиться за уроки. Ребенку нужно время, чтобы отдохнуть. Это полезно и для самого процесса обучения. Мозг использует время отдыха, чтобы «уложить новые знания на нужные полочки». Ребенку, как и нам, после </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>рабочего дня нужен кусочек тишины и отдыха. Позаботьтесь о здоровье вашего ребенка, так как в первые месяцы школьного обучения огрехи в режиме дня будут сказываться более серьезно, чем раньше.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Совет четвертый</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: умейте сохранять спокойствие по отношению к школьным заботам ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ребенок пришел из школы - не торопитесь приставать к нему с вопросами, дайте ему расслабиться. Если видите, что он огорчен, лучше позже в спокойной беседе попытайтесь узнать о причинах его беспокойства. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Помните:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для ребёнка чего-то не уметь, что-то не знает – это нормальное положение вещей. На то он и ребёнок – этим нельзя попрекать. Упреки понижают самооценку ребенка, лишают его уверенности в себе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ваш ребенок пришел в школу, чтобы учиться. Когда человек учится, у него может что-то не сразу получаться, это естественно. Ребенок имеет право на ошибку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Видя родителей спокойными и уверенными, ребенок почувствует, что бояться школы просто не нужно. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Совет пятый</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: помогите ребенку установить отношения со сверстниками чувствовать себя уверенно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Хвалите ребенка за общительность, радуйтесь вслух его новым школьным знакомствам. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Поговорите с ним о правилах общения со своими ровесниками, помогите стать вашему ребенку интересным другим. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учите его новым играм, чтобы он мог показать их друзьям. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пригласите одноклассников вашего ребенка к вам домой — простое чаепитие, а маленький хозяин научится принимать гостей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Не стоит «подкупать» внимание школьных товарищей вашего ребенка дорогими игрушками и одеждой. Так ваш ребенок не научится быть нужным другим сам по себе. Ваш сын или дочь может столкнуться с завистью и неодобрением одноклассников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Уверенный в себе, общительный малыш адаптируется к любой ситуации быстрее и спокойнее.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Совет шестой</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: умейте быть мудрым по отношению к школьным успехам своего ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Не превращайте своего ребенка в приложение к школьному дневнику. Школьные успехи, безусловно, важны. Но это – не вся жизнь вашего ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Школьная отметка — показатель знаний ребенка по данной теме данного предмета на данный момент. Она не характеризует личность ребенка!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Не сравнивайте своего ребенка с другими учениками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Хвалите ребенка за его школьные успехи. И помните, никакое количество «пятерок» не может быть важнее счастья вашего ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Не относитесь к первым неудачам ребенка, как к краху всех ваших надежд. Помните: ему очень нужны- ваша вера в него, умная помощь и поддержка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Совет седьмой</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...540 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: старайтесь не перегружать вашего ребенка в первом полугодии первого класса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Не стоит сразу по приходу ребенка из школы засаживать его за уроки. Дайте ему отдохнуть 2-3 часа или, если это возможно, попытайтесь организовать ребенку 1,5 часовой дневной сон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Когда ребенок делает уроки, не стойте у него над душой. Пусть делает их сам! Ваша дело помощь, а не выполнение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Не пытайтесь «объять необъятное»! Не тяните своих детей в «вундеркинды», отдавая их на дополнительные занятия: музыка, иностранных язык, бассейн, фигурное катание, живопись и т.д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ребенок в такой ситуации сам себе не хозяин, за него решают другие, к тому же иногда против его воли и без учета его интересов, желаний и сил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Найдите оптимальную дозировку и по </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0011282F">
-[...28 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>времени</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0011282F">
-[...303 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и по количеству занятий. Здесь легко переборщить. А какой результат? Он порой страшен, потому что ребенок начитает тихо ненавидеть все, чем приходиться заниматься по указке взрослых и рвется на улицу, в свободную стихию, где его никто не контролирует.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Компьютердегі  ойын мен түрлі бағдарламалар санын азайтуды (сапасына көңіл аударыңыз) қадағалаңыз. </w:t>
-[...1105 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Ответ прост: идите от ребенка. Постарайтесь его заинтересовать, увлечь, а не принудить, настоять, заставить.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">поступление в школу не должно лишать ребенка радости от игр: у </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0011282F">
-[...28 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>него  должно</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0011282F">
-[...987 lines deleted...]
-    <w:sectPr w:rsidR="00795BC3" w:rsidRPr="0011282F">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оставаться достаточно времени для игровых занятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Не забывайте: даже большие детки любят, чтобы им почитали сказку, посидели с ними перед сном, обняли их и поцеловали. Все это помогает снять напряжение после долгого «рабочего дня»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C57706" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Давайте постараемся, чтобы самые первые шаги, сделанные каждым малышом в школьном мире, были для самого ребенка и членов его семьи радостными и уверенными!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F57BF9" w:rsidRDefault="00C57706" w:rsidP="00C57706">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Надеюсь, что представленные советы помогут всем вам быть максимально эффективными в общении со своим ребенком.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00F57BF9">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -3281,673 +1535,109 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...558 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...10 lines deleted...]
-    <w:abstractNumId w:val="3"/>
+    <w:lvlOverride w:ilvl="0"/>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007B2169"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00A37EB0"/>
+    <w:rsidRoot w:val="00635825"/>
+    <w:rsid w:val="00635825"/>
+    <w:rsid w:val="00C57706"/>
+    <w:rsid w:val="00F57BF9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{5EED39A3-F416-4E5B-B530-D59405F80CCA}"/>
+  <w15:docId w15:val="{F3EBF8D6-C671-4AC6-A468-408663C804ED}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4300,83 +1990,143 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00C57706"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C57706"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:ind w:firstLine="150"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C57706"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C57706"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:divs>
+    <w:div w:id="1983922540">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -4609,54 +2359,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1153</Words>
-  <Characters>6573</Characters>
+  <Words>1155</Words>
+  <Characters>6585</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>54</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7711</CharactersWithSpaces>
+  <CharactersWithSpaces>7725</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>л</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>