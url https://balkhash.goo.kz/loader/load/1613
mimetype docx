--- v0 (2025-12-10)
+++ v1 (2026-01-01)
@@ -1,113 +1,117 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00B87399" w:rsidRDefault="00B87399" w:rsidP="00B87399">
+    <w:p w:rsidR="00B87399" w:rsidRDefault="00D47153" w:rsidP="00B87399">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Бастауыш онкүндік туралы ақпарат</w:t>
+        <w:t xml:space="preserve">Информация по декаде  начального класса </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B87399" w:rsidRDefault="00B87399" w:rsidP="00B87399">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B87399" w:rsidRDefault="00D47153" w:rsidP="00901778">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12 февраля </w:t>
+      </w:r>
+      <w:r w:rsidR="001D702E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2016</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года согласно плану декады учитель начальных классов Н. Ордабаева провела метематическое  соревнование среди 3-х классов на тему: «Молодой математик», </w:t>
+      </w:r>
+      <w:r w:rsidR="001D702E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> цель соревнования развивать фун</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">2016 жылдың 12 ақпанында бастауыш сынып онкүндігінің жоспарына сай  батсауыш сынып мұғалімі Н. Ордабаева </w:t>
+        <w:t xml:space="preserve">кциональную граммотность учащихся по математике. </w:t>
       </w:r>
-      <w:r w:rsidR="00901778">
-[...24 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w:rsidR="00B87399" w:rsidRPr="001D702E" w:rsidRDefault="00B87399" w:rsidP="00B87399">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5207000" cy="2857500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\User\Desktop\декада бастауыш\SAM_1229.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
@@ -155,84 +159,86 @@
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000665CE"/>
     <w:rsid w:val="000665CE"/>
     <w:rsid w:val="001D702E"/>
     <w:rsid w:val="00901778"/>
     <w:rsid w:val="00B5298F"/>
     <w:rsid w:val="00B87399"/>
+    <w:rsid w:val="00D47153"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -958,54 +964,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>41</Words>
-  <Characters>236</Characters>
+  <Words>43</Words>
+  <Characters>251</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1</Lines>
+  <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>276</CharactersWithSpaces>
+  <CharactersWithSpaces>293</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>