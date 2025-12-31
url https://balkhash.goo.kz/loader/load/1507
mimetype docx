--- v0 (2025-12-09)
+++ v1 (2025-12-31)
@@ -1,39907 +1,41584 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
-[...7 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p w14:paraId="097fb15" w14:textId="097fb15">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:noProof/>
-[...1 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+				</w:t>
+      </w:r>
+      <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1905000" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name=""/>
+            <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
-            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4" cstate="print"/>
+                    <a:blip r:embed="rId3"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1905000" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRPr="00E36933" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E36933">
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t>О проекте Указа Президента Республики Казахстан "Об утверждении Государственной программы развития образования и науки Республики Казахстан на 2016 - 2019 годы"</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"Қазақстан Республикасында білім беруді және ғылымды дамытудың 2016 - 2019 жылдарға арналған мемлекеттік бағдарламасын бекіту туралы" Қазақстан Республикасының Президенті Жарлығының жобасы туралы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRPr="00E36933" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E36933">
-[...5 lines deleted...]
-        <w:t>Постановление Правительства Республики Казахстан от 27 февраля 2016 года № 123</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Үкіметінің 2016 жылғы 27 ақпандағы № 123 қаулысы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRPr="00E36933" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...13 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының Үкіметі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...32 lines deleted...]
-        <w:t>2016 - 2019 годы».</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ҚАУЛЫ ЕТЕДІ:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      «Қазақстан Республикасында білім беруді және ғылымды дамытудың 2016 – 2019 жылдарға арналған мемлекеттік бағдарламасын бекіту туралы» Қазақстан Республикасының Президенті Жарлығының жобасы Қазақстан Республикасы Президентінің қарауына енгізілсін.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRPr="00E36933" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>      Қазақстан Республикасының</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
-          <w:lang w:val="ru-RU"/>
-[...41 lines deleted...]
-        <w:t xml:space="preserve"> К. Масимов</w:t>
+        </w:rPr>
+        <w:t>      Премьер-Министрі                      К. Мәсімов</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRPr="00E36933" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E36933">
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...11 lines deleted...]
-        <w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасында білім беруді және ғылымды дамытудың</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t>и науки Республики Казахстан на 2016 - 2019 годы</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+2016 - 2019 жылдарға арналған мемлекеттік бағдарламасын</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+бекіту туралы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...20 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...155 lines deleted...]
-        <w:t>      6. Настоящий Указ вводится в действие со дня подписания.</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ҚАУЛЫ ЕТЕМІН:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1. Қоса беріліп отырған Қазақстан Республикасында білім беруді және ғылымды дамытудың 2016 – 2019 жылдарға арналған мемлекеттік бағдарламасы (бұдан әрі – Бағдарлама) бекітілсін.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасының Үкіметі:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) бір ай мерзімде Бағдарламаны іске асыру жөніндегі іс-шаралар жоспарын әзірлесін және Қазақстан Республикасы Президентінің Әкімшілігімен келісу бойынша бекітсін;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) «Қазақстан Республикасындағы мемлекеттік жоспарлау жүйесінің одан әрі жұмыс істеуінің кейбір мәселелері туралы» Қазақстан Республикасы Президентінің 2010 жылғы 4 наурыздағы № 931 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Жарлығында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айқындалған мерзімде және тәртіппен Бағдарламаны іске асыру мониторингінің нәтижелерін Қазақстан Республикасы Президентінің Әкімшілігіне ұсынсын.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. Орталық және жергілікті атқарушы органдар, сондай-ақ Қазақстан Республикасының Президентіне тікелей бағынатын және есеп беретін мемлекеттік органдар Бағдарламаны іске асыру жөнінде шаралар қабылдасын.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4. Осы Жарлыққа қосымшаға сәйкес Қазақстан Республикасы Президентінің кейбір Жарлықтарының күші жойылды деп танылсын.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5. Осы Жарлықтың орындалуын бақылау Қазақстан Республикасы Президентінің Әкімшілігіне жүктелсін.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6. Осы Жарлық қол қойылған күнінен бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      Президент</w:t>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:t>      Қазақстан Республикасының</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      Республики Казахстан                       Н.Назарбаев</w:t>
+        <w:t>      Президенті                            Н.Назарбаев</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...39 lines deleted...]
-        <w:t xml:space="preserve">    от       2016 года №   </w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+Президентінің     </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+2016 жылғы      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+№ Жарлығына     </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+ҚОСЫМША       </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-        <w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Президентінің күші жойылған</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...20 lines deleted...]
-        <w:t>     на 2016 - 2019 годы</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+кейбір жарлықтарының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1. «Қазақстан Республикасында білім беруді дамытудың 2011 – 2020 жылдарға арналған мемлекеттік бағдарламасын бекіту туралы» Қазақстан Республикасы Президентінің 2010 жылғы 7 желтоқсандағы № 1118 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Жарлығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2011 ж., № 5, 49-құжат).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2. «Қазақстан Республикасы Президентінің кейбір жарлықтарына өзгерістер мен толықтырулар енгізу туралы» Қазақстан Республикасы Президентінің 2012 жылғы 27 тамыздағы № 371 Жарлығымен бекітілген Қазақстан Республикасы Президентінің кейбір жарлықтарына енгізілетін өзгерістер мен толықтырулардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>8-тармағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2012 ж., № 68, 976-құжат).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. «Қазақстан Республикасында білім беруді дамытудың 2011 – 2020 жылдарға арналған мемлекеттік бағдарламасын бекіту туралы» Қазақстан Республикасы Президентінің 2010 жылғы 7 желтоқсандағы № 1118 Жарлығына өзгерістер мен толықтырулар енгізу туралы» Қазақстан Республикасы Президентінің 2012 жылғы 2 қарашадағы № 423 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Жарлығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2012 ж., № 77-78, 1130-құжат).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4. «Қазақстан Республикасында білім беруді дамытудың 2011 – 2020 жылдарға арналған мемлекеттік бағдарламасын бекіту туралы» Қазақстан Республикасы Президентінің 2010 жылғы 7 желтоқсандағы № 1118 Жарлығына өзгерістер мен толықтырулар енгізу туралы» Қазақстан Республикасы Президентінің 2014 жылғы 12 тамыздағы № 893 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Жарлығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2014 ж., № 51, 511-құжат).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+Президентінің     </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+2016 жылғы      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+№ Жарлығымен     </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+БЕКІТІЛГЕН     </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t>                   1. Паспорт Программы</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасында білім беруді және ғылымды дамытудың</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+2016 – 2019 жылдарға арналған</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+МЕМЛЕКЕТТІК БАҒДАРЛАМАСЫ 1. Бағдарламаның паспорты</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2646"/>
-        <w:gridCol w:w="7016"/>
+        <w:gridCol w:w="3540"/>
+        <w:gridCol w:w="4815"/>
+        <w:gridCol w:w="2690"/>
+        <w:gridCol w:w="2975"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="750" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3393" w:type="dxa"/>
-[...62 lines deleted...]
-              <w:t>рственная программа развития образования и науки Республики Казахстан на 2016 - 2019 годы (далее – Программа)</w:t>
+            <w:tcW w:w="3540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бағдарламаның атауы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасында білім беруді және ғылымды дамытудың 2016 – 2019 жылдарға арналған мемлекеттік бағдарламасы (бұдан әрі – Бағдарлама)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3393" w:type="dxa"/>
-[...62 lines deleted...]
-              <w:t xml:space="preserve"> Президента Республики Казахстан от 1 февраля 2010 года № 922 «О Стратегическом плане развития Республики Казахстан до 2020 года»;</w:t>
+            <w:tcW w:w="3540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әзірлеу үшін негіздеме </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>«Қазақстан Республикасының 2020 жылға дейінгі Стратегиялық даму жоспары туралы» Қазақстан Республикасы Президентінің 2010 жылғы 1 ақпандағы № 922 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Жарлығы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...17 lines deleted...]
-              <w:t>народу Казахстана от 30 ноября 2015 года «Казахстан в новой глобальной реальности: рост, реформы, развитие»;</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының Президенті Н.Назарбаевтың 2014 жылғы 11 қарашадағы «Нұрлы жол – болашаққа бастар жол» атты Қазақстан халқына </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Жолдауы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>; Қазақстан Республикасының Президенті Н.Назарбаевтың 2015 жылғы 30 қарашадағы «Қазақстан жаңа жаһандық нақты ахуалда: өсім, реформалар, даму» атты Қазақстан халқына </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Жолдауы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>План нации «100 конкретных шагов: современное государство для всех»</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+«100 нақты қадам: баршаға арналған қазіргі заманғы мемлекет» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Ұлт жоспары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3393" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Министерство образования и науки Республики Казахстан (далее – МОН РК)</w:t>
+            <w:tcW w:w="3540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бағдарламаны әзірлеуге жауапты мемлекеттік орган</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының Білім және ғылым министрлігі (бұдан әрі – ҚР БҒМ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="1905" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3393" w:type="dxa"/>
-[...69 lines deleted...]
-              <w:t>национальной экономики Республики Казахстан, Министерство внутренних дел Республики Казахстан, акиматы областей, городов Астаны и Алматы.</w:t>
+            <w:tcW w:w="3540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бағдарламаны іске асыруға жауапты мемлекеттік органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының Білім және ғылым министрлігі, Қазақстан Республикасының Ауыл шаруашылығы министрлігі, Қазақстан Республикасының Денсаулық сақтау және әлеуметтік даму министрлігі, Қазақстан Республикасының Инвестициялар және даму министрлігі, Қазақстан Республикасының Қаржы министрлігі, Қазақстан Республикасының Мәдениет және спорт министрлігі, Қазақстан Республикасының Ұлттық экономика министрлігі, Қазақстан Республикасының Ішкі істер министрлігі, облыстардың, Астана және Алматы қалаларының әкімдіктері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3393" w:type="dxa"/>
-[...62 lines deleted...]
-              <w:t>оста экономики</w:t>
+            <w:tcW w:w="3540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бағдарламаның мақсаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Экономиканың орнықты дамуы үшін білім берудің және ғылымның бәсекеге қабілеттілігін арттыру, адами капиталды дамыту</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3393" w:type="dxa"/>
-[...55 lines deleted...]
-              <w:t>обеспечение равного доступа к качественному дошкольному воспитанию и обучению;</w:t>
+            <w:tcW w:w="3540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бағдарламаның мақсаттары </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мектепке дейінгі сапалы тәрбие мен оқытуға тең қол жеткізуді қамтамасыз ету;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-              <w:t>на;</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сапалы орта білім беруге тең қол жеткізуді қамтамасыз ету, зияткер, дене бітімі және рухани жағынан дамыған, табысты азаматты қалыптастыру;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>социально-экономическая интеграция молодежи через создание условий для получения технического и профессионального образования;</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+техникалық және кәсіптік білім алу үшін жағдайлар жасау арқылы жастарды әлеуметтік-экономикалық интеграциялау;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">науки и инноваций; </w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+экономика салаларын жоғары және жоғары оқу орнынан кейінгі білімі бар бәсекеге қабілетті кадрлармен қамтамасыз ету, білім беруді, ғылымды және инновацияларды интеграциялау;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>обеспечение реального вклада науки для ускоренной диверсификации и устойчивого развития экономики страны</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ел экономикасының қарқынды әртараптануы және тұрақты дамуы үшін ғылымның нақты үлесін қамтамасыз ету.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3393" w:type="dxa"/>
-[...55 lines deleted...]
-              <w:t>улучшение качественного состава педагогических кадров дошкольных организаций и повышение престижа профессии;</w:t>
+            <w:tcW w:w="3540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Міндеттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мектепке дейінгі ұйымдардың педагог кадрларының сапалық құрамын жақсарту және педагог кәсібінің беделін арттыру;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-              <w:t>ичение сети дошкольных организаций с учетом демографической ситуации;</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+демографиялық жағдайды ескере отырып, мектепке дейінгі ұйымдардың желісін ұлғайту;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>обновление содержания дошкольного воспитания и обучения, ориентированного на качественную подготовку детей к школе;</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+балаларды мектепке сапалы дайындауға бағдарланған мектепке дейінгі тәрбиелеу мен оқыту мазмұнын жаңарту;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-              <w:t>итания и обучения;</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мектепке дейінгі тәрбиелеу мен оқыту менеджментін және даму мониторингін жетілдіру;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>повышение престижа профессии педагогов и повышение их качественного состава;</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+педагогтер кәсібінің беделін және олардың сапалық құрамын арттыру;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>обеспечение инфраструктурного развития среднего образования;</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+орта білім берудің инфрақұрылымдық дамуын қамтамасыз ету;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>обновление содержания среднего образования;</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+орта білім берудің мазмұнын жаңарту;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-              <w:t>й Общенациональной патриотической идеи «Мәңгілік Ел» и культуры здорового образа жизни;</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мектеп оқушыларының бойында «Мәңгілік Ел» жалпыұлттық патриоттық идеясының рухани-адамгершілік құндылықтарын және салауатты өмір салты мәдениетін қалыптастыру;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>усовершенствование менеджмента и мониторинга развития среднего образования;</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+орта білім беру менеджментін және даму мониторингін жетілдіру;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>повышение престижа системы технического и профессионального образования (далее – ТиПО);</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+техникалық және кәсіптік білім беру (бұдан әрі – ТжКБ) жүйесінің беделін арттыру;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...10 lines deleted...]
-              <w:t>печение доступности ТиПО и качества подготовки кадров;</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТжКБ қолжетімділігін және кадрларды даярлау сапасын қамтамасыз ету;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>обновление содержания ТиПО с учетом запросов индустриально-инновационного развития страны;</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+елдің индустриялық-инновациялық даму сұраныстарын ескере отырып, ТжКБ мазмұнын жаңарту;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-              <w:t>ого образа жизни;</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+«Мәңгілік Ел» жалпыұлттық патриоттық идеясының рухани-адамгершілік құндылықтарын және саламатты өмір салты мәдениетін нығайту;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>усовершенствование менеджмента и мониторинга развития ТиПО;</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТжКБ менеджментін және даму мониторингін жетілдіру;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>обеспечение качественной подготовки конкурентоспособных кадров;</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бәсекеге қабілетті кадрларды сапалы даярлауды қамтамасыз ету;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>модернизация содержания высшего и послевузовского образования в контексте мировых тенденций;</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+әлемдік үрдістер аясында жоғары және жоғары оқу орнынан кейінгі білім беру мазмұнын жаңғырту;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-              <w:t>коммерциализации результатов научных исследований и технологий;</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ғылыми зерттеулер нәтижелерін және технологияларды коммерцияландыру үшін жағдайлар жасау;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>вовлечение молодежи, высших учебных заведений (далее - ВУЗ) в укрепление духовно-нравственных ценностей Общенациональной патриотической идеи «Мәңгілік Ел» и культуры здорового образа жизни;</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоғары оқу орындарының (бұдан әрі – ЖОО) жастарын «Мәңгілік Ел» жалпыұлттық патриоттық идеясының рухани-адамгершілік құндылықтарын және салауатты өмір салты мәдениетін нығайтуға қатыстыру;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-              <w:t>овершенствование менеджмента и мониторинга развития высшего и послевузовского образования;</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоғары және жоғары оқу орнынан кейінгі білім беру менеджментін және даму мониторингін жетілдіру;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>увеличение вклада науки в развитие экономики страны;</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ғылымның ел экономикасын дамытуға қосатын үлесін ұлғайту;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>укрепление научного потенциала и статуса ученого;</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ғалымның ғылыми әлеуетін және мәртебесін нығайту;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>модернизация инфраструктуры науки;</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ғылымның инфрақұрылымын жаңғырту;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-              <w:t>нта и мониторинга развития науки</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ғылым менеджментін және даму мониторингін жетілдіру.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3393" w:type="dxa"/>
-[...56 lines deleted...]
-              <w:t>2016 - 2019 годы</w:t>
+            <w:tcW w:w="3540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Іске асыру мерзімдері </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2016 – 2019 жылдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3393" w:type="dxa"/>
-[...55 lines deleted...]
-              <w:t>доля детей 3-6 лет, охваченных дошкольным воспитанием и обучением по обновленному содержанию, в 2017 году – 87,5 %, в 2019 году – 100 %;</w:t>
+            <w:tcW w:w="3540" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысаналы индикаторлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-              <w:t>обновленное содержание образования по опыту автономной организации образования «Назарбаев Интеллектуальные школы» (далее – НИШ), в 2017 году – 100 %, в 2019 году – 100 %;</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> – 62 %, в 2019 году – 70 %;</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...29 lines deleted...]
-              <w:t>                       2017 год    2019 год</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>топ-200                    0           2</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>топ-300                    2           2</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>топ-500                    2           3</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...22 lines deleted...]
-              <w:t>разработки в общем объеме финансирования научно-исследовательских и опытно-конструкторских работ (далее – НИОКР) в 2017 году – 21,2 %, в 2019 году – 22,3 %;</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-              <w:t>2017 году – 17,5 %, в 2019 году – 20 %.</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қаржыландыру көздері және көлемі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жаңартылған мазмұн бойынша мектепке дейінгі тәрбиемен және оқытумен қамтылған 3-6 жастағы балалардың үлесі </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2017 жылы – 87,5 %, 2019 жылы – 100 %;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+«Назарбаев Зияткерлік мектептері» дербес білім беру ұйымының (бұдан әрі – НЗМ) тәжірибесі бойынша білім берудің жаңартылған мазмұнына өткен мектептердің үлесі 2017 жылы – 100 %, 2019 жылы – 100 %;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+үлгерімі «жақсы» және «үздік» оқушылардың үлесі (оқытудың сапасы) 2017 жылы – 62 %, 2019 жылы – 70 %;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мемлекеттік тапсырыс бойынша білім алған, оқуды бітіргеннен кейінгі бірінші жылы жұмысқа орналасқан және еңбекпен қамтылған техникалық және кәсіптік білім беретін оқу орындары бітірушілерінің үлесі 2017 жылы – 92 %, 2019 жылы – 95 %;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мемлекеттік тапсырыс бойынша білім алған, ЖОО-ны бітіргеннен кейін бірінші жылы мамандығы бойынша жұмысқа орналасқан ЖОО бітірушілерінің үлесі 2017 жылы – 85 %, 2019 жылы – 90 %;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+QS-WUR рейтингінде белгіленген Қазақстан ЖОО-ларының саны:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3393" w:type="dxa"/>
-[...62 lines deleted...]
-              <w:t>бюджета на реализацию Программы составят 1 423,4 млрд. тенге (РБ – 1 153,0 млрд. тенге, МБ – 252,4 млрд. тенге)</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4815" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>топ-200</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+топ-300</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+топ-500</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+топ-701+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2017 ж.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2975" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2019 ж.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="4680" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми-зерттеу және тәжірибелік-конструкторлық жұмыстарды (ҒЗТКЖ) қаржыландырудың жалпы көлеміндегі тәжірибелік-конструкторлық әзірлемелерге жұмсалатын шығындар үлесі 2017 жылы – 21,2 %, 2019 жылы – 22,3 %;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+қолданбалы ғылыми-зерттеу жұмыстарының жалпы санындағы коммерцияландырылған жобалардың үлесі </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2017 жылы – 17,5 %, 2019 жылы – 20 %.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарламаны іске асыру үшін 2016 – 2019 жылдары бюджет қаражаты, сондай-ақ Қазақстан Республикасының заңнамасында тыйым салынбаған басқа да қаражат жұмсалады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарламаны іске асыруға бюджеттен жұмсалатын жалпы шығындар 1 423,4 млрд. теңгені (РБ – 1153,0 млрд. теңге, ЖБ – 252,4 млрд. теңге) құрайды.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> 2. Введение</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Кіріспе</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...148 lines deleted...]
-        <w:t>народных экспертов.</w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Әлем жаһандық сын-тегеуріндер кезеңінде өмір сүруде. Бұл жаңа технологиялық жетістіктер мен инновацияларды енгізу, IT-технологиялардың қарқынды дамуы және адам ресурстарының ұтқырлығы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Осы жағдайда білім және ғылым өзгерістердің алдыңғы қатарында тұруы тиіс. Әлемнің жетекші экономикалары жоғары деңгейдегі адам капиталы есебінен ғана гүлденуге қол жеткізуде. Оған жаңа білім беру стратегиялары мен саясаты ықпал етеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Қазақстандық білім беру мен ғылым жүйесін жаңғыртудың қазіргі заманғы кезеңі әрбір адамның сапалы мектепке дейінгі тәрбие мен мектептегі білімге қолжетімділігін, колледж бен университетте жаңа кәсіби дағдыларды алу, зерттеу және шығармашылық құзыреттерін дамыту мүмкіндіктерін көздейді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2011 жылы қабылданған «Ғылым туралы» Қазақстан Республикасының Заңы алдыңғы қатарлы ғылыми жетістіктер үшін жаңа мүмкіндіктер ашты.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Қазақстандық ғылымды экономика мен бизнестің мүддесі үшін дамыту «Ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелерін коммерцияландыру туралы» Қазақстан Республикасының Заңында көрсетілген.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2015 жылы «Білім туралы» Қазақстан Республикасының Заңына өзгерістер мен толықтырулар енгізілді. Мектептегі білімнің жаңартылған мазмұнына кезең-кезеңімен көшу, дуальді оқыту, колледждерде алғашқы жұмысшы кәсібін тегін алу, колледждер мен жоғары оқу орындарының мемлекеттік аттестаттаудан тәуелсіз аккредиттеуге өтуі заңнамамен регламенттеледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жастардың ерекше мәртебесі және оларды мемлекеттік қолдау жаңа «Мемлекеттік жастар саясаты туралы» Қазақстан Республикасының Заңында көрсетілген.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Сол арқылы жаңа білім беру стратегиялары мен ғылыми жетістіктерді іске асыру үшін негіз жасалды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Бағдарлама әлемдік жетекші трендтерді ескере отырып, «100 нақты қадам» Ұлт жоспары негізінде әзірленді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Бағдарлама педагогикалық және ғылыми қауымдастықта кеңінен талқыланды. Жұмыс берушілердің, бизнес-қауымдастықтардың және халықаралық сарапшылардың ұсыныстары ескерілді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> 3. Анализ текущей ситуации</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Ағымдағы жағдайды талдау</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...199 lines deleted...]
-        <w:t>      Приоритетными направлениями в период 2011 - 2015 годов стали подготовка законодательной базы, инфраструктурное развитие и наращивание ресурсного потенциала образования и науки.</w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Дүниежүзілік экономикалық форумның (бұдан әрі – ДЭФ) 2015 – 2016 жылғы Жаһандық бәсекеге қабілеттілік индексінде Қазақстан әлемнің 140 елінің арасында 42-орынды иеленді. Білім және ғылым саласындағы 12 индикатордан білім беру жүйесінің және ғылыми-зерттеу ұйымдарының сапасы, мектептердегі интернетке қолжетімділік, зерттеу және білім беру қызметтеріне қолжетімділік бойынша 8 индикатордың мәні жоғарылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ЮНЕСКО елдің мыңжылдықтың даму мақсаттарына қол жеткізудегі прогресін атап өтеді. Қазақстан Білім беруді дамыту индексі бойынша көшбасшы елдердің ондығына кіреді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Білім – Біріккен Ұлттар Ұйымының Даму Бағдарламасының (бұдан әрі – БҰҰДБ) адами даму рейтингінің негізгі үш субфакторының бірі. Қазақстан 2015 жылы даму деңгейі жоғары елдердің тобына кіріп, әлемнің 188 елінің арасында 56-орынды иеленді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ЮНЕСКО 1-ден 6 жасқа дейінгі балаларды мектепке дейінгі тәрбиемен және оқытумен қамтудағы Қазақстанның елеулі прогресін «2000 – 2015 жылдар. Баршаға арналған білім: жетістіктер мен сын-тегеуріндер» баяндамасында атап өтті.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      15 жастағы қазақстандық білім алушылардың математика және жаратылыстану-ғылыми сауаттылығы бойынша PISA-2012 нәтижелері біршама жақсарды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Қазақстандық оқушылар халықаралық зияткерлік олимпиадалар мен ғылыми жарыстарда өздерімен қатар шетелдік құрдастарына мықты бәсекелес бола алды. 2015 жылы елдің ұлттық қанжығасына 252 алтын, 336 күміс және 579 қола медаль байланды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Еліміздегі колледж студенттері алғаш рет Бразилиядағы WorldSkills Competition халықаралық чемпионатына қатысты. Жалпы командалық есепте Қазақстан әлемнің 55 елінің арасынан 50-орынды иеленді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2015 жылы еліміздегі жоғары мектептің білім беру қызметінің халықаралық стандарттарға сәйкестігі танылды. Тоғыз университет QS-2015 рейтингінде атап өтілді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан 2013 жылы Жаһандық жастарды дамыту индексінде </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+170 елдің ішінде 27-орынды иеленді. Халықаралық сарапшылар жастардың жұмысқа орналасуы мен елдің саяси өміріне қатысуының оң үрдісін атап өтуде.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан 2016 жылы Білім беру саласындағы кемсітушілікке қарсы күрес және Мүгедектердің құқықтары туралы конвенцияларды ратификациялады. Конвенциялардың барлық ережелері елдің заңнамасында, оның ішінде «Білім туралы» Қазақстан Республикасының Заңында белгіленген. Толық теңдік негізінде әрбір білім алушының қабілеті мен ынтасына қарай барлығына сапалы білім алудың қолжетімділігі қазақстандық білім берудің барлық деңгейлерінде іске асырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Бұл білім мен ғылымның барлық бастамаларын мемлекеттік деңгейде, жеке сектордың және елдегі азаматтық қоғамдастықтардың мақсатты қолдауының арқасында мүмкін болды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Сонымен қатар, күрделі және серпінді дамып жатқан әлемнің жаңа сын-тегеуріндерінің аясында жоғары сапалы білім беру мен ғылымды қамтамасыз етуді тежейтін факторлар бар.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2011 – 2015 жылдар кезеңіндегі басым бағыттар заңнамалық базаны дайындау, білім мен ғылымның инфрақұрылымды дамыту және ресурстық әлеуетін өсіру болды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Дошкольное воспитание и обучение</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мектепке дейінгі тәрбие мен оқыту</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...308 lines deleted...]
-        <w:t>Актуальность обозначенных проблем обуславливает необходимость форсирования действий в обеспечении равных возможностей для всех детей младшего возраста с учетом мировых трендов.</w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Баланың дамуындағы осы кезеңнің маңыздылығы білім беру қызметіне одан әрі табысты дайындықтың негізі ретінде жылдан-жылға артып келеді. Мектепке дейінгі балалық шаққа қызығушылықтың өсуі жалпы әлемдік әлеуметтік трендтер қатарына жатады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Әлемдегі 40 елдің білім беру жүйесінде мектепке дейінгі білім беру деңгейі міндетті болып табылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2014 жылы БҰҰДБ Адами даму индексінің «Білім беру» субфакторын «Жалпы мектепке дейінгі біліммен қамту» коэффициентімен толықтырды. Бұл мектепке дейінгі білім берудің саяси маңыздылығын айғақтайды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ЮНЕСКО елдерге мемлекеттік-жекешелік әріптестікті (бұдан әрі – МЖӘ) дамытуды ұсынады. Бұл ретте, мемлекеттік қаржыландыруды халық аз қоныстанған және шалғайдағы елді мекендерге жіберу қажет.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Қазақстанда соңғы бес жыл ішінде мектепке дейінгі тәрбие мен оқытудың дамуы білім беру жүйесін жаңғыртудың басым бағыттарының біріне айналды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2010 – 2014 жылдарға арналған «Балапан» бағдарламасын табысты іске асыру мектепке дейінгі ұйымдардың өсуіне ықпал етті. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+2013 жылмен салыстырғанда 2015 жылы мектепке дейінгі ұйымдар желісі </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+965 бірлікке көбейді. 2015 жылғы 1 қазандағы жағдай бойынша 8 834 мектепке дейінгі ұйым жұмыс істейді (2013 жылы – 7869, 2014 жылы – 8467).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Бұл секторда МЖӘ белсенді дами бастады. Тек 2013 – 2015 жылдары мемлекеттік білім беру тапсырысы 655 жекеменшік балабақшаға орналастырылды (2013 жылы – 898, 2014 жылы – 1261, 2015 жылы – 1553).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3 жастан бастап 6 жасқа дейінгі балаларды мектепке дейінгі тәрбиемен және оқытумен қамту 73,4 %-дан (2013 жылы) 81,6 %-ға (2015 жылы) өсті (2014 жылы – 78,6 %).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Мектепке дейінгі ұйымдар желісінің дамуы педагог кадрлар санының өсуіне ықпал етті. 2013 жылмен салыстырғанда мектепке дейінгі білім беру мамандарының саны 13,9 мың адамға көбейіп, 80,8 мың адамды құрады (2013 жылы – 66,9 мың адам, 2014 жылы – 74,5 мың адам).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Мектепке дейінгі білім берудің мазмұндық аспектілерін дамытуға айтарлықтай көңіл бөлінді. Мектепке дейінгі тәрбиелеу мен оқытудың мемлекеттік жалпыға міндетті стандарты жаңартылды. Мектепке дейінгі тәрбиелеу мен оқытудың жалпы білім беретін үлгілік бағдарламасы және мектепалды даярлықтың білім беру бағдарламасы әзірленді. Баланы шығармашылық және танымдық дамытуға бағытталған бағдарламаларды сынақтан өткізу еліміздегі 77 балабақша мен 30 пилоттық мектептің базасында басталды. Осылайша, еліміздегі мектепке дейінгі білім беруді дамытуда алға қарай елеулі қадам жасалды. Сонымен қатар, ерекше назар аударуды және тиісті шаралар қабылдауды талап ететін салалар мен міндеттер бар.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Проблемалар:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстандағы мектепке дейінгі тәрбие мен оқытудың қазіргі желісі және оның инфрақұрылымдық жаңару қарқыны бала туудың өсуіне ілесе алмай келеді. 2015 жылы балабақшаларға кезек 545,4 мың баланы құрады, оның ішінде 3-6 жастағы балалар – 185,6 мың;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстандағы 1 жастан 3 жасқа дейінгі балаларды мектепке дейінгі тәрбиемен және оқытумен қамту Экономикалық ынтымақтастық және даму ұйымы (бұдан әрі – ЭЫДҰ) елдерінің орташа көрсеткіштерінен төмен (ҚР – 16 %, ЭЫДҰ – 32 %);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) мемлекет мектепке дейінгі дамудың барлық кезеңдерінің ішінде 0-ден 3 жасқа дейінгі балаларға аз көңіл бөліп отыр. Дәл осы тұста балалардың танымдық және зияткерлік дамуының, әлеуметтік және коммуникативтік дағдыларды меңгеруінің негізі қаланады. Балаларды ерте жастан дамыту проблемаларын кешенді шешу білім, денсаулық сақтау және әлеуметтік қорғау салаларын үйлестіруді және келісілген іс-әрекетін, сондай-ақ ата-аналар қауымдастығын кеңінен қатыстыруды қажет етеді;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) дамуында ерекше білім беру қажеттілігі бар мектеп жасына дейінгі балаларды білім беру ортасына қосу өзекті мәселе болып отыр. Оларды тәрбиелеу және оқыту үшін жағдай жасаған ұйымдардың үлесі бар болғаны 9,1%-ды құрайды. Дефектолог, логопед және психолог білікті мамандарының тапшылығы байқалуда;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) балаларды қамтудың сандық көрсеткіші жоғары болғанымен, мектепке дейінгі ұйымдар көрсететін қызметтердің сапасы әлі күнге дейін жеткіліксіз деңгейде болып отыр. Бұл тәрбиеші кәсібінің әлеуметтік мәртебесінің айтарлықтай беделсіздігінің салдары;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6) тәрбиешінің ай сайынғы еңбекақысы (ол орташа алғанда 62,4 мың теңгені құрайды) еліміздегі орташа еңбекақыдан әлдеқайда төмен. ЭЫДҰ елдерімен салыстырғанда мектепке дейінгі ұйымдардағы топтардың толымдылығы салыстыруға келмейді. Қазақстанда орта есеппен бір педагогке 30-35 баладан, ЭЫДҰ елдерінде – 14 баладан келеді;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      7) мектепке дейінгі ұйымдардағы балалардың жетістігіне мониторинг жүргізудің бірыңғай тәсілі әзірленбеген.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Аталған проблемалардың өзектілігі әлемдік трендтерді ескере отырып, сәби жастағы барлық балалар үшін тең мүмкіндіктерді қамтамасыз етуде үдемелі іс-қимылдың қажеттілігін негіздейді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Общее среднее образование</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалпы орта білім</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...890 lines deleted...]
-        <w:t xml:space="preserve">жду «лучшей» и «худшей» школой, усилить воспитательную составляющую с учетом принципов общенациональной идеи «Мәңгілік Ел». </w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Қазақстанда мектептегі білім беру жаңа кезеңнің алдында тұр. ДЭФ 21 ғасырдағы табысты адамның білімі мен іскерлігінің 16 түрін атап көрсетті. Бұл – командадағы жұмыс, көшбасшылық қасиет, бастамашылық, IT-біліктілік, қаржылық және азаматтық сауаттылық және т.б. дағдылар. Қазақстан ДЭФ-тің «21 ғасыр дағдыларындағы ауытқуларды зерттеу» рейтингінде мектеп оқушыларының танымдық және эмоциялық интеллектілерінің деңгейі төмен елдер тобында тұр. Құзыреттілік және жеке мінездемелер деңгейі базалық дағдылардан едәуір төмен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Мұғалімнің кәсіби құзыреттілігі саласы жаңа тәсілдер аясында кеңеюде. Ол – пәнаралық және жобалық қызмет, оқыту мен басқаруда АКТ-ны пайдалану, дамуында ерекше қажеттіліктері бар балаларды интеграциялау және ата-аналарды консультациялық сүйемелдеу.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ЭЫДҰ және оның әріптестерінің 36-сының 27-сінде педагогикалық мамандыққа іріктеудің селективті өлшемшарттары қолданылады. Педагог кадрларды даярлау бағдарламаларына қабылдау талапкерлердің қабілеттерін және ынталарын бағалау үшін міндетті түрде әңгімелесуді, тестілеуді қарастырады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ЭЫДҰ-ның 32 елінде педагогикалық практика міндетті болып табылады. Практиканың ұзақтығы 70 – 120 күнді құрайды. ЖОО оқытушылары студенттердің педагогикалық практикасына қатысады. Мектеп менеджменті жас мұғалімдерге қолдау көрсетуге жауапты. ЭЫДҰ-ның 17 елінде негізгі және жоғары мектепте жұмыс істеу үшін магистр дәрежесі талап етіледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Мұғалім мансабының бастапқы кезеңі кәсіпке жіберу үшін талаптарды арттыруды көздейді. ЭЫДҰ-ның 18 елінде лауазымға міндетті енгізу жүргізіледі, 14 елінде мұғалімдердің тағылымдамасы қолданылады. Әлемдік практикада мұғалімнің қоғам дамуына қосатын үлесі негізгі болып саналады. Оқытушылық мансап ретінде қарастырылады. Педагог кадрлардың жұмыстан кетуі 5 %-дан кем.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Мұғалім кәсібінің мәртебесі мен беделінің жаһандық индексі өсуде. Аустрияда үздік мұғалімдер үшін «Білім берудегі Оскар» бағдарламасы кең таралуда. Германияның Бранденбург жерінде жас мұғалімдердің жұмысқа қабылдануы және тәжірибелі педагогтердің зейнетке шығуы салтанатты түрде аталып өтеді. Швецияда мектеп, университет және кәсіпкерлік ортаның өзара тығыз байланысын қалыптастыруға көңіл бөлінеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Білім беру жүйесінің көшбасшылары мұғалімнің кәсіби даму тәсілдерін жаңғыртады. Педагогтердің біліктілігін арттыру жүйесі Қазақстанмен салыстыруға келмейді. Олар көлемі, кезеңділігі, қамтылуы, орталықтану деңгейі бойынша ерекшеленеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ЭЫДҰ-ның 20 елінде міндетті біліктілікті арттыру курстары жеке мектеп басымдықтары аясында өткізіледі. Біліктілікті арттыру қызмет бойынша көтерілу және еңбекақыны арттыру үшін қажет. ЭЫДҰ-ның 14 елінде біліктілікті арттыруға жұмсалатын шығындарды мемлекет толық, 8 елінде ішінара өтейді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Финляндия мен Сингапур педагогтері жыл сайын біліктіліктерін арттырады. Оңтүстік Кореяда мұғалімдерге қашықтықтан оқытудың және мектепішілік семинарлар мен курстардың әртүрлі нысандары ұсынылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жапонияда мұғалімдерді қайта даярлау саласы мемлекеттің бақылауына алынған. Финляндияда педагог кадрлардың кәсіби дамуына жұмыс берушілер жауапты болады, Швецияда – нарықтық қатынастар негізінде, мемлекеттің қатысуынсыз жүзеге асырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Мұғалімнің кәсіби даму форматы әлдеқайда кең. Ол курстарға, семинарлар мен конференцияларға барумен ғана шектелмейді. Тиімді кәсіби даму оқыту мен практиканы қамтиды. Кейінгі қолдау қарастырылған. Қашықтықтан оқыту курстары ЭЫДҰ-ның 21 елінде ұсынылады. Мектеп базасында жұмыстан қол үзбей біліктілікті арттыру қолданылады. Мұғалімдердің ЖОО мен жекеменшік компаниялар базасында курстық қайта даярлаудан өту мүмкіндіктері бар.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Мұғалімдер мен мектеп басшыларының стандарттарында кәсіби құзыреттілік сапасының өлшемшарттары бар. Оқыту және мектепті басқару практикасының индикаторлары педагогикалық білім беру бағдарламаларында, жұмыстың жеке нәтижелерін бағалауда қарастырылған.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Экономикалық дамудың жоғары деңгейіне мектептерді «үздік» және «нашар» деп бөлмейтін елдер қол жеткізуде. Алдыңғы қатарлы әлемдік білім беру жүйелерінің назары мектеп оқушыларының білім жетістіктерін теңестіруге бағытталған. Сингапурда қабілеттерді ерте жастан диагностикалаудың қорытындысы бойынша мектеп оқушылары аптасына </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+4 – 8 рет математикалық сауаттылық бойынша қосымша сабақтарға қатысады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жапонияда ауыл мектептерінің одағы құрылған, сол арқылы мұғалімдер тәжірибе алмасуға және әртүрлі зерттеулер жүргізуге мүмкіндік алады. Сабақ үлгерімі нашар балаларға үй тапсырмасын орындауда қолдау көрсету бойынша студенттердің волонтерлік қызметі кең тараған.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Шанхайда ауыл мектептеріне қалалық мектептер қолдау көрсетеді. Гонконгта мигранттардың балалары үшін оқуда қолдау көрсетудің арнайы бағдарламалары әзірленеді. Оқу жылы басталғанға дейін арнайы 6 айлық бағдарлама ұйымдастырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ЭЫДҰ-ның 15 елінде үлгерімі нашар оқушыларға қолдау көрсету бағдарламалары бар.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жаңа талаптарға сай білім беру ортасын құру түйінді мәселе болып табылады. Мектеп инфрақұрылымының мүмкіндіктері барынша пайдаланылады. Ашық ішкі кеңістікті трансформациялау, мобильді қалқа немесе жылжымалы жабдықтар көмегімен оқу алаңдарын аймақтарға бөлу процестері қолданылады. Бұл ұзақ уақыт мектеп ғимаратында болатын балалар үшін түрлі психологиялық әралуандылыққа және әсерлердің ауысуына жағдай жасайды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2011 – 2015 жылдары Қазақстанда мектепте білім берудегі басымдық инфрақұрылымдық дамуға және жаңартылған білім беруге көшу болды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Бес жыл ішінде 521 мектепті пайдалануға беру авариялық мектептер санын 1 %-ға, үш ауысымды мектептерді 1,2 %-ға қысқартуға мүмкіндік берді. 2015 жылы Ұлттық қор есебінен тағы 34 мектептің құрылысы басталды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      НЗМ тәжірибесін толық көлемде тарату жүзеге асырылуда. Мектепте білім берудің жаңартылған мазмұнына кезең-кезеңімен көшу үшін база дайындалды. Бастауыш білім берудің мемлекеттік стандарты қабылданды. Жаңа интеграцияланған білім беру бағдарламасы балалардың білімі мен білігін нақты практикада қолдана білу қабілеттерін дамытуға бағытталған. 30 пилоттық мектепте жаңартылған оқу бағдарламаларын сынақтан өткізу басталды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Еліміздегі педагог кадрларды кәсіби дамытудың жаңа тетіктері енгізілді. Негізгі аспект мұғалімнің зерттеу қызметі болуда.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      НЗМ-нің Педагогикалық шеберлік орталығы әзірлеген біліктілікті арттырудың жаңа үш деңгейлі бағдарламасы бойынша 2012 – 2015 жылдары курстық даярлықтан 52,5 мың педагог өтті. Бес жыл ішінде жалпы білім беретін мектептердің оқушылары үшін 2000-нан астам онлайн-сабақ, мұғалімдер үшін 188 онлайн-семинар және 400 шеберлік сыныптары өтті.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Үш тілде білім беруді дамыту бойынша кең ауқымды іс-қимыл жүргізу үшін 2015 – 2020 жылдарға арналған жол картасы әзірленді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Қосымша білім беру және балалардың сабақтан тыс уақыттағы әрекетін ұйымдастыру үшін жағдайлар жасалуда. Мектептен тыс ұйымдарда және мектеп үйірмелерінде балаларды қамту үлесі 60,8 %-ды құрайды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Өз елінің тағдыры мен қабылдаған шешімдеріне жауапкершілікті сезінетін жас ұрпақты қалыптастырудың жаңа тәсілдемелері Қазақстан Республикасындағы тәрбиенің 2020 жылға дейінгі тұжырымдамалық негіздеріне енгізілген.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Мектептегі білімді табысты аяқтағанын растайтын мектеп бітірушілер үлесінің өскендігі байқалуда.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Сонымен бірге 21 ғасырдың жаңа жаһандық талаптарын ескере отырып, барлық балалар үшін сапалы білім беру мәселесі өзектендірілуде.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жалпы орта білім беру инфрақұрылымы жедел қарқынмен дамуды талап етеді. Елдің географиялық басымдығына байланысты ауылдағы мектептердің саны 3 есе көп.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Білім беру қызметін барлығы 7 160 мектеп (2013 жылы – 7307, 2014 жылы – 7222) жүргізеді. Ауылдық жерлерде орналасқан мектептердің саны қалалық мектептерден 3,3 есе көп. Бұл ретте, қалалық мектептердің оқушылары ауылдық оқушылармен салыстырғанда көп (қала – 1 412 503, ауыл – 1 311 624). Тұтастай алғанда, күндізгі жалпы білім беретін мектептердің контингенті 2,7 млн. адамды құрайды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Шағын жинақты мектептер (бұдан әрі – ШЖМ) жалпы орта білім беру ұйымдарының жалпы санының 44 %-ын құрайды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ШЖМ-ның материалдық-техникалық жарақтандырылу деңгейі төмен. Жаңа модификациядағы оқу кабинеттері жоқ мектептер: 33,7 % мектепте физика, 39 % мектепте химия, 39,3 % мектепте биология, 29,3 % мектепте математика және 49 % мектепте лингафон кабинеттері жоқ. 2015 жылғы ұлттық бірыңғай тестілеудің (бұдан әрі – ҰБТ) қорытындысы бойынша ШЖМ бітірушілерінің көрсеткіштері республикалық көрсеткіштен 4,45 балға (74,97 балл) төмен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Проблемалар:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) мектеп инфрақұрылымын дамыту бар қажеттіліктерді толық көлемде қанағаттандырмайды. Пайдалану мерзімі өткен (1950 – 1970 жылдары салынған), тозығы жеткен мектеп ғимараттары авариялық мектептер қатарына өтеді. Бүгінгі таңда мұндай мектептер саны 69 бірлікті құрайды. Авариялық мектептерде 17,3 мың бала, 86 үш ауысымды мектепте 11,2 мың бала оқиды;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) елді мекендерде мектептердің жоқтығынан 3825 оқушының тұрғылықты жері бойынша оқуға мүмкіндігі жоқ. Ол тасымалдауды қажет ететін балалардың 12,2 %-ын (31420 адам) құрайды;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) дамуында ерекше білім беру қажеттілігі бар мектеп оқушыларын жалпы білім беретін мектептердің білім беру процесіне қосудың маңыздылығы сақталып отыр. Мектептердің 30,7 %-ында ғана тиісті жағдайлар жасалған. Мұндай мүмкіндікке дамуында ерекше білім беру қажеттілігі бар балалардың 27 %-ы ғана ие болды. Арнайы білімі бар педагогтер мен әдістемелік сүйемелдеуге қажеттілік бар;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) оқу әдебиеттерін сараптау рәсімінің тиімділігі жеткіліксіз деңгейде. Баспалардан келіп түскен оқулықтардың 88 %-ы қайта өңдеуге жіберіледі. Ғылыми-педагогикалық сараптамадан бірінші реттен оқулықтардың тек 7 %-ы ғана өтеді;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) оқытудың инновациялық технологиялары толық көлемде қолданылмайды. Оқушылардың ақпараттық технологияларға қол жеткізу мүмкіндігі шектеулі. Әлемдік білім беру интернет-ресурстарына мектептердің қол жеткізу көрсеткіштері төмен болып қалуда. Электрондық оқыту жүйесіне тек 1075 мектеп тартылған;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6) әлеуметтік және эмоциялық дағдыларды қалыптастыру, когнитивтік емес қабілеттерді дамыту қажеттілігі әлі де ерекше маңызды болып табылады. мектепте білім берудің жаңартылған мазмұнына көшу STEM-оқыту аясында жүзеге асырылуы тиіс. Пәнаралық және жобалық тәсіл мектеп оқушыларын тану мен дамудың белсенді процесіне ынталандыруға мүмкіндік береді;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      7) ағылшын тілін білетін пән мұғалімдеріне қажеттілік жоғары болып қалуда. Жоғары және бірінші біліктілік санаты бар мектеп педагогтерінің сапалық құрамы 49,8 %-ды ғана құрайды. Мұғалімдердің 0,6 %-ның ғана магистр дәрежесі бар;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      8) біліктілікті арттыру жүйесінің алдына да жаңа міндеттер қойылуда. Мұғалімнің кәсіби даму бағдарламаларын сапалы жаңарту қажет. Бұл Қазақстан педагогтерінің біліктілігін арттыру жүйесінің кадрлық құрамының жоғары құзыреттерін талап етеді;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      9) ауыл мұғалімдерінің курстармен қамтылуы төмен деңгейде қалып отыр. Ұсынылған курстық дайындықтың форматы жаңа тәсілдемелер әзірлеуді және енгізуді талап етеді;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      10) мектептегі білім сапасы көрсеткіштерінің тежеуші факторы әлі де мұғалім кәсібі мәртебесінің төмендігі болып отыр. Мұғалімінің қоғамдағы беделін көтерудің, жоғары материалдық және рухани ынталандырудың, педагогтік қызметке қабілетті және шығармашыл жастарды тартудың жаңа тәсілдемелері жасалмаған;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      11) мұғалімнің мансаптық және кәсіби өсуінің тетіктері әзірленбеген. Педагогтің кәсіптік стандарты немесе оның кәсіби құзыреттілігін дамытудың тұжырымдамалық моделі енгізілмеген;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      12) азаматтық қызметшілерге, оның ішінде білім беру қызметкерлеріне еңбекақы төлеудің жаңа моделі 2016 жылғы 1 қаңтардан бастап қана іске қосылды. Педагогтерге қосымша ақы және еңбекте жоғары жетістіктері үшін үстемеақы қарастырылған. Бұл мұғалімдердің кәсіби шеберлігін жақсартуға, кәсіптің тартымдылығын арттыруға және тым жоғары педагогтік жүктемені азайтуға мүмкіндік береді;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      13) мектеп жасындағы балаларға бейресми білім беруді дамытудың жеделдетілген қарқыны талап етіледі. Мектептен тыс ұйымдар, оның ішінде робот құрастыру және техника үйірмелері, IT-алаңдар, жас туристер мен жас натуралистер бірлестіктерінің желілері жеткіліксіз. Қосымша білім беру педагогтерінің тапшылығына байланысты білім беру ұйымдары мен балалардың қоғамдық бірлестіктерінің тәрбиелік әлеуетінің тиімділігі төмен болып қалуда;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      14) бастауыш мектеп бітірушілерін оқытудың табыстылығын мониторингтеу тетігі әзірленбеген. Негізгі мектепті бітірушілердің оқу жетістіктерін сырттай бағалау үлгерімі төмен оқушыларды уақтылы анықтауға және қолдауға мүмкіндік бермейді;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      15) бес балдық бағалау жүйесі білім алушылар білімінің нақты деңгейін көрсетпейді. Ол кездесетін қиындықтарды ескере отырып, мектеп оқушыларын оқытудың жеке траекториясын әзірлеуге, оқу бағдарламаларын меңгерудегі проблемаларды жоюға ынталандыруға мүмкіндік бермейді;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      16) қазақстандық мектеп оқушылары PISA-2012 қорытындылары бойынша ЭЫДҰ елдеріндегі құрдастарынан әлі де болса математикадан 1,5, жаратылыстанудан 2 және оқудан 2,5 жылға артта қалып отыр;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      17) жыл сайынғы ҰБТ қорытындылары бойынша үздік және артта қалған мектептердің арасындағы айырмашылық 60 %-ды құрайды. Оқуда төмен нәтижесі бар мектептерді қолдау тетіктері әзірленбеген және енгізілмеген;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      18) бітіру емтихандары мектеп оқушыларының тілдік құзыреттіліктерін өлшемейді. ҰБТ 21 ғасырдағы мектеп оқушыларының тұрақсыз, белгісіз, күрделі және қарама-қайшы әлемде қажетті біліктері мен дағдыларының қалыптасу деңгейін бағалауды көздемейді. ҰБТ құралдары мазмұны жағынан қайта форматтауды қажет етеді;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      19) мектептерде жан басына қаржыландыру тетіктерін енгізу кең таралмады. 4 377 күндізгі мемлекеттік жалпы білім беретін мектептердің қамқоршылық кеңестері көбінесе ата-аналар комитеттерінің қызметін атқарады. Олардың қаржылық дербестік өкілеттіліктері жоқ.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Осылайша, мектептегі білім берудің жаңа кезеңінде инфрақұрылымдық шешімдерді, ресурстық және әдіснамалық жаңартуды жылдамдату, «үздік» және «нашар» мектептер арасындағы алшақтықты азайту тетіктерін әзірлеу, «Мәңгілік Ел» жалпыұлттық идеясының қағидаттарын ескере отырып тәрбиелеу жағын күшейту қажет.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Техническое и профессиональное образование</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Техникалық және кәсіптік білім</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...369 lines deleted...]
-        <w:t xml:space="preserve">ынка труда рабочего обозначила перед системой ТиПО новые вызовы. Система ТиПО призвана сыграть ключевую роль в контексте социальных выгод, прежде всего, для человека и общества в целом. </w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Әлемдік практикада техникалық және кәсіптік білімнің әлеуметтік бағыты айқын. Жетекші елдерде ТжКБ жүйесі жастар мен ересектерді табысты әлеуметтік бейімдеудің факторы болып табылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Германияда әлеуметтік әріптестік Еуропадағы жастар жұмыссыздығы төмендеуінің үздік көрсеткіштерін қамтамасыз етті. Қазақстанмен салыстырғанда оқушыларды дуальді оқытумен қамту 3,5 есе жоғары. Кадрларды даярлау процесіне кәсіпорындарды тарту көрсеткіштері 27,5 есе артып отыр.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ЭЫДҰ елдерінде ТжКБ білім беру мен жұмыс берушілердің, мүдделі тараптардың ұжымдық жауапкершілігі негізінде дамиды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Еуропалық Одақта 2020 жылға дейін ТжКБ-нің басты мақсаттарының бірі дуальді оқытуды ілгерілету болып мәлімделді. Жұмысшы кәсібін алумен қатар жастарға кәсіпкерлік дағдыларды дарыту қамтамасыз етіледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2011 – 2015 жылдары елдегі ТжКБ-ні қайта құрылымдау бойынша едәуір жұмыс жүргізілді. 2012 жылы Қазақстан ТМД елдерінің алғашқысы болып ТжКБ жүйесінің білім беру қызметін қайта форматтады. Бұл кадрларды даярлауға техникалық бағыт беруге мүмкіндік берді. Осылайша ТжКБ біліктіліктерінің сабақтастығы қамтамасыз етілді. Колледж студенттері бір оқу орны шеңберінде бірнеше қолданбалы біліктіліктерді алу мүмкіндігіне ие болды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2015 жылғы 1 қазандағы жағдай бойынша 807 колледж жұмыс істейді, оның ішінде 462-сі мемлекеттік. Оның 20 %-ы ауылдық жерде орналасқан. барлығы 500 мың студент оқиды. ТжКБ-да 43 112 инженер-педагог қызметкер жұмыс істейді. Кадрлар даярлау 183 мамандық және 465 біліктілік бойынша жүзеге асырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Индустриялық-инновациялық дамудың басым жобаларын іске асыру үшін 10 базалық колледж айқындалған.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2015 жылы дуальді оқытудың қағидаттары заңды түрде бекітілген. Еліміздің кәсіпорындарымен әріптестікте білім беру қызметін 348 колледж жүзеге асыруда. Колледждер мен жұмыс берушілердің ынтымақтастығы туралы 27 200 шарт жасалған. Кадрларды нысаналы даярлау шеңберінде 5 мың адам оқиды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      «Мәңгілік ел жастары – индустрияға!» оқу көші-қоны арқылы еңбек ресурстарының өңірлік теңсіздігін реттеу тетігі іске қосылды. Солтүстік, орталық және шығыс өңірлердегі 34 колледжде 2200 студент оқиды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Ерекше білім беру қажеттіліктері бар жастардың техникалық және кәсіптік білім алуға қолжетімділігі қамтамасыз етілуде. Қабылдау квотасы белгіленген (2012 жылдан бастап мүгедектер үшін квота мөлшері 1 %-ды құрайды (2011 жылы – 0,5 %).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ТжКБ білім беру бағдарламаларының мазмұнын жаңартуда жаңа тәсілдер әзірленуде. Қазақстан Турин процесінің қатысушысы болды. Бұл ТжКБ жүйесін дамытудың нақты қадамдарын әзірлеуге мүмкіндік береді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Бірінші жұмысшы мамандығын тегін алу заңнамалық деңгейде бекітілді. Бұл қадамдық іс-қимылдарды жеделдетіп әзірлеуді талап етеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ТжКБ-ның оқу орындарын халықаралық аккредиттеу заңды түрде бекітілді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қабылданып жатқан қадамдарға қарамастан, Қазақстанда ТжКБ-мен қамту дамыған елдердің көрсеткіштерінен айтарлықтай төмен. Халықтың </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+22 %-ы ғана ТжКБ-ны беделді деп санайды. Ал Еуроодақ елдерінде жұмысшы кәсібін алу халықтың 71 %-ы үшін жағымды имиджге ие. Бұл – қамту, жұмысқа орналастыру, еңбекақы мөлшері және халықтың ой-пікірінің көрсеткіштері.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Проблемалар:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) кәсіптік бағдарлау жұмысының тиімді жүйесі жоқ. 2015 жылы ТжКБ-дағы типтік жастағы (14-24 жас) жастардың үлесі 16,1 %-ды ғана құрайды;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) ЭЫДҰ сауалнама қорытындылары бойынша Қазақстандағы компаниялардың 70 %-ы кадрлар даярлау деңгейінің төмендігі бизнесті дамытуға айтарлықтай кедергі келтіреді деп санайды. Еліміздің жұмысшы кадрлары компьютерлік жобалау дағдыларын, күрделі дәнекерлеу конструкцияларымен жұмыс істеуді, техникалық ағылшын тілін игермеген. Жыл сайын 30 мың шетелдік жұмыскер, оның 24,9 мыңы (83 %) – өнеркәсіп үшін тартылады;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) мамандарды даярлау сапасын растайтын колледждердің көрсеткіштері төмен болып отыр. Олардың 1,6 %-ы ғана ұлттық аккредиттеуден өткен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) салалық қауымдастықтар базасында ТжКБ студенттерінің біліктілігін тәуелсіз сертификаттау тетіктері әзірленбеген. Бітірушілердің кәсіби даярлық деңгейінің сертификаттарын бизнес-қоғамдастық мойындамайды. Бұл ретте жұмыс берушілердің бірде-бір кәсіби қауымдастығы осы уақытқа дейін бітірушілерді өздері тәуелсіз сертификаттауды бастамаған;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) инженер-педагог кадрлар мен өндірістік оқыту шеберлерінің тапшылығы байқалады. Еңбекақы деңгейінің төмендігі оқыту үшін өндірістен тәжірибелі жұмыскерлерді тартуға мүмкіндік бермейді;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6) ТжКБ жүйесіндегі өндірістік оқыту шеберлері инженер-педагог қызметкерлердің жалпы санынан 13,1 %-ды ғана құрайды. Дамыған елдерде оқытушылар мен өндірістік оқыту шеберлері тәжірибелі мамандар болып табылады немесе 3 жылда 1 рет өндірісте тағылымдамадан өтіп тұрады;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      7) колледждердің ескірген материалдық-техникалық базасы кадрларды даярлау сапасы мен ТжКБ жүйесінің тартымдылығын қамтамасыз етпейді. Басқа қалалардан келген білім алушыларға жағдай жасау мәселелері толығымен шешілмеген. Ауылдан келген студенттердің 70 %-ы ғана жатақханаларда орын алу мүмкіндігіне ие. Қазақстандағы ТжКБ-ға жұмсалатын шығыстар әлемнің дамыған елдерінің көрсеткіштерінен 2,5-3 есеге төмен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жұмысшы еңбек нарығының дамуы ТжКБ жүйесінің алдына жаңа талаптар қойды. ТжКБ жүйесі әлеуметтік тиімділік үшін, ең алдымен, жалпы адам және қоғам үшін тиімділік аясында басты рөлді ойнауға бағытталған.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Высшее и послевузовское образование</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жоғары және жоғары оқу орнынан кейінгі білім</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...533 lines deleted...]
-        <w:t>остигнутых результатов и все еще имеющихся проблем рост качественных показателей высшей школы Казахстана является критически важным.</w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Инновациялық экономиканың тиімді көрсеткіші болып жоғары оқу орындары ғылымын дамыту тренді көрсетілген. Университеттер мен бизнес-құрылымдарды интеграциялау күшеюде.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      IMD рейтингінде жоғары білім экономиканың қажеттіліктеріне сай келетін жетекші елдер тобына Швеция, Сингапур, Дания, Канада, Финляндия кіреді. Қазақстан әлемнің 60 елінің ішінде 44-орынды иеленіп отыр.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Зерттеу ЖОО-ның даму жобалары іске асырылуда. Қытайдың зерттеу университеттеріне салған инвестициясы жоғары білімнің бәсекеге қабілеттілігін арттырды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Ұлыбританияда зерттеу университеттеріне көңіл бөлу елдің орнықты экономикалық дамуын қамтамасыз етті. 2010 жылы Ұлыбританияның Russel Group тобына біріктірілген 20 ЖОО 22,3 млрд. көлемінде табыс әкеліп, 243 мың жұмыс орнын қамтамасыз етті. Russel Group университеттерінің ҒЗЖ нәтижелерінің 2/3-інен астамы елдің экономикасына, денсаулық сақтау, мәдениет және әлеуметтік салаларына енгізілуде.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Қазақстанда жоғары және ЖОО-дан кейінгі білім берудің басымдығы білім, ғылым және өндірістің үштұғырлылығы болып табылады. Елдің жоғары мектебін институционалдық қайта құру процесі басталды. Бірінші зерттеу университеті – Қ.И. Сәтбаев атындағы Қазақ ұлттық техникалық зерттеу университеті құрылды. Мұнда іргелі және қолданбалы ғылыми-білім зерттеулерін орындайтын еліміздің жетекші ғалымдарының пулы қалыптасты.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Коммерцияландырудың 16 кеңсесі, 3 технопарк және 4 бизнес-инкубатор жұмыс жасауда. «Назарбаев Университеті» дербес білім беру ұйымы (бұдан әрі – Назарбаев Университеті) ғаламдық білім мен ғылыми жаңалықтардың флагманына айналды. ЖОО-ның инженерлік мектептерінде инновациялық білім беру мен ғылыми жобалар табысты іске аса бастады. 2015 жылы Университет шептен өтті. Алғашқы болып 594 жоғары білікті жас маман (446 бакалавр және 148 магистр) бітірді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстанның жоғары мектебін 125 жоғары оқу орны құрайды </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+(2013 – 2014 оқу жылы – 132, 2014 – 2015 оқу жылы – 127), оның 9-ы ұлттық, 31-і мемлекеттік, 13-і азаматтық емес, 1-уі дербес білім беру ұйымы, 1-уі халықаралық, 16-сы акционерленген, 54-і жекеменшік.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2015 – 2016 оқу жылында ЖОО-да білім алушылар контингенті 455 101 адамды құрайды (2013 жылы – 606,1 мың адам, 2014 жылы 506,4 мың адам), оның ішінде бакалавриатта – 425 700 адам, магистратурада – 27 400 адам, докторантурада – 2001 адам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Оқытушылық-профессорлық құрам (бұдан әрі – ОПҚ) саны </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+40 844 адамды құрайды (2013 жылы – 41 635, 2014 жылы – 40 320). Профессорлық-оқытушылық құрамның дәрежелілігі 50,4 %-ды құрайды (2013 жылы – 49,7 %, 2014 жылы – 49,1 %).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Мамандарды даярлау әлеуметтік тапсырыс ескеріле отырып жүзеге асырылады. 11 жоғары оқу орны Индустриялық-инновациялық дамытудың мемлекеттік бағдарламасы (бұдан әрі – ИИДМБ) жобаларын табысты іске асыру үшін жоғары білікті кадрлар даярлауда база ретінде айқындалды. Кәсіби құзыреттер Дублин дескрипторларына және жұмыс берушілердің қажеттіліктеріне сәйкес әзірленген білім беру бағдарламалары шеңберінде қалыптастырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жоғары және ЖОО-дан кейінгі білімнің үш деңгейлі моделінің білім беру бағдарламаларының сабақтастығы қамтамасыз етілді. ЖОО-ның білім беру бағдарламаларының мазмұнын анықтаудағы академиялық еркіндігі бакалавриатта 55 %-ға, магистратурада 70 %-ға, докторантурада 90 %-ға дейін ұлғайтылды. ЖОО-ның білім беру қызметі нарығында олардың бәсекеге қабілеттілігін күшейтуге ықпал ететін білім беру бағдарламаларының кең спектрін ұсына алады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Магистратура гранты санының бакалавриат грантына арақатынасы жоғары оқу орындары контингентінің әлемдік құрылымына (1:5) сәйкес келеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Еуропалық жүйемен салыстырмалы Ұлттық біліктілік жүйесінің негізінде жоғары және жоғары оқу орнынан кейінгі білімі бар мамандарды даярлайтын 70 кәсіптік стандарт әзірленді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Қазақстандық ЖОО-ның әлемнің жетекші университеттерімен білім беру байланысы кеңейтілуде. Халықаралық ғылыми-зерттеу жобалары шетелдік әріптес ЖОО-мен бірлесе отырып іске асырылуда. Елдердің диалогы жоғары білім беру біліктілігінің тартымдылығы мен салыстырмалылығын қамтамасыз етеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жоғары оқу орындарын аккредиттеудің ұлттық моделі енгізілді. 2015 жылы қазақстандық аккредиттеу агенттіктерінде институционалдық аккредиттеуден 72 жоғары оқу орны, ұлттық мамандандырылған аккредиттеуден 55 жоғары оқу орны өтті. Мемлекеттік аттестаттаудан қоғамдық-кәсіптік аккредиттеуге біртіндеп көшу басталды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Студенттер мен ОПҚ академиялық ұтқырлығы дамуда. 2011 – 2015 жылдары әлемнің жетекші жоғары оқу орындарында қазақстандық жоғары оқу орындарының 4 913 студенті оқудан өтті.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ЖОО-ның 100 қызметкері Ұлыбритания, Жапония, АҚШ және Сингапур елдерінде тағылымдамадан өте отырып, Назарбаев Университетінің базасында менеджмент саласында курстық даярлаудан өтті. Ғылыми-педагог кадрлары «Болашақ» бағдарламасы бойынша әлемнің 30 елінде кәсіптік құзыреттер деңгейін арттыруда.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2011 жылмен салыстырғанда ЖОО-дағы ОПҚ мен ғылыми қызметкерлердің жоғары импакт-факторы бар жарияланымдарының саны 2 еседен астам өсті.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Сонымен қатар, ЖОО-дағы ОПҚ дәрежелілігі әлі де болса төмен деңгейде қалып отыр және 50,4 %-ды құрайды. Олардың жалпы санының 2 %-ының ғана PhD докторы дәрежесі бар.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жоғары оқу орындарының ғылыми әлеуеті тиімсіз пайдаланылуда. Ведомствоаралық кедергілер, қаржыландырудың жеткіліксіздігі, жеке сектордың экономикалық ынтасының болмауы білім, ғылым және өндірістің табысты интеграциясына кедергі келтіруде.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Инновациялық құрылымдарды қолдаудың институционалдық нысандары қажетті деңгейде дамымаған. Ғылыми әзірлемелердің үлес салмағы дамыған елдердің деңгейінен он еседен астам төмен. Жоғары оқу орындары қаржыландырылатын ғылыми-зерттеу әзірлемелерінің 0,1 %-ын ғана коммерцияландыруда.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Проблемалар</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) әлеуметтік сауалнамаларға қатысқан қазақстандық жұмыс берушілердің 66,3 %-ы ҒЗТКЖ саласында жоғары оқу орындарымен ынтымақтастық тәжірибесінің жоқтығын атап көрсетті. Жоғары оқу орындарында кадрлар даярлау әлі де болса практикалық дағдыларды дамытуға бағытталмаған. Білім беру бағдарламалары жұмыс берушілердің күткен үміттерін қанағаттандырмайды;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) жоғары оқу орындарын техникалық мамандықтар бойынша бітірген бітірушілер деңгейінің төмендігі байқалуда. Жоғары оқу орнын бітірген бітірушілердің бірінші жылы жұмысқа орналасу, оның ішінде ауылдық жерлерде жұмысқа орналасу көрсеткіші төмен (71%). Жергілікті атқарушы органдар (бұдан әрі – ЖАО) жас мамандарды «Дипломмен ауылға» жобасы шеңберінде тарту жұмыстарын нашар жүргізуде. Ауыл жастарының әртүрлі жобаларға қатысуы төмен деңгейде қалып отыр;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) педагог кадрлар даярлауды 75, мемлекеттік тапсырыс бойынша 38 жоғары оқу орны жүзеге асырады. Педагог кәсібі беделінің болмауы үлгерімі төмен талапкерлерді қабылдауға әкеледі. Педагогикалық мамандықтарға қабылдауға қойылатын арнайы талаптар жоқ. Педагогикалық мамандықтарды бітірушілер оқу практикасында оқытудың жаңа технологияларын пайдалануға бағдарланбаған. Студенттерді үш тілде оқыту бағдарламаларымен қамту төмен деңгейде болып отыр. Студенттердің де, сондай-ақ оқытушылардың да тілдік құзыретін жоғарылатуға қажеттілік бар. Ағылшын тілінде оқытуды ғылыми-әдістемелік қамтамасыз ету жеткіліксіз дәрежеде әзірленген;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) IMD рейтингінде Қазақстан әлемнің 56 елінің ішінде «студенттерді импорттау» көрсеткіші бойынша 44-орынды алады. Шетелдік студенттердің үлесі 2,5 %-ды ғана құрайды, ЭЫДҰ елдерінде олардың үлесі 9-10 %-ға дейін жетеді;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) корпоративтік басқарудың қолданыстағы институттарында негізгі шешімдерді қабылдауға әсер ететін нақты өкілеттіктер жоқ. ЖОО-лар өздерінің студенттер және ата-аналар қоғамдастығы алдында есеп беруі тетіктерін реттемеген;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6) жоғары оқу орындарының инфрақұрылымы және бос уақытты ұйымдастыруы басқа қаладан келген және шетелдік студенттердің қажеттіліктеріне және күтулеріне сәйкес келмейді;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      7) кедергісіз оқыту ортасы Ақмола, Алматы, Батыс Қазақстан, Қарағанды, Қостанай және Оңтүстік Қазақстан облыстарында, Астана және Алматы қалаларында құрылған. Онда ерекше білім беру қажеттіліктері бар 570 студент білім алады. Заңнама деңгейінде оларды жұмысқа орналастыру тетіктері жасалмаған;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      8) мемлекеттің дамуын барлық кезеңде жастар айқындайды. Мемлекеттік статистика деректері бойынша 2015 жылдың басында республика жастарының (14-29 жас) саны 4 511,5 мың адамды немесе халықтың жалпы санынан 25 %-ды құрады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жастардың табысты әлеуметтенуі мен азаматтық белсенділігі мәселелері Қазақстан Республикасының Президенті жанындағы Жастар саясаты жөніндегі кеңестің отырыстарында қаралады. Өңірлік бағдарламалар арқылы жастардың әлеуметтік проблемалары және жұмыспен қамтылу мәселелері шешіледі. Жастардың бастамалары 213 өңірлік ресурстық орталықта қолдау табады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1000-нан аса үкіметтік емес жастар ұйымы жұмыс істеуде. 115 жоғары оқу орнында жастардың өзін-өзі басқару органдары құрылған.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Футбол және баскетбол бойынша Ұлттық студенттер лигасы құрылды. Бүкіләлемдік Универсиадада 2015 жылы қазақстандық студенттердің құрама командасы 5 алтын және 6 күміс медальді жеңіп алды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      «Республикалық жастар форумы», «Жастар – Отанға!» жастар лагері», Парламенттік пікірсайыстар бойынша республикалық турнирлер және т.б. әлеуметтік жобалар табысты іске асырылуда;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      9) ауыл жастарының әлеуметтік жобаларға қатысуы төмен деңгейде қалып отыр. Қала жастары мен ауыл жастарының арасында бос уақытты өткізу жағдайларында айтарлықтай айырмашылықтар бар. Волонтерлік қозғалыс толық таралмаған. Жастардың 9 %-ы ғана спортпен айналысады (қалада – 6,7 %, ауылда – 11,8 %).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Қол жеткізілген нәтижелерді және әлі де бар проблемаларды ескере отырып, Қазақстанның жоғары мектебінің сапалы көрсеткіштерінің өсуі барынша маңызды болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Наука</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ғылым</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1066 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2011 жылы қабылданған «Ғылым туралы» Қазақстан Республикасының Заңы озық ғылыми жетістіктер үшін жаңа мүмкіндіктер ашты. «Ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелерін коммерцияландыру туралы» Қазақстан Республикасының Заңы (бұдан әрі – Заң) Қазақстан ғылымының жаңалығына айналды. Негізгі ережелерде экономика және бизнес мүддесі үшін қазақстандық ғылымның дамуына жағдай жасау заңды түрде регламенттеледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Ғылымды басқарудың түбегейлі жаңа моделі құрылды. Ғылыми зерттеулерді қаржыландырудың мынадай тетіктері айқындалған: базалық, гранттық және бағдарламалық-нысаналы. Тәуелсіз сараптаманы Мемлекеттік ұлттық ғылыми-техникалық сараптама орталығы жүргізеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Бес ұлттық ғылыми кеңес (бұдан әрі – ҰҒК) алқалы шешім қабылдау органы болып табылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2015 жылы қазақстандық ғылым мен Дүниежүзілік банктің «Технологияларды коммерцияландыру» жобасы сәтті аяқталды. 65 ғылыми жоба іске асырылды. 6 лицензиялық келісім жасалды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Ғылыми-зерттеу және тәжірибелік-конструкторлық жұмыстарды 392 ғылыми ұйым, оның ішінде 245 ғылыми зерттеу институттары (бұдан әрі –ҒЗИ) орындайды. Онда 25 мыңнан астам ғылыми қызметкер жұмыс істейді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Еліміздің ғалымдары әлемдік ақпараттық ресурстарға қол жеткізе алады. Ең ірі Thomson Reuters, Springer, Elsevier шетелдік компанияларымен және баспаларымен лицензияларға және келісімдерге қол қойылған.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Халықаралық рейтингтік басылымдарда қазақстандық ғалымдардың жариялау белсенділігінің едәуір өскендігі байқалады. 2015 жылы әлемнің жетекші рейтингтік журналдарындағы жарияланымдардың саны 1995, оның ішінде Scopus (Elsevier) – 976, Web of Core Collection (Thomson Reuters) – 327 және бір уақытта екі базада – 692 жарияланым.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ғылымның кадрлық әлеуеті нығайып келеді. Ғылымда қазақстандық жастардың саны өскені байқалады. 35 жасқа дейінгі ғалымдардың үлесі </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+1,5 есеге артты. Ғалымдар үшін ғылым мен техника саласындағы Мемлекеттік сыйлық, ҚР БҒМ-нің 6 атаулы сыйлығы, мемлекеттік ғылыми стипендиялар (50 жас және 25 көрнекті ғалым үшін) елеулі ынталандыру болды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Проблемалар:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) ғылым мен білім беру арасында алшақтық сақталып отыр. Ғылыми нәтижелер білім беру саласына шоғырланбайды;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) ғылыми-зерттеу инфрақұрылымының материалдық-техникалық жарақталуы төмен күйінде қалуда;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) ғылыми-техникалық қызметті қаржыландырудың басымдықтары көбінесе индустрияның қатысуынсыз қалыптастырылады;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) ғылыми кәсіпкерлік нашар дамыған. Ғылыми-техникалық қызмет нәтижелері бизнес үшін сұранысқа ие болмай отыр және кәсіпорындар өндірістік процестерде қолданбайды;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) іргелі білімдерден оларды практикалық іске асыруға көшу нашар қамтамасыз етілген. Бұл қоғам мен экономика көзқарасы тұрғысынан ғылыми еңбек нәтижелерінің құндылығын барынша төмендетеді;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6) халықаралық ғылыми жобаларды әкімшілендіруді және бақылауды жүзеге асыратын бірыңғай оператор жоқ;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      7) тәуелсіз сараптамаға тартылатын ғылыми қызметкерлердің ұлттық кәсіби қоғамдастықтары дамымаған;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      8) Қазақстан дамыған елдерден ҒЗТКЖ нәтижелерінің көрсеткіштері бойынша айтарлықтай артта қалып отыр. 5 жыл ішінде ТКЖ шығындары 3 есе артты, алайда ЭЫДҰ елдеріне қарағанда айтарлықтай төмен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстанда зияткерлік меншік құқықтарын сату Ресей мен Сингапурға қарағанда әлдеқайда төмен. Зерттеулер мен әзірлемелерге жұмсалатын ішкі шығындар ЭЫДҰ елдеріне қарағанда 14 есе төмен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      10) экономиканың инновациялық дамуы ғылымның сапалық көрсеткіштерінің өсуін болжайды. Бұл ЖОО-ның ғылыми-зерттеу қызметінің жедел дамуы, ғылымның экономикаға нақты үлесі, бизнеспен кооперация және халықаралық ғылыми қоғамдастықпен интеграция;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      11) ғылыми зерттеулерді іске асыру мониторингінің жүйесі жоқ;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      12) Қазақстанның білім және ғылым саласында икемсіз мемлекеттік бақылау жүйесі жұмыс істейді;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      13) мемлекеттік бақылау рәсімдері бюрократтандырылған (15 НҚА-ның 551 параметріне міндетті түрде сәйкес болу);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      14) бақылау іс-шараларының жүйелендірілген ақпараттық деректер базасы жоқ. Бұл білім беру ұйымдары қызметінің мониторингі мен талдауын шектейді;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      15) білім беру ұйымдарын іштей және сырттай бағалаудың арасында айтарлықтай алшақтық бар. Өзін-өзі бағалау бойынша 100 %-ы өздерінің қызметтерін қанағаттанарлық деп санайды. Бұл ретте балабақшаның 58 %-ы, мектептің 59 %-ы, колледждің 11 %-ы, ЖОО-ның 46 %-ы мемлекеттік аттестаттаудан өтеді;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      16) ҒЗЖ нәтижелерінің сапасын, тиімділігі мен мониторингін бағалаудың бірыңғай әдістемесі жоқ.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Білім беру саласындағы жаңа міндеттер бақылау және бағалау жүйесін жетілдіруді, оның ішінде Ofsted үздік тәжірибесін зерделеуді және енгізуді талап етеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Осылайша, білім мен ғылым саласында іске асырылған қадамдық іс-қимылдарды талдау мыналарды айқындайды:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1. Күшті жақтары:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) білім мен ғылымның, мемлекеттік жастар саясатының заңнамалық базасының жаңартылуы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) инфрақұрылымдық шешімдердің жеделдетілген қарқыны;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) мемлекеттік-жекешелік әріптестіктің дамуы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) НЗМ мен Назарбаев Университеті тәжірибесінің таратылуы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) білім сапасының халықаралық рейтингтердегі орнының жақсаруы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6) педагог қызметкерлердің біліктілігін арттыру жүйесінің қайта құрылымдалуы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      7) ТжКБ жүйесінде дуальді оқыту элементтерінің енгізілуі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      8) ЖОО-лардың академиялық еркіндігінің кеңейтілуі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      9) инновациялық жобаларда ЖОО ғылымының көбеюі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      10) ОПҚ мен ғалымдардың жариялау белсенділігінің өсуі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      11) Назарбаев Университетінің және Инновациялық технологиялар паркінің базасында зияткерлік кластерлердің дамытылуы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2. Әлсіз жақтары:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) педагог пен ғалым мәртебесінің төмендігі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) жоғары арнайы мектепке дейінгі білімі бар педагогтердің тапшылығы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) ағылшын тілінде ЖМЦ пәндерін оқытатын мұғалімдер үлесінің төмендігі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) үш ауысымды және авариялық мектептердің болуы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) оқушылардың қосымша білім берумен жеткіліксіз қамтылуы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6) мектеп оқушыларының функционалдық сауаттылық деңгейінің төмендігі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      7) мектептерді ақпараттандыру деңгейінің төмендігі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      8) ҰБТ-ның жетілдірілмеуі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      9) мектептердің нәтижелерін теңестіру тетіктерінің жоқтығы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      10) мектептердегі кәсіби бағдарланған жұмыстың жеткіліксіздігі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      11) ТжКБ беделінің төмендігі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      12) жұмыс берушілердің кәсіптік даярлық деңгейді бағалауының заңнамалық нормаларының жоқтығы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      13) өндірісте жұмыс тәжірибесі бар инженер-педагог кадрлардың тапшылығы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      14) ТжКБ жүйесінің сапасын растау тетіктерінің жоқтығы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      15) инклюзивті білімнің жеткіліксіз дамуы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      16) педагог кадрларды даярлау сапасының жеткіліксіздігі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      17) коммерцияландыруға мамандандырылған кадрлардың тапшылығы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      18) ЖОО инновациялық құрылымдарының өңірлік сәйкессіздігі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      19) төмен патенттік белсенділік пен ЖОО-дағы ОПҚ-ның жоғары жариялау белсенділігінің арасындағы теңгерімсіздік;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      20) шетелдік азаматтар үшін жоғары және ЖОО-дан кейінгі білімнің тартымсыздығы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      21) білім мен ғылымдағы менеджмент деңгейінің жоғары еместігі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      22) білім беру бағдарламаларының мазмұнын әзірлеуге жұмыс берушілердің қатысу деңгейінің төмендігі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      23) білім мен ғылым ұйымдарының материалдық-техникалық базасының әлсіздігі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      24) білім мен ғылым саласындағы бақылаудың бюрократталған және икемсіз жүйесі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. Мүмкіндіктер:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      мемлекет үшін:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) қазақстандық білім мен ғылымның бәсекеге қабілеттілігін арттыру;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) адами капиталдың сапасын арттыру;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) балалардың өмір сүру сапасының әлеуметтік және құқықтық кепілдіктерін қамтамасыз ету;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) халықаралық ұйымдар мен жұмыс берушілер тарапынан білім мен ғылымды инвестициялық қолдау;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) білім мен ғылым саласындағы басқарудың жаңа тиімді әдістері;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6) білім беру және ғылым саласының қолжетімділігі, тартымдылығы, сапасы және ашықтығы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      7) халықаралық рейтингтердегі көрсеткіштерді жақсарту;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      8) ата-аналардың бала тәрбиелеудегі жауапкершілігін арттыру;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      9) әзірленген инновациялық жобаларды өндіріске енгізу.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4. Қауіп-қатер:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) қаржыландыру деңгейінің төмендігі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) педагог еңбегін ынталандырудың төмендігі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) ғалымдар үшін шетелде жұмыс істеу жағдайларының барынша тартымды болуы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) педагог кадрлардың арасында өздігінен білім алуға және кәсіби өсуге ұмтылыс деңгейінің төмендігі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) білім беру объектілерін пайдалануға енгізу мерзімдерінің бұзылуы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6) Бағдарламаны іске асыру барысында бірлесіп орындаушылардың үйлесімсіздігі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Бағдарлама шеңберінде жоспарланған шаралар жүйенің бәсекеге қабілеттілігін арттыру және оны ЭЫДҰ елдерінің үздік тәжірибесіне жақындату перспективасымен білім және ғылым жүйесін одан әрі жаңғырту үшін аталған проблемаларды шешуге ықпал ететін болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...18 lines deleted...]
-        <w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Бағдарламаны іске асырудың мақсаттары, міндеттері, нысаналы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+индикаторлары және нәтижелерінің көрсеткіштері</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Басты мақсаты: білім беру мен ғылымның бәсекеге қабілеттілігін арттыру, экономиканың орнықты өсуі үшін адами капиталды дамыту.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...19 lines deleted...]
-        <w:t>      Целевой индикатор:</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.1. Бағдарламалық мақсат: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>мектепке дейінгі сапалы тәрбие мен оқытуға тең қол жеткізуді қамтамасыз ету</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Нысаналы индикатор:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="487"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1515"/>
+        <w:gridCol w:w="684"/>
+        <w:gridCol w:w="4300"/>
+        <w:gridCol w:w="1152"/>
+        <w:gridCol w:w="1778"/>
+        <w:gridCol w:w="1577"/>
+        <w:gridCol w:w="1577"/>
+        <w:gridCol w:w="1354"/>
+        <w:gridCol w:w="1578"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="685" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Индикатор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1154" w:type="dxa"/>
-[...127 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлш.бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпарат көзі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015 (нақты)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1356" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1581" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Ответственные исполнители</w:t>
+            <w:tcW w:w="1578" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауапты орын даушылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Дошкольное воспитание и обучение</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие мен оқыту</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="685" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4731" w:type="dxa"/>
-[...52 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жаңартылған мазмұн бойынша мектепке дейінгі тәрбиемен және оқытумен қамтылған 3-6 жастағы балалардың үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1781" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1356" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>87,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1356" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1581" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МИО</w:t>
+            <w:tcW w:w="1578" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖАО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">      1. Улучшение качественного состава педагогических кадров дошкольных организаций и повышение престижа профессии </w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>        Қойылған мақсатқа қол жеткізу үшін мынадай міндеттерді шешу қажет:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1. Мектепке дейінгі ұйымдардың педагог кадрларының сапалық құрамын жақсарту және педагог кәсібінің беделін арттыру</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="483"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1508"/>
+        <w:gridCol w:w="688"/>
+        <w:gridCol w:w="4324"/>
+        <w:gridCol w:w="1159"/>
+        <w:gridCol w:w="1788"/>
+        <w:gridCol w:w="1586"/>
+        <w:gridCol w:w="1586"/>
+        <w:gridCol w:w="1362"/>
+        <w:gridCol w:w="1587"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="726" w:type="dxa"/>
-[...201 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нәтижелер көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлш.бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпарат көзі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015 (нақты)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1573" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Ответственные исполнители</w:t>
+            <w:tcW w:w="1587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауапты орындаушылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="726" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4731" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>«Мектепке дейінгі тәрбие мен оқыту» мамандығы бойынша жоғары және техникалық-кәсіптік білімі бар мектепке дейінгі ұйымдардың педагог кадрларының үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1772" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>34,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1573" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МИО, МОН</w:t>
+            <w:tcW w:w="1587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖАО, БҒМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">      2. Увеличение сети дошкольных организаций с учетом демографической ситуации </w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>       2. Демографиялық жағдайды ескере отырып, мектепке дейінгі ұйымдардың желісін ұлғайту</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="539"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1507"/>
+        <w:gridCol w:w="688"/>
+        <w:gridCol w:w="4324"/>
+        <w:gridCol w:w="1159"/>
+        <w:gridCol w:w="1788"/>
+        <w:gridCol w:w="1586"/>
+        <w:gridCol w:w="1586"/>
+        <w:gridCol w:w="1362"/>
+        <w:gridCol w:w="1587"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="926" w:type="dxa"/>
-[...201 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсеткіш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлш.бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпарат көзі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015 (нақты)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1573" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Ответственные исполнители</w:t>
+            <w:tcW w:w="1587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауапты орындаушылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="926" w:type="dxa"/>
-[...155 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2014 жылғы жалпы қажеттіліктен мектепке дейінгі ұйымдардағы орынға қажеттілікті қысқарту (194,6 мың орын)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орын</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>145,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>55,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1573" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МИО, МОН</w:t>
+            <w:tcW w:w="1587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖАО, БҒМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="926" w:type="dxa"/>
-[...84 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі ұйымдардың типтері мен түрлерінің жалпы санынан толық күн болатын мектепке дейінгі ұйымдардың үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1572" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>73,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>79,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>85,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1573" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МИО, МОН</w:t>
+            <w:tcW w:w="1587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖАО, БҒМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="926" w:type="dxa"/>
-[...84 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шағын орталықтардың жалпы санынан жарты күн болатын шағын орталықтардың үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1572" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>51,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>29,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1573" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МИО, МОН</w:t>
+            <w:tcW w:w="1587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖАО, БҒМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="926" w:type="dxa"/>
-[...84 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұсынылған орындардың жалпы санынан жекеменшік мектепке дейінгі ұйымдардағы орындардың үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1572" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>19,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>28,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1573" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МИО</w:t>
+            <w:tcW w:w="1587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЖАО </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="926" w:type="dxa"/>
-[...84 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ерекше білім беру қажеттіліктері бар балаларды тәрбиелеу және оқыту үшін жағдай жасаған мектепке дейінгі ұйымдардың үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1572" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1573" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МИО, МОН</w:t>
+            <w:tcW w:w="1587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖАО, БҒМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">      3. Обновление содержания дошкольного воспитания и обучения, ориентированного на качественную подготовку детей к школе </w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>       3. Балаларды мектепте сапалы дайындауға бағдарланған мектепке дейінгі тәрбие мен оқыту мазмұнын жаңарту</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="565"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1511"/>
+        <w:gridCol w:w="688"/>
+        <w:gridCol w:w="4324"/>
+        <w:gridCol w:w="1159"/>
+        <w:gridCol w:w="1788"/>
+        <w:gridCol w:w="1586"/>
+        <w:gridCol w:w="1586"/>
+        <w:gridCol w:w="1362"/>
+        <w:gridCol w:w="1587"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="926" w:type="dxa"/>
-[...201 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нәтижелер көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлш.бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпарат көзі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015(нақты)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1573" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Ответственные исполнители</w:t>
+            <w:tcW w:w="1587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауапты орындаушылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="420"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="420" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="926" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4509" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі жастағы балалардың дағдысы мен машығының даму индикаторларына сәйкес машығы мен дағдысының деңгейі жоғары және орта 5-6 жастағы балалардың үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1572" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1573" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МИО, МОН</w:t>
+            <w:tcW w:w="1587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖАО, БҒМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-        <w:t>дошкольного воспитания и обучения</w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>       4. Мектепке дейінгі тәрбие мен оқыту менеджментін және даму мониторингін жетілдіру</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="490"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1528"/>
+        <w:gridCol w:w="688"/>
+        <w:gridCol w:w="4324"/>
+        <w:gridCol w:w="1159"/>
+        <w:gridCol w:w="1788"/>
+        <w:gridCol w:w="1586"/>
+        <w:gridCol w:w="1586"/>
+        <w:gridCol w:w="1362"/>
+        <w:gridCol w:w="1587"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
-[...201 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нәтижелер көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлш.бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпарат көзі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015(нақты)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1610" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Ответственные исполнители</w:t>
+            <w:tcW w:w="1587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауапты  орындаушылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4753" w:type="dxa"/>
-[...72 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аттестаттауға жататын мектепке дейінгі ұйымдардың жалпы санынан аттестаттаудан өткен мектепке дейінгі ұйымдардың үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР БҒМ БҒСБК-нің ресми деректері </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1343" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>87</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1610" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МОН</w:t>
+            <w:tcW w:w="1587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БҒМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4753" w:type="dxa"/>
-[...52 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі ұйымдардың басшыларына арналған менеджмент саласында біліктілікті арттыру курстарының жаңартылған білім беру бағдарламаларының үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>«Өрлеу» АҚ-ның есептік ақпараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1343" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1610" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МОН, МИО</w:t>
+            <w:tcW w:w="1587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БҒМ, ЖАО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...19 lines deleted...]
-        <w:t>      Целевой индикатор:</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>4.2. Бағдарламалық мақсат:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сапалы орта білім беруге тең қол жеткізуді қамтамасыз ету, зияткер, дене бітімі және рухани жағынан дамыған, табысты азаматты қалыптастыру.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Нысаналы индикатор:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="482"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1517"/>
+        <w:gridCol w:w="683"/>
+        <w:gridCol w:w="4382"/>
+        <w:gridCol w:w="1152"/>
+        <w:gridCol w:w="1777"/>
+        <w:gridCol w:w="1577"/>
+        <w:gridCol w:w="1577"/>
+        <w:gridCol w:w="1354"/>
+        <w:gridCol w:w="1578"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="690" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Индикатор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1164" w:type="dxa"/>
-[...127 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлш. бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1777" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпарат көзі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015 (нақты)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Ответственные исполнители</w:t>
+            <w:tcW w:w="1578" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауапты орындаушылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Среднее образование</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Орта білім</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="930"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="690" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4632" w:type="dxa"/>
-[...52 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>НЗМ тәжірибесі бойынша жаңартылған білім беру мазмұнына өткен мектептердің үлесі (2017 жылы – 1 – сынып, 2019 жылы – 1-3, 5-8, 10-сыныптар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1592" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1777" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МИО</w:t>
+            <w:tcW w:w="1578" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖАО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="690" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="690" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4632" w:type="dxa"/>
-[...116 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4382" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Үлгерімі «жақсы» және «үздік» (оқытудың сапасы) оқушылардың үлесі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1777" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МИО</w:t>
+            <w:tcW w:w="1578" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖАО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> их качественного состава</w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>       Алға қойылған мақсаттарға қол жеткізу үшін мынадай міндеттерді шешу қажет:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1. Педагог кәсібінің беделін және олардың сапалық құрамын арттыру</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="493"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1480"/>
+        <w:gridCol w:w="688"/>
+        <w:gridCol w:w="4324"/>
+        <w:gridCol w:w="1159"/>
+        <w:gridCol w:w="1788"/>
+        <w:gridCol w:w="1586"/>
+        <w:gridCol w:w="1586"/>
+        <w:gridCol w:w="1362"/>
+        <w:gridCol w:w="1587"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="705" w:type="dxa"/>
-[...201 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нәтижелер көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлш. бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпарат көзі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015 (нақты)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1397" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1397" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Ответственные исполнители</w:t>
+            <w:tcW w:w="1587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауапты  орындаушылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="705" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4664" w:type="dxa"/>
-[...52 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагогтердің жалпы санынан жас педагогтердің үлесі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1626" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1396" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1397" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1397" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МИО</w:t>
+            <w:tcW w:w="1587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖАО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="705" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4664" w:type="dxa"/>
-[...52 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогтердің жалпы санынан бірінші және жоғары санаты бар педагогтердің үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1626" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>49,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1396" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1397" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1397" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МИО</w:t>
+            <w:tcW w:w="1587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖАО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t>      2. Обеспечение инфраструктурного развития среднего образования</w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2. Орта білім берудің инфрақұрылымдық дамуын қамтамасыз ету</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="489"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1480"/>
+        <w:gridCol w:w="688"/>
+        <w:gridCol w:w="4324"/>
+        <w:gridCol w:w="1159"/>
+        <w:gridCol w:w="1788"/>
+        <w:gridCol w:w="1586"/>
+        <w:gridCol w:w="1586"/>
+        <w:gridCol w:w="1362"/>
+        <w:gridCol w:w="1587"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="705" w:type="dxa"/>
-[...201 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нәтижелер көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлш. бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпарат көзі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015 (нақты)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1397" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1397" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Ответственные исполнители</w:t>
+            <w:tcW w:w="1587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауапты орындаушылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="705" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4664" w:type="dxa"/>
-[...52 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мектептердің жалпы санынан авариялық мектептердің үлесі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1626" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1396" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1397" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1397" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МИО, МОН</w:t>
+            <w:tcW w:w="1587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖАО, БҒМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="705" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4664" w:type="dxa"/>
-[...52 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Үш ауысымда сабақ өткізетін мектептердің үлесі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1626" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1396" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1397" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1397" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МИО, МОН</w:t>
+            <w:tcW w:w="1587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЖАО, БҒМ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="705" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4664" w:type="dxa"/>
-[...123 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Инклюзивті білім беру үшін жағдай жасаған мектептердің үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1396" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1397" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1397" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МИО, МОН</w:t>
+            <w:tcW w:w="1587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЖАО, БҒМ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t>      3. Обновление содержания среднего образования</w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      3. Орта білім берудің мазмұнын жаңарту</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="366"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="650"/>
+        <w:gridCol w:w="4088"/>
+        <w:gridCol w:w="1096"/>
+        <w:gridCol w:w="1690"/>
+        <w:gridCol w:w="1499"/>
+        <w:gridCol w:w="1923"/>
+        <w:gridCol w:w="1634"/>
+        <w:gridCol w:w="1500"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="665" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:r>
+            <w:tcW w:w="650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4088" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нәтижелер көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1096" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлш. бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпарат көзі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015 (нақты)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауапты орындаушылар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4088" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жаңартылған білім беру мазмұнымен қамтылған балалардың үлесі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1096" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>76,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖАО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4088" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазақстандық оқушылардың халықаралық және ұлттық зерттеулердегі нәтижелері </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1096" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЭЫДҰ-ның ресми деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>PIRLS-2016: 4-сынып: оқу – 400 PISA-2015: математика – 440, жаратылыстану – 430, оқу – 400;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>PISA-2018:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">математика – 450, жаратылыстану – 440 оқу – 410; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ICILS-2018: 8-сынып оқушыларыныңкомпьютерлік және ақпараттық сауаттылығы - 350</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БҒМ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...131 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4088" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...105 lines deleted...]
-              <w:t>исполнители</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1096" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ БҒСБК-нің ресми деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ОЖСБ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9-сынып – 37,4 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ОЖСБ 4-сынып – кемінде 20 балл, 9-сынып – кемінде 55 балл </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ОЖСБ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4-сынып – кемінде 25 балл, 9-сынып – кемінде 60 балл </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БҒМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="665" w:type="dxa"/>
-[...83 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4088" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім беру процесінде АКТ-ны қолданатын мектептердің үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1096" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1535" w:type="dxa"/>
-[...952 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1744" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1678" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1319" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МИО</w:t>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖАО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">      4. Формирование у школьников духовно-нравственных ценностей Общенациональной патриотической идеи «Мәңгілік Ел» и культуры здорового образа жизни </w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>       4. Мектеп оқушыларының бойында «Мәңгілік Ел» жалпыұлттық патриоттық идеясының рухани-адамгершілік құндылықтарын және салауатты өмір салты мәдениетін қалыптастыру</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="454"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1512"/>
+        <w:gridCol w:w="688"/>
+        <w:gridCol w:w="4324"/>
+        <w:gridCol w:w="1159"/>
+        <w:gridCol w:w="1788"/>
+        <w:gridCol w:w="1586"/>
+        <w:gridCol w:w="1586"/>
+        <w:gridCol w:w="1362"/>
+        <w:gridCol w:w="1587"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="672" w:type="dxa"/>
-[...201 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нәтижелер көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлш. бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпарат көзі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015(нақты)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1604" w:type="dxa"/>
-[...32 lines deleted...]
-              <w:t>исполнители</w:t>
+            <w:tcW w:w="1587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауапты орындаушылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="672" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4596" w:type="dxa"/>
-[...51 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қосымша білім берумен қамтылған оқушылардың үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1602" w:type="dxa"/>
-[...51 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1604" w:type="dxa"/>
-[...24 lines deleted...]
-              <w:t>МИО</w:t>
+            <w:tcW w:w="1587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖАО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="672" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4596" w:type="dxa"/>
-[...51 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жалпы білім беретін мектептердегі спорттық секциялармен, оның ішінде республикалық балалар-жасөспірімдер спорттық жарыстарымен (оқушылар Спартакиадасы және т. б.) қамтылған білім алушылардың үлесі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1602" w:type="dxa"/>
-[...51 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>27,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1604" w:type="dxa"/>
-[...24 lines deleted...]
-              <w:t>МИО, МОН</w:t>
+            <w:tcW w:w="1587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖАО, БҒМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="672" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4596" w:type="dxa"/>
-[...51 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Балалар мен жасөспірімдер қозғалыстарымен, оның ішінде «Жас ұлан», «Жас қыран» қозғалыстарымен қамтылған оқушылардың үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1602" w:type="dxa"/>
-[...51 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1604" w:type="dxa"/>
-[...24 lines deleted...]
-              <w:t>МИО, МОН, МКС</w:t>
+            <w:tcW w:w="1587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖАО, БҒМ, МСМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t>      5. Усовершенствование менеджмента и мониторинга развития среднего образования</w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      5. Орта білім беру менеджментін және даму мониторингін жетілдіру</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="476"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1517"/>
+        <w:gridCol w:w="689"/>
+        <w:gridCol w:w="4331"/>
+        <w:gridCol w:w="1161"/>
+        <w:gridCol w:w="1791"/>
+        <w:gridCol w:w="1791"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1589"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...159 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нәтижелер көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлш. бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпарат көзі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2015</w:t>
             </w:r>
-            <w:r>
-[...35 lines deleted...]
-              <w:rPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(нақты)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Ответственные исполнители</w:t>
+            <w:tcW w:w="1589" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауапты орындаушылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4589" w:type="dxa"/>
-[...52 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қамқоршылық кеңестер құрған мектептердің үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>61,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МИО</w:t>
+            <w:tcW w:w="1589" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖАО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4589" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Орта білім беру ұйымдарының басшыларына арналған менеджмент саласында біліктілікті арттыру курстарының жаңартылған білім беру бағдарламаларының үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>«Өрлеу» АҚ-ның есептік ақпараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МОН, МИО</w:t>
+            <w:tcW w:w="1589" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БҒМ,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖАО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...19 lines deleted...]
-        <w:t>      Целевой индикатор:</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.3. Бағдарламалық мақсат: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>техникалық және кәсіптік білім алу үшін жағдайлар жасау арқылы жастарды әлеуметтік-экономикалық интеграциялау</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Нысаналы индикатор:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="473"/>
-        <w:gridCol w:w="2626"/>
         <w:gridCol w:w="689"/>
-        <w:gridCol w:w="1810"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1516"/>
+        <w:gridCol w:w="4331"/>
+        <w:gridCol w:w="1161"/>
+        <w:gridCol w:w="1791"/>
+        <w:gridCol w:w="1791"/>
+        <w:gridCol w:w="1363"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1590"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Индикатор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1169" w:type="dxa"/>
-[...127 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлш. бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпарат көзі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015(нақты)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Ответственные исполнители</w:t>
+            <w:tcW w:w="1590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауапты орындаушылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Техническое и профессиональное образование</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіптік білім</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4589" w:type="dxa"/>
-[...52 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік тапсырыс бойынша оқыған, оқуды бітіргеннен кейінгі бірінші жылы жұмысқа орналасқан және еңбекпен қамтылған ТжКБ оқу орындары бітірушілерінің үлесі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>89,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>92</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МОН</w:t>
+            <w:tcW w:w="1590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БҒМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...12 lines deleted...]
-        <w:t>      1. Повышение престижа системы ТиПО</w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Алға қойылған мақсаттарға қол жеткізу үшін мынадай міндеттерді шешу қажет:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1. ТжКБ жүйесінің беделін арттыру</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="457"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1509"/>
+        <w:gridCol w:w="689"/>
+        <w:gridCol w:w="4331"/>
+        <w:gridCol w:w="1161"/>
+        <w:gridCol w:w="1791"/>
+        <w:gridCol w:w="1791"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1589"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...159 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нәтижелер көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлш. бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпарат көзі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2015</w:t>
             </w:r>
-            <w:r>
-[...35 lines deleted...]
-              <w:rPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(нақты)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Ответственные исполнители</w:t>
+            <w:tcW w:w="1589" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауапты орындаушылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4589" w:type="dxa"/>
-[...67 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Типтік жастағы (14-24) жастарды техникалық және кәсіптік біліммен қамту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жалпы мемлекеттік білім беру статистикасы (2-НК нысаны)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>16,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МИО, МОН РК</w:t>
+            <w:tcW w:w="1589" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЖАО, БҒМ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t>      2. Обеспечение доступности ТиПО и качества подготовки кадров</w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2. ТжКБ қолжетімділігін және кадрларды даярлау сапасын қамтамасыз ету</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="473"/>
-        <w:gridCol w:w="2626"/>
         <w:gridCol w:w="689"/>
-        <w:gridCol w:w="1810"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1516"/>
+        <w:gridCol w:w="4331"/>
+        <w:gridCol w:w="1161"/>
+        <w:gridCol w:w="1791"/>
+        <w:gridCol w:w="1791"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1589"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...201 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нәтижелер көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлш. бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпарат көзі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015(нақты)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Ответственные исполнители</w:t>
+            <w:tcW w:w="1589" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауапты орындаушылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4589" w:type="dxa"/>
-[...52 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік колледждердің заманауи оқыту жабдығымен жарақтандырылған оқу-өндірістік шеберханаларының, зертханаларының және арнайы пәндер кабинеттерінің үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
-[...60 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>40,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>41,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МИО</w:t>
+            <w:tcW w:w="1589" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЖАО, БҒМ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4589" w:type="dxa"/>
-[...52 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ерекше білім беру қажеттіліктері бар студенттер үшін тең жағдай мен кедергісіз қолжетімділік жасаған ТжКБ ұйымдарының үлесі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МИО</w:t>
+            <w:tcW w:w="1589" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖАО, БҒМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4589" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аккредиттеу рәсімінен өткен мемлекеттік колледждердің үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МИО</w:t>
+            <w:tcW w:w="1589" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖАО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t>      3. Обновление содержания ТиПО с учетом запросов индустриально-инновационного развития страны</w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      3. Елдің индустриялық-инновациялық даму сұраныстарын ескере отырып, ТжКБ мазмұнын жаңарту</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="439"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1810"/>
+        <w:gridCol w:w="689"/>
+        <w:gridCol w:w="4331"/>
+        <w:gridCol w:w="1161"/>
+        <w:gridCol w:w="1791"/>
+        <w:gridCol w:w="1791"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1589"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...159 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нәтижелер көрсеткіші</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлш. бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпарат көзі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2015</w:t>
             </w:r>
-            <w:r>
-[...35 lines deleted...]
-              <w:rPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(нақты)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Ответственные исполнители</w:t>
+            <w:tcW w:w="1589" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауапты орындаушылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4589" w:type="dxa"/>
-[...52 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кәсіптік стандарттар негізінде әзірленген білім беру бағдарламаларымен қамтамасыз етілген ТжКБ мамандықтарының үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің есептік ақпараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МОН, НАО «Холдинг «Кәсіпқор» (по согласованию) МЗСР</w:t>
+            <w:tcW w:w="1589" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БҒМ, «Кәсіпқор» холдингі» КеАҚ (келісім бойынша), ДСӘДМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4589" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Технологиялық, техникалық және ауыл шаруашылығы мамандықтары бойынша дуальді оқытудың негізгі қағидаттарын енгізген колледждердің үлесі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>60,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>70,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>80,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...32 lines deleted...]
-              <w:t>(по согласованию)</w:t>
+            <w:tcW w:w="1589" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖАО, БҒМ, ҰКП (келісім бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t>      4. Укрепление духовно-нравственных ценностей Общенациональной патриотической идеи «Мәңгілік Ел» и культуры здорового образа жизни</w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      4. «Мәңгілік Ел» жалпыұлттық патриоттық идеясының рухани-адамгершілік құндылықтарын және салауатты өмір салты мәдениетін нығайту</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="481"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1518"/>
+        <w:gridCol w:w="689"/>
+        <w:gridCol w:w="4331"/>
+        <w:gridCol w:w="1161"/>
+        <w:gridCol w:w="1791"/>
+        <w:gridCol w:w="1791"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1589"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...25 lines deleted...]
-            </w:r>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нәтижелер көрсеткіші</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлш. бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпарат көзі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(нақты)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауапты орындаушылар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық пайдалы қызметке (волонтерлік, жастар ісі жөніндегі комитеттер қызметіне қатысу және т.б.) тартылған ТжКБ ұйымдарында оқитын студенттердің үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖАО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...333 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Спорттық секциялармен қамтылған ТжКБ студенттерінің үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
-[...85 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...250 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МИО</w:t>
+            <w:tcW w:w="1589" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖАО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t>5. Усовершенствование менеджмента и мониторинга развития ТиПО</w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      5. ТжКБ менеджментін және даму мониторингін жетілдіру</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="499"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1526"/>
+        <w:gridCol w:w="689"/>
+        <w:gridCol w:w="4331"/>
+        <w:gridCol w:w="1161"/>
+        <w:gridCol w:w="1791"/>
+        <w:gridCol w:w="1791"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1589"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...159 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нәтижелер көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлш. бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпарат көзі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2015</w:t>
             </w:r>
-            <w:r>
-[...35 lines deleted...]
-              <w:rPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(нақты)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Ответственные исполнители</w:t>
+            <w:tcW w:w="1589" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауапты орындаушылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4589" w:type="dxa"/>
-[...52 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>«Кәсіпқор» холдингі» КеАҚ тәжірибесін енгізген мемлекеттік колледждердің үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің есептік ақпараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МОН, «Холдинг «Кәсіпқор» (по согласованию)</w:t>
+            <w:tcW w:w="1589" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖАО, «Кәсіпқор» холдингі» КеАҚ (келісім бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...19 lines deleted...]
-        <w:t>      Целевые индикаторы:</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>4.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Бағдарламалық мақсат:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> экономика салаларын жоғары және жоғары оқу орнынан кейінгі білімі бар бәсекеге қабілетті кадрлармен қамтамасыз ету; білім беруді, ғылымды және инновацияларды интеграциялау.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Нысаналы индикаторлар:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="473"/>
-        <w:gridCol w:w="2626"/>
         <w:gridCol w:w="689"/>
-        <w:gridCol w:w="1810"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1516"/>
+        <w:gridCol w:w="4331"/>
+        <w:gridCol w:w="1161"/>
+        <w:gridCol w:w="1791"/>
+        <w:gridCol w:w="1791"/>
+        <w:gridCol w:w="1363"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1590"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Индикатор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1169" w:type="dxa"/>
-[...127 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлш. бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпарат көзі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015 (нақты)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...32 lines deleted...]
-              <w:t>исполнители</w:t>
+            <w:tcW w:w="1590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауапты орындаушылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Высшее и послевузовское образование</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары және жоғары оқу орнынан кейінгі білім</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4589" w:type="dxa"/>
-[...52 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік тапсырыс бойынша білім алған, ЖОО-ны бітіргеннен кейінгі бірінші жылы мамандығы бойынша жұмысқа орналасқан ЖОО бітірушілерінің үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...32 lines deleted...]
-              <w:t>МСХ, МКС, вузы, МИО</w:t>
+            <w:tcW w:w="1590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БҒМ,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ДСӘДМ, АШМ, МСМ, ЖОО, ЖАО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...22 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4589" w:type="dxa"/>
-[...111 lines deleted...]
-          <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">QS-WUR рейтингінде атап өтілген Қазақстан ЖОО-ларының саны </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>топ-200</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>топ-300</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>топ-500</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>топ-701+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>QS-WUR ресми ақпараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
-          </w:p>
-[...18 lines deleted...]
-          <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
-          </w:p>
-[...18 lines deleted...]
-          <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
-          </w:p>
-[...198 lines deleted...]
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...152 lines deleted...]
-              <w:rPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...209 lines deleted...]
-              <w:rPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...184 lines deleted...]
-              <w:rPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="009C741E" w:rsidRDefault="009C741E"/>
+            <w:tcW w:w="1590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БҒМ, ДСӘДМ, АШМ,  БПАҰО, ЖОО</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...19 lines deleted...]
-        <w:t>      1. Обеспечение качественной подготовки конкурентоспособных кадров</w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Міндеттерге қол жеткізу мынадай көрсеткіштермен өлшенеді:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1. Бәсекеге қабілетті кадрларды сапалы даярлауды қамтамасыз ету</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="473"/>
-        <w:gridCol w:w="2626"/>
         <w:gridCol w:w="689"/>
-        <w:gridCol w:w="1810"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1516"/>
+        <w:gridCol w:w="4331"/>
+        <w:gridCol w:w="1161"/>
+        <w:gridCol w:w="1791"/>
+        <w:gridCol w:w="1791"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1589"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...24 lines deleted...]
-              <w:t>№</w:t>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нәтижелер көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлш. бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпарат көзі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(нақты)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауапты орындаушылар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары және жоғары оқу орнынан кейінгі білімі бар кадрларды даярлауға арналған мемлекеттік тапсырыстың арақатынасы:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...126 lines deleted...]
-              <w:t>2015</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- магистратура және докторантура;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...95 lines deleted...]
-              <w:t>Ответственные исполнители</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+- бакалавриат. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімші</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лік деректе</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БҒМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...92 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары білім беру жүйесіндегі шетелдік студенттердің, оның ішінде коммерциялық негізде оқитын студенттердің үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
-[...137 lines deleted...]
-              <w:t>МОН</w:t>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БҒМ, ДСӘДМ, АШМ, МСМ, ЖОО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...460 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ерекше білім беру қажеттіліктері бар студенттерді оқыту үшін тең жағдайлар мен кедергісіз қолжетімділік жасаған ЖОО-лардың үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
-[...320 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МОН, вузы</w:t>
+            <w:tcW w:w="1589" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БҒМ, ЖОО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t>      2. Модернизация содержания высшего и послевузовского образования в контексте мировых тенденций</w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2. Әлемдік үрдістер аясында жоғары және жоғары оқу орнынан кейінгі білім беру мазмұнын жаңғырту</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="473"/>
-        <w:gridCol w:w="2626"/>
         <w:gridCol w:w="689"/>
-        <w:gridCol w:w="1810"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1516"/>
+        <w:gridCol w:w="4331"/>
+        <w:gridCol w:w="1161"/>
+        <w:gridCol w:w="1791"/>
+        <w:gridCol w:w="1588"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1792"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...201 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нәтижелер көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлш. бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпарат көзі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015(нақты)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Ответственные исполнители</w:t>
+            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауапты орындаушылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4589" w:type="dxa"/>
-[...51 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Салалық шеңберлер мен кәсіптік стандарттар негізінде әзірленген білім беру бағдарламаларының үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
-[...51 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">17 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">45 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...24 lines deleted...]
-              <w:t>Вузы, МОН, МСХ, МЗСР, МКС</w:t>
+            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БҒМ, АШМ, ДСӘДМ, МСМ, ЖОО-лар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4589" w:type="dxa"/>
-[...113 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жаңа білім беру бағдарламаларының, оның ішінде шетелдік сарапшылармен бірлесіп ИИДМБ шеңберінде әзірленген білім беру бағдарламаларының саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">24 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">48 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>72</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...24 lines deleted...]
-              <w:t>МОН, МИР, вузы</w:t>
+            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БҒМ, ИДМ, ЖОО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4589" w:type="dxa"/>
-[...58 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім беру сапасын қамтамасыз ету бойынша халықаралық еуропалық желілердің толық мүшесі болып табылатын және білім беру саласындағы уәкілетті органның тізіліміне енгізілген агенттіктерде халықаралық аккредиттеуден өткен мемлекеттік жоғары оқу орындарының білім беру бағдарламаларының үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
-[...51 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...31 lines deleted...]
-              <w:t>вузы</w:t>
+            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БҒМ, ЖОО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t>      3. Создание условий для коммерциализации результатов научных исследований и технологий</w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      3. Ғылыми зерттеулер нәтижелерін және технологияларды коммерцияландыру үшін жағдайлар жасау</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="468"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1514"/>
+        <w:gridCol w:w="689"/>
+        <w:gridCol w:w="4331"/>
+        <w:gridCol w:w="1161"/>
+        <w:gridCol w:w="1791"/>
+        <w:gridCol w:w="1588"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1792"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...201 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нәтижелер көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлш. бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпарат көзі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015(нақты)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Ответственные исполнители</w:t>
+            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауапты орындаушылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4589" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ИИДМБ жоғары оқу орындарының жалпы табысындағы инновациялық және ғылыми қызметтің табыс үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Вузы, МОН, МСХ</w:t>
+            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖОО, БҒМ, АШМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4589" w:type="dxa"/>
-[...52 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Коммерцияландыру офистерін, технопарктер, бизнес-инкубаторлар құрған азаматтық жоғары оқу орындарының үлесі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Вузы, МОН</w:t>
+            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖОО, БҒМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-        <w:t>Вовлечение молодежи вузов в укрепление духовно-нравственных ценностей Общенациональной патриотической идеи «Мәңгілік Ел» и культуры здорового образа жизни</w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      4. Жоғары оқу орындарының жастарын «Мәңгілік Ел» жалпыұлттық патриоттық идеясының рухани-адамгершілік құндылықтарын және салауатты өмір салты мәдениетін нығайтуға қатыстыру</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="487"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1521"/>
+        <w:gridCol w:w="689"/>
+        <w:gridCol w:w="4331"/>
+        <w:gridCol w:w="1161"/>
+        <w:gridCol w:w="1791"/>
+        <w:gridCol w:w="1588"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1792"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...201 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нәтижелер көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлш. бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпарат көзі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015(нақты)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...32 lines deleted...]
-              <w:t>исполнители</w:t>
+            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауапты орындаушылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4589" w:type="dxa"/>
-[...52 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық пайдалы қызметке тартылған ЖОО студенттерінің үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>вузы</w:t>
+            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖОО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4589" w:type="dxa"/>
-[...52 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұлттық студенттер лигасына қатысатын ЖОО-лар үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>22,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>72</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>вузы</w:t>
+            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖОО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-        <w:t>Усовершенствование менеджмента и мониторинга развития высшего и послевузовского образования</w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      5. Жоғары және жоғары оқу орнынан кейінгі білім беру менеджментін және даму мониторингін жетілдіру</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="481"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1518"/>
+        <w:gridCol w:w="689"/>
+        <w:gridCol w:w="4331"/>
+        <w:gridCol w:w="1161"/>
+        <w:gridCol w:w="1791"/>
+        <w:gridCol w:w="1588"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1792"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...201 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нәтижелер көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлш. бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпарат көзі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015 (нақты)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Ответственные исполнители</w:t>
+            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауапты орындаушылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4589" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЖОО-лардың жалпы санындағы корпоративтік басқару органдары (байқау кеңестері, ҚК және ДК) жұмыс істейтін ЖОО-лардың үлесі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>72</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МОН, вузы</w:t>
+            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЖОО, БҒМ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4589" w:type="dxa"/>
-[...52 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Назарбаев Университетінің тәжірибесін енгізетін азаматтық ЖОО-лардың үлесі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің әкімшілік деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МОН, вузы</w:t>
+            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖОО, БҒМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...19 lines deleted...]
-        <w:t>      Целевые индикаторы:</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>4.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бағдарламалық мақсат: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Ел экономикасының қарқынды әртараптануы және тұрақты дамуы үшін ғылымның нақты үлесін қамтамасыз ету.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Мақсатты индикаторлар:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="480"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1518"/>
+        <w:gridCol w:w="689"/>
+        <w:gridCol w:w="4331"/>
+        <w:gridCol w:w="1161"/>
+        <w:gridCol w:w="1791"/>
+        <w:gridCol w:w="1588"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1792"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Индикатор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1169" w:type="dxa"/>
-[...127 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлш. бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпарат көзі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015 (нақты)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Ответственные исполнители</w:t>
+            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауапты орындаушылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...23 lines deleted...]
-              <w:t>Наука</w:t>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4589" w:type="dxa"/>
-[...52 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҒЗТКЖ-ны қаржыландырудың жалпы көлемінде тәжірибелік- конструкторлық әзірлемелерге арналған шығындардың үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің есептік ақпараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>19,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>21,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>22,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МОН</w:t>
+            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БҒМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4589" w:type="dxa"/>
-[...52 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қолданбалы ғылыми-зерттеу жұмыстарының жалпы санындағы коммерцияландырылған жобалардың үлесі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
-[...60 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің есептік ақпараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>16,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>17,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МОН</w:t>
+            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БҒМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...12 lines deleted...]
-        <w:t>      1. Увеличение вклада науки в развитие экономики страны</w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Алға қойылған мақсаттарға қол жеткізу үшін мынадай міндеттерді шешу қажет:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1. Ғылымның ел экономикасын дамытуға қосатын үлесін ұлғайту</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="509"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1529"/>
+        <w:gridCol w:w="689"/>
+        <w:gridCol w:w="4331"/>
+        <w:gridCol w:w="1161"/>
+        <w:gridCol w:w="1791"/>
+        <w:gridCol w:w="1588"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1792"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...159 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нәтижелер көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлш. бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ақпарат көзі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2015</w:t>
             </w:r>
-            <w:r>
-[...35 lines deleted...]
-              <w:rPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(нақты)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Ответственные исполнители</w:t>
+            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауапты орындаушылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4589" w:type="dxa"/>
-[...51 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҒЗТКЖ-ға жұмсалатын шығындардың жалпы көлеміндегі бизнес шығыстарының үлесі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
-[...51 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің есептік ақпараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>21,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...24 lines deleted...]
-              <w:t>Научные организации, вузы, МОН</w:t>
+            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми ұйымдар, ЖОО, БҒМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4589" w:type="dxa"/>
-[...51 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2014 жылы ұлттық патенттердің жалпы санындағы ұлттық патенттердің өсімі (1574 бірлік) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
-[...51 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің есептік ақпараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...24 lines deleted...]
-              <w:t>Научные организации, вузы, МОН</w:t>
+            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми ұйымдар, ЖОО, БҒМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t>      2. Укрепление научного потенциала и статуса ученого</w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2. Ғалымның ғылыми әлеуетін және мәртебесін нығайту</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="492"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1507"/>
+        <w:gridCol w:w="671"/>
+        <w:gridCol w:w="4584"/>
+        <w:gridCol w:w="1131"/>
+        <w:gridCol w:w="1744"/>
+        <w:gridCol w:w="1547"/>
+        <w:gridCol w:w="1328"/>
+        <w:gridCol w:w="1329"/>
+        <w:gridCol w:w="1746"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="672" w:type="dxa"/>
-[...211 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нәтижелер көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлш. бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ақпарат көзі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1547" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015 (нақты)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1328" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1330" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1329" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1550" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Ответственные исполнители</w:t>
+            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауапты орындаушылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="2670" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="672" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Зерттеушілердің 2014 жылғы жалпы (18 930 адам) санынан зерттеушілер санының өсуі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1618" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің есептік ақпараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1547" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1330" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1328" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1330" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1329" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1550" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Научные организации, вузы, МОН</w:t>
+            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми ұйымдар, ЖОО, БҒМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="672" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жарияланымдардың 2014 жылғы жалпы (2784 бірлік) санынан халықаралық журналдардағы жариялымдар санының өсуі (Thomson Reuters деректері бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1618" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің есептік ақпараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1547" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1330" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1328" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1330" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1329" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1550" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Научные организации, вузы, МОН</w:t>
+            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми ұйымдар, ЖОО, БҒМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="672" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
-[...52 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жарияланымдардың 2014 жылғы жалпы санынан Web of Science Core Collection (Thomson Reuters) базасындағы жарияланымдардан дәйексөз келтіру деңгейі (1245)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1618" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің есептік ақпараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1547" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1330" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1328" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1330" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1329" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1550" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Научные организации, вузы, МОН</w:t>
+            <w:tcW w:w="1746" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ғылыми ұйымдар, ЖОО, БҒМ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t>      3. Модернизация инфраструктуры науки</w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      3. Ғылымның инфрақұрылымын жаңғырту</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="499"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1526"/>
+        <w:gridCol w:w="689"/>
+        <w:gridCol w:w="4331"/>
+        <w:gridCol w:w="1161"/>
+        <w:gridCol w:w="1791"/>
+        <w:gridCol w:w="1588"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1792"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...159 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нәтижелер көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлш. бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпарат көзі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2015</w:t>
             </w:r>
-            <w:r>
-[...35 lines deleted...]
-              <w:rPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(нақты)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Ответственные исполнители</w:t>
+            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауапты орындаушылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4589" w:type="dxa"/>
-[...123 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жоғары білім беру ұйымдарындағы және ҒЗИ-лардағы енгізу бөлімшелерінің саны </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің есептік ақпараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>109</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МОН, вузы, НИИ</w:t>
+            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БҒМ, ЖОО, ҒЗИ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4589" w:type="dxa"/>
-[...52 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік жоғары оқу орындары мен ҒЗИ-лардың ғылыми жабдықтарының жаңару коэффициенті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің есептік ақпараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>МОН, вузы, НИИ</w:t>
+            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БҒМ, ЖОО, ҒЗИ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">      4. Усовершенствование менеджмента и мониторинга развития науки </w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      4. Ғылым менеджментін және даму мониторингін жетілдіру</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="363"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1526"/>
+        <w:gridCol w:w="689"/>
+        <w:gridCol w:w="4331"/>
+        <w:gridCol w:w="1161"/>
+        <w:gridCol w:w="1791"/>
+        <w:gridCol w:w="1588"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1792"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...149 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нәтижелер көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлш. бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпарат көзі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2015</w:t>
             </w:r>
-            <w:r>
-[...35 lines deleted...]
-              <w:rPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(нақты)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Ответственные исполнители</w:t>
+            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауапты орындаушылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4589" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қолданбалы зерттеулердің (жобалар) жалпы санындағы жоғары және орташа тиімді жобалардың үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің есептік ақпараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>59,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>69,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Научные организации, вузы, МОН, МСХ, МЗСР</w:t>
+            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми ұйымдар, ЖОО, БҒМ, АШМ, ДСӘДМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="694" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4589" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ғылыми ұйымдардың және ғалымдардың ғылыми-техникалық қызметін рейтингтік бағалауға сәйкес ғылыми ұйымдар қызметі тиімділігінің өсуі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ-нің есептік ақпараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Научные организации, вузы, МОН</w:t>
+            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми ұйымдар, ЖОО, БҒМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Бағдарламаның негізгі бағыттары, қойылған мақсаттарға</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        <w:t>Программы и соответствующие меры</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+қол жеткізу жолдары және тиісті шаралар</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...49 lines deleted...]
-        <w:t>      Наука</w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Мектепке дейінгі тәрбие және оқыту</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Орта білім</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Техникалық және кәсіптік білім</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жоғары және жоғары оқу орнынан кейінгі білім</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Ғылым</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Дошкольное воспитание и обучение</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мектепке дейінгі тәрбие және оқыту</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...446 lines deleted...]
-        <w:t>      Будут приняты меры по формированию у воспитанников дошкольных организаций культуры питания, в том числе посредством пропаганды сбалансированного здорового питания и обеспечения потребления ими натуральных и свежих продуктов.</w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Мақсаты: Мектепке дейінгі сапалы тәрбие мен оқытуға тең қол жеткізуді қамтамасыз ету.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Нысаналы индикатор: Жаңартылған мазмұн бойынша мектепке дейінгі тәрбиемен және оқытумен қамтылған 3-6 жастағы балалардың үлесі</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Міндеттер:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1. Мектепке дейінгі ұйымдардың педагог кадрларының сапалық құрамын жақсарту және педагог кәсібінің беделін көтеру</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2020 жылға қарай мектепке дейінгі ұйымдардағы мамандандырылған жоғары және техникалық және кәсіптік білімі бар педагогтердің үлесін 50 %-ға дейін арттыру жоспарлануда.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Бұл көрсеткішке жету үшін «Мектепке дейінгі тәрбие мен оқыту» мамандығы бойынша ЖОО-лар мен колледждерде педагог кадрларды даярлауға арналған мемлекеттік тапсырыс жыл сайын ұлғаятын болады (2015 жылы колледждерге 1 805 грант, ЖОО-ларға 295 грант бөлінді, 2019 жылы колледждерге 2 200 грантқа, ЖОО-ларға 350 грантқа дейін бөлінеді).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Сондай-ақ 2019 жылдан бастап мектепке дейінгі тәрбие мен оқыту жүйесі үшін педагог кадрларды тәуелсіз сертификаттауға көшу жоспарлануда.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жыл сайын мектепке дейінгі тәрбие мен оқыту саласындағы 7000-ға жуық педагог бюджет қаражаты есебінен біліктілікті арттыру курстарынан өтетін болады. Сонымен қатар мектепке дейінгі ұйымдардың педагогтері жыл сайын бюджеттен тыс қаражат есебінен біліктіліктерін арттырады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2. Демографиялық жағдайды ескере отырып, мектепке дейінгі ұйымдардың желісін ұлғайту</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Мектепке дейінгі ұйымдар демографиялық жағдайды ескере отырып, халықтың сұранысын қанағаттандыруға бағытталған сандық, сондай-ақ сапалық жағынан да дамиды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2020 жылға қарай 186,3 мың жаңа орын (2016 жылы – 47,4 мың; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+2017 жылы – 41,9 мың; 2018 жылы – 44,6 мың; 2019 жылы – 52,4 мың) ашылады, бұл балаларды, оның ішінде тұрмысы төмен отбасылардан шыққан балаларды мектепке дейінгі тәрбиемен және оқытумен қамту көрсеткішін арттыруға мүмкіндік береді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Бұл орындар жергілікті бюджет қаражаты және МЖӘ тетіктері есебінен қысқа күн жұмыс істейтін шағын орталықтарды біртіндеп толық күн жұмыс істеуге ауыстыру арқылы толық күн жұмыс істейтін мектепке дейінгі ұйымдар желісін кеңейту есебінен қамтамасыз етіледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      МЖӘ-нің артықшылығы туралы белсенді және мақсатқа бағытталған жұмыс пен мемлекеттік тапсырысты орналастыру жекеменшік мектепке дейінгі ұйымдар желісінің айтарлықтай өсуін қамтамасыз етеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Тұрғын үй кешендерінің 1-қабаттарында орналасатын, оның ішінде МЖӘ есебінен мектепке дейінгі ұйымдарды салу және пайдалану бойынша жаңа үлгілік жобалар дамиды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Психологиялық-педагогикалық түзету кабинеттерінің саны 135 бірліктен 263 бірлікке өседі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. Балаларды мектепке сапалы дайындауға бағдарланған мектепке дейінгі тәрбиелеу мен оқыту мазмұнын жаңарту</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2016 жылдан бастап 1 жастан 3 жасқа дейінгі балаларды ерте жастан дамытуды ескере отырып әзірленген мектепке дейінгі тәрбие мен оқытудың жаңартылған мемлекеттік жалпыға міндетті стандарты, мектепке дейінгі тәрбие мен оқытудың жалпы білім беретін үлгілік бағдарламасы және мектепалды даярлықтың білім беру бағдарламасы енгізілетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2017 жылдан бастап барлық мектепке дейінгі тәрбие және оқыту ұйымдарында қазақ, орыс және ағылшын тілдері оқытылатын көптілді білім беру бағдарламасының элементтері кезең-кезеңімен енгізілетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2017 жылға қарай мектепке дейінгі ұйымдарда балалардың білігі мен дағдысының дамуын қадағалайтын индикаторлар жүйесі әзірленеді және енгізіледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жүйеде үш деңгейді қоса алғанда, МЖМБС білім беру салалары бойынша балалардың білігі мен дағдысының даму көрсеткіштері айқындалған.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Диагностика оқу жылының басында, ортасында және соңында (бастапқы, аралық және қорытынды бақылау) жүргізіледі, нәтижелері «Бақылау парағына» толтырылатын болады. Алынған деректер негізінде баланың жеке даму картасы толтырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Оқу-әдістемелік кешендер (бұдан әрі – ОӘК), оның ішінде ерекше білім беру қажеттіліктері бар балалар үшін кемістіктердің 8 түрі бойынша арнайы бағдарламалар әзірлеу және енгізу жұмыстары жалғастырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2019 – 2020 оқу жылынан бастап 6 жастағы балалардың мектепалды даярлығы 12 жылдық мектептің 1-сыныбына ауыстырылады</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2017 жылдан бастап бюджеттен тыс қаражат есебінен «Отбасы.kz» порталы арқылы мектеп жасына дейінгі балаларды күту мен дамыту бойынша ата-аналарды қашықтан оқыту тетігі сынақтан өткізіледі және енгізіледі (жыл сайын әр өңірде мектепке дейінгі ұйымдарға бармайтын 1-6 жастағы балалардың ата-анасы кемінде 2 мың).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4. Мектепке дейінгі тәрбие мен оқытудың менеджментін және даму мониторингін жетілдіру</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Мектепке дейінгі ұйымдар қызметіне бақылауды күшейтуге және мектепке дейінгі білім беру саласы субъектілерінің жауапкершілігін арттыруға бағытталған мектепке дейінгі тәрбие мен оқыту саласында қызметті бастау және тоқтату туралы хабарлама тәртібі одан әрі жетілдіріледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жыл сайын мектепке дейінгі ұйымдардың 20 %-ы ұсынылатын білім беру қызметтерінің мектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандартының талаптарына сәйкестігін бақылау мақсатында мемлекеттік аттестаттау рәсімінен өтеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасын әлеуметтік дамытудың 2030 жылға дейінгі тұжырымдамасына сәйкес білім жетістіктерін бағалау жүйесін жетілдіру жұмысы жалғастырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жыл сайын мектепке дейінгі білім беру ұйымдары басшыларының </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+20 %-ы оқудан өтетін менеджмент саласында біліктілікті арттыру курстарының білім беру бағдарламалары жаңартылатын болады. Біліктілікті арттыру курстарының білім беру бағдарламаларына білім берудің жаңа парадигмасы жағдайында көшбасшылық қасиеттерді дамыту бойынша басқарудың инновациялық нысандары енгізілетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Мектепке дейінгі ұйымдар тәрбиеленушілерінің бойында тамақтану мәдениетін қалыптастыру, оның ішінде теңгерімді пайдалы тамақты насихаттау және олардың табиғи және жас өнімдерді тұтынуын қамтамасыз ету арқылы қалыптастыру жөнінде шаралар қабылданатын болады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Среднее образование</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Орта білім</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1562 lines deleted...]
-        <w:t xml:space="preserve">уменьшаться за счет комплекса мер по передаче детей в семьи. </w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Мақсаты: сапалы орта білім беруге тең қол жеткізуді қамтамасыз ету, зияткер, дене бітімі және рухани жағынан дамыған, табысты азаматты қалыптастыру.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Нысаналы индикаторлар:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) НЗМ тәжірибесі бойынша жаңартылған білім беру мазмұнына өткен мектептердің үлесі (2017 жылы – 1-сынып; 2019 жылы – 1-3, 5-8, 10-сыныптар);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) үлгерімі «жақсы» және «өте жақсы» оқушылардың үлесі (оқыту сапасы).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Міндеттер:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1. Педагог кәсібінің беделін және олардың сапалық құрамын арттыру</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Педагогтерге қойылатын талаптарды күшейту шаралары қарастырылуда. Өздігінен білім алу және өзін-өзі жетілдіру педагог портфолиосында көрінетін педагог қызметінің ажырамас бөлігіне айналады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Бірінші және жоғары санаттарды алу үшін жағдай жасау мақсатында педагогтердің біліктілік деңгейіне қойылатын талаптар қайта қаралатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Біліктілікті арттыру курстары білім беру саласындағы уәкілетті орган бекіткен білім беру бағдарламалары бойынша, оның ішінде 2019 жылдан бастап қашықтықтан оқыту технологиясын пайдалана отырып жүргізілетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Өткізілген біліктілікті арттыру курстарының сапасын талдау, сондай-ақ олардың тиімділігін айқындау үшін 2016 жылы педагогтердің біліктілігін арттыру курстарының тиімділігін бағалау бойынша мониторингтік зерттеу жүргізілетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2019 жылдан бастап педагог кадрларды тәуелсіз сертификаттауға дайындық және оған көшу мәселесі пысықталатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жыл сайын менеджмент саласында біліктілікті арттыру курстарынан орта білім беру ұйымдары басшыларының 20 %-ы өтетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Қазақстандық мұғалімдер TALIS зерттеулеріне қатысады, оның нәтижелері бойынша еліміздегі мұғалімдер корпусының сапалық құрамын жақсарту бойынша ұсынымдар әзірленетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Педагогтің кәсіптік стандарты әзірленеді және педагогикалық мамандықтарға қабылдаудың тетіктері қайта қаралатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жаңартылған білім беруге көшуді ескере отырып, жоғары оқу орындарының білім беру бағдарламаларының мазмұны жаңғыртылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2017 – 2018 жылдан бастап жаратылыстану-математикалық бағыттағы 4 педагогикалық мамандық бойынша педагог кадрлар даярлауды жүзеге асыратын 15 базалық жоғары оқу орнында жоғары оқу орындарына арналған білім беру бағдарламаларын, оқулықтар мен ОӘК әзірлеу арқылы ағылшынша оқытуға көшу жүзеге асырылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Мектептер үшін мұғалімдерді іріктеу кезінде «білім беру магистрі» дәрежесі бар мамандар кеңінен тартылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Мектеп педагогтерін кәсіби жағынан дамыту біліктілікті арттырудың деңгейлік курстарының бағдарламаларын жаңғырту шеңберінде жалғастырылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2. Орта білім берудің инфрақұрылымдық дамуын қамтамасыз ету.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Авариялық жағдайдағы мектептердің орнына мектеп салу, сондай-ақ үш ауысымды мектептерді жою республикалық және жергілікті бюджеттер есебінен ғана емес, сонымен қатар МЖӘ тетігі арқылы да жүзеге асырылатын болады. Бұл 2020 жылға қарай авариялық және үш ауысымды мектептерді толық жоюға мүмкіндік береді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жергілікті бюджет қаражаты есебінен мектептерді пәндік кабинеттермен жарақтандыру жалғастырылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Мектептегі білім беруді ақпараттандыру ақпараттық технологияларды оқытуға одан әрі енгізу шеңберінде МЖӘ тетігі арқылы жүзеге асырылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Тұрғылықты жеріне қарамастан (қала немесе ауыл) қарамастан, білім алушылардың деңгейлері, сондай-ақ білім берудің барлық деңгейлеріндегі оқытушылар арасындағы деңгейлер теңестірілетін болады. Білім беру процесін жаңғырту жылдамдығы айтарлықтай артады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ЭЫДҰ стандарттарын енгізумен білім беру жүйесін халықаралық интеграциялау жұмыстары жалғастырылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2020 жылға қарай Қазақстан Республикасының заңнамасымен айқындалған балалардың жекелеген санаттарындағы оқушылар дәрумендендірілген тегін ыстық тамақпен толық қамтылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Ерекше білім беру қажеттілігі бар балаларды инклюзивті ортада қолдау қамтамасыз етіледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Психологиялық-педагогикалық түзеу кабинеттерінің (ППТК) желісі </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+2019 жылы 137 бірліктен 220 бірлікке және психологиялық-медициналық-педагогикалық консультациялар (ПМПК) 57 бірліктен 85 бірлікке дейін кеңейтіледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Орта білім беру ұйымдарында психологиялық-педагогикалық консилиумдар жұмыс істейтін болады</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. Орта білім берудің мазмұнын жаңарту.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2016 жылы негізгі орта және жалпы орта білім берудің МБС бекітілетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жаңартылған білім беру мазмұнының стандарты жиынтығы функционалдық сауаттылықты қамтамасыз ететін дағдылардың кең спектрін дамыту бойынша үздік халықаралық тәжірибеге бағытталатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Оқу бағдарламалары жаңа технологияларды, ғылыми инновацияларды, математикалық модельдеуді дамытуға бағытталған STEM-элементтерді (ғылым) қамтитын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Білім беру деңгейлері бойынша оқулықтар мазмұнының сабақтастығын қамтамасыз етуге бірыңғай әдіснамалық тәсілдеме әзірленетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жаңартылған білім беру мазмұнына көшу жеке график бойынша жүзеге асырылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      12 жылдық білім беру оқушының жұмысын, оның жетістіктерін бағалауға мүмкіндік беретін күтілетін нәтижелерге негізделетін болады. Күтілетін нәтижелерді тұжырымдау оқушылардың оқу жетістіктерін объективті түрде бағалауға, жеке қабілетін ескере отырып әрбір оқушыны дамытудың жеке траекториясын айқындауға мүмкіндік береді, сондай-ақ олардың оқудағы білігі пен дағдыларын дамыту үшін ынтасын арттырады, білім беру процесінің сапасын жақсартады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жалпы білім беретін мектептерде 5 күндік оқу аптасын енгізу мәселесі пысықталатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      «Мәңгілік Ел» жалпыұлттық патриоттық идеясының құндылықтарын ескере отырып, жаңа Негізгі және жоғары мектептің мемлекеттік жалпыға міндетті стандарттары бойынша білім берудің оқу бағдарламалары әзірленетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      «Қазақстандық бірегейлік» элективті курсы әзірленеді және жалпы білім беретін мектептер мен ЖОО-ның оқу процесіне енгізіледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жаңартылған білім беру мазмұнына көшу схемасына сәйкес білім алушыларды, педагогтерді және білім беру ұйымдарын өлшемшарттық бағалау жүйесіне көшу жүзеге асырылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Білім беру саясаты оқыту сапасындағы өңірлік айырмашылықтарды төмендетуге бағытталатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2017 жылдан бастап Дүниежүзілік банк қарызы шеңберінде мектептегі білім берудің сапасын арттыруды және теңсіздікті төмендетуді қолдау бойынша «Қазақстан Республикасында орта білімді жаңғырту» жобасы іске асырыла бастайды. Жоба 12 жылдық білім беруге көшуді қолдауды, оның ішінде мектептердің материалдық-техникалық базасын жақсартуды, базалық оқулыққа, оқулықтар сапасын көп деңгейлі сараптауға қойылатын талаптарды әзірлеуді, оқулықтар сапасын бағалау саласындағы сарапшылар біліктілігін арттыруды, орта білім берудің жаңа мазмұнының әлемдік озық білім беру жүйелері деңгейіне сәйкестігін мониторингтеуді және бағалауды енгізуді көздейді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2017 – 2018 оқу жылында 5-сыныптан бастап үш тілде білім беруді кезең-кезеңімен енгізу басталады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан мектептерінде үш тілде білім беруді дамыту дарынды балаларға арналған 33 экспериментті мектептің, 20 НЗМ-нің және 30 қазақ-түрік лицейінің тәжірибесі бойынша жүзеге асырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Оқыту технологиясының жаңа сапаға жетуін, заманауи оқу-әдістемелік және ғылыми-педагогикалық базаның дамуын қамтамасыз ететін Үш тілде оқытудың бірыңғай тілдік стандартына сәйкес тілдік пәндер бойынша отандық оқулықтар мен ОӘК әзірленетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жоғары мектеп үшін төрт пән бойынша (информатика, физика, химия және биология) ағылшын тіліндегі шетелдік оқулықтар мен ОӘК бейімделетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ЖМЦ-ның төрт пәнін ағылшын тілінде оқытатын педагог кадрларға және үштілділікті енгізуге деген қажеттілік:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) білім беру ұйымдарында оқытуға тарту тетігі арқылы «Болашақ» бағдарламасы бітірушілерінің;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) жоғары оқу орындарында және колледждерде мұғалімдерді мақсатты даярлау;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) физика, химия, биология және информатика пәндерін ағылшын тілінде оқыту әдістемесі бойынша мектеп мұғалімдерінің біліктілігін арттыру;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) студенттермен алмасу және волонтерлерді тарту бағдарламасы есебінен шешілетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Үш тілде білім беруді оқу және ғылыми-әдістемелік қамтамасыз ету CEFR негізінде (2016 – 2017 жылдар) тілді деңгейлеп оқыту (қазақ, орыс, ағылшын) бағдарламаларына өзгерістер мен толықтырулар енгізу шеңберінде жүзеге асырылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Педагогикалық жоғары оқу орындарында НЗМ-нің педагогтердің тілдік құзыреттіліктерін дамыту бойынша кадрлар даярлау сапасына және студенттердің IELTS-ты 6.5 балдан кем емес тапсыруға талаптарды күшейту тәжірибесін енгізу тетігі қарастырылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5-11-сынып оқушылары үшін жазғы тіл мектебін ұйымдастыру мәселесі пысықталатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2018 жылдан бастап, жергілікті атқарушы органдардың мүмкіндіктеріне қарай, пилоттық режимде ағылшын тілінде оқытатын сыныптар ашылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ШЖМ проблемаларын шешу үшін балаларды мектепке және мектептен үйге дейін тасымалдауды ұйымдастыру жұмысы жалғасатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Тірек мектептерді (ресурстық орталықтарды) құру жұмыстары жалғастырылады. 2020 жылға қарай олардың саны 200 бірлікке дейін жеткізілетін болады. Сонымен қатар кеңжолақты интернетке қосу арқылы қашықтан оқытуды қамтамасыз ету және Интернетке қол жеткізілмеген, шалғайда орналасқан мектептерге жеткізу мақсатында электрондық контентті әзірлеу мәселелері пысықталатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Білім беру процесінің барлық қатысушыларына ашық білім беру ресурстары мен технологияларға тең қолжетімділік қамтамасыз етіледі, желілік өзара іс-қимыл жасау үшін жағдай жасалатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Мектептер базалық стандартқа сәйкес МЖӘ-ні тарту арқылы техникалық инфрақұрылыммен жарақтандырылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Оқушы Интернетке шығуға болатын кез келген жерден ЦБР-дың кең спектріне қол жеткізу мүмкіндігіне ие болады. Әрбір оқушы оқу қарқынын өзі белгілеп, оқыту процесін дербестендіруді қамтамасыз ету есебінен сабақтың уақыты мен мұғалімге тәуелді болмайды. Негізгі мектептен бастап кемінде екі пән онлайн ресурстарды қолдана отырып жүргізілетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Дүниежүзілік банктің орта білім беруді жаңғырту бойынша жобасы шеңберінде оқушылардың білім беру жетістіктерін тестілеу стандарттары әзірленеді, ұлттық емтихандар мен мониторингтік зерттеулер жетілдірілетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Ерекше білім беру қажеттілігі бар балаларды оқыту үшін оқулықтар мен ОӘК, сондай-ақ көзі көрмейтін балалар үшін рельефті-нүктелік (Брайль қарпі) және нашар көретін балалар үшін үлкейтілген қаріпті оқулықтар мен ОӘК әзірленіп, бейімделетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ЖАО арнайы білім беру ұйымдары мен сыныптарды көзі көрмейтін балалар үшін рельефті-нүктелік қаріпті (Брайль қарпі) және нашар көретін балалар үшін үлкейтілген қаріпті оқулықтармен және ОӘК-мен қамтамасыз етуді кезең-кезеңімен жүзеге асыратын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Орта білімді жаңғырту жобасы шеңберінде бағалау жүйесін жетілдіру мақсатында Дүниежүзілік банкпен бірлесіп, 2020 жылға қарай:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) білім алушылардың ұлттық емтихандары мен оқу жетістіктерін мониторингтік зерттеулердің рәсімдері жетілдіріледі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) оқушылардың оқу жетістіктерін бағалау жетілдіріледі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) тестілеу стандарттары әзірленеді;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) білім алушылардың дағдылары мен білігін, құзыреттілігінің кең спектрін тексеру үшін тестілеу тапсырмаларының базасы құрылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан TIMSS, PIRLS, РІSА халықаралық зерттеулеріне қатысуды жалғастырады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ҰБТ-ның қолданыстағы форматын жетілдіру мақсатында ҰБТ рәсімін мектепте қорытынды аттестаттауға және жоғары оқу орнында түсу емтихандарына бөлу, одан әрі оқуға деген қабілетін, логикалық ойлау деңгейін, ағылшын тілін меңгергендігін, сондай-ақ базалық құзыреттілігін (функционалдық сауаттылық) айқындауға бағытталған тестілерді пайдалануды кеңейту көзделеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4. Мектеп оқушыларының бойында «Мәңгілік Ел» жалпыұлттық патриоттық идеясының рухани-адамгершілік құндылықтарын және салауатты өмір салты мәдениетін қалыптастыру.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Адамгершілігі жоғары азаматты және өз Отанының патриотын тәрбиелеу «Мәңгілік Ел» жалпыұлттық патриоттық идеясының құндылықтарын ескере отырып жүзеге асырылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      НЗМ-нің патриоттық тәрбиеге, ұлттық және жалпыадамзаттық құндылықтарды дарытуға бағытталған «Шаңырақ» әлеуметтік жобасының тәжірибесі таратылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Тұлғаның шығармашылық құзыреттіліктегі, үздіксіз білім мен тәрбиедегі, өзін-өзі кәсіби тұрғыдан айқындауындағы бәсекелі басымдықтарын қалыптастыру мақсатында балаларға қосымша білім берудің мазмұны мынадай негізгі бағыттар бойынша жаңартылатын болады: көркем-эстетикалық, ғылыми-техникалық, экологиялық-биологиялық, туристік-өлкетану, әскери-патриоттық, әлеуметтік-педагогикалық, білім беру-сауықтыру және т.б.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Орта білім беру адамгершілік құндылықтарды, ұлттық-мәдени дәстүрлерді нығайтуға және ұрпақтар сабақтастығын қамтамасыз етуге, сондай-ақ өз Отаны үшін жауапкершілік алуға қабілетті тұлғаны қалыптастыруға бағытталатын болады. Құндылықты білім беру жағдайында мектеп патриоттыққа баулу және өз елінің адал азаматы етіп тәрбиелеуге ықпал ету арқылы Қазақстан халқын біріктіретін жалпыұлттық идеяларды іске асыруға үлес қосады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жалпыға міндетті стандарттар мен оқу бағдарламаларының барлығына тұлғаның рухани-адамгершілік және зияткерлік қасиетін қалыптастыруға ықпал ететін компоненттер енгізілетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Оқулықтар мен мектеп дәптерлерінің форзацтарында мәтіндер жариялауды қоса алғанда, қазақстандық құндылықтарды танымал етуге және насихаттауға бағытталған мектеп құралдарының талаптары әзірленеді және бекітіледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Қосымша білім беру педагогтерінің біліктіліктерін арттырудың білім беру бағдарламасы жетілдірілетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Қосымша білім беру ұйымдарының желісі жергілікті бюджет қаражаты және МЖӘ тетіктерін енгізу есебінен дамитын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2020 жылға дейін МЖӘ шеңберінде қосымша білім беру жүйесі объектілерін ашу жұмыстары жандандырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Бұдан басқа:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) балалардың бос уақытын өткізу орталықтарының жұмыс істеуі үшін тұрғын үй құрылысы кезінде 1-қабаттан орынжайларды жоспарлау;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) балалардың бос уақытын өткізу орталықтарының жұмыс істеуі үшін мектептерден бос орынжайлар беру есебінен желілерді дамыту жоспарлануда.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жергілікті бюджет есебінен мектептегі спорт секцияларының желісі әрбір орта білім беру ұйымында мектептің спорт лигасын құру арқылы кеңейтілетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Тұрмысы төмен және көп балалы отбасылар балаларының, жетім балалардың, девиантты мінез-құлықты балалардың бұқаралық спорт түрлерімен айналысу үшін спорт объектілеріне қолжетімділігін қамтамасыз ету, сондай-ақ мәдениет және спорт ұйымдарына бару мақсатында жеңілдіктер (тегін абонементтер) (ЖАО, демеушілер, меценаттар есебінен) беру көзделетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Республиканың жалпы білім беретін мектептеріндегі үйірмелер мен секциялар санының өсуі қамтамасыз етілетін болады, бұл балаларды қосымша білім берумен қамтуды 70 %-ға дейін ұлғайтуға мүмкіндік береді. Бұл үшін үйірмелер жұмысына ата-аналар тартылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Мектептер арасында тұрақты түрде спорттық жарыстар өткізу іске асырылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ЖАО-ның мектептер мен қосымша білім беру ұйымдарының спорт залдарын заманауи жабдықтармен жарақтандыру жұмысы жандандырылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      «Жас қыран» (7-9 жас, 2-4 сыныптар) және «Жас ұлан» (9-16 жас, 5-9 сыныптар) болып екі буынға бөлінетін «Жас ұлан» бірыңғай балалар мен жасөспірімдер ұйымының (бұдан әрі – ББЖҰ) телевидение, әлеуметтік жарнама, кино, концерт, бұқаралық акциялар, экскурсиялар, саяхаттар арқылы патриоттық, волонтерлік, азаматтық-құқықтық іс-шаралар өткізу жұмысы жандандырылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2016 – 2020 жылдары «Жас ұлан» ББЖҰ-ның тәлімгерлері мен үйлестірушілерінің қауымдастығы құрылады және жұмыс істейді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жыл сайын «Жас Ұлан» ББЖҰ-ның фандрайзинг (жобалар мен бағдарламаларды жүзеге асыру үшін қаражат іздеу және жинау) режимінде қаржы ресурстарын қалыптастыру бойынша іс-шаралары өткізілетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жыл сайын:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) біліктілігін және кәсіби дағдыларын арттыру мақсатында «Жас Ұлан» ББЖҰ-ның тәлімгерлері үшін слеттер, семинарлар, тренингтер;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) «Көшбасшылар мектебі» балалар мен жасөспірімдер қозғалысының белсенділері үшін семинар-тренингтер мен мастер-кластар;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) «Ұланымыз ұлы елдің» республикалық көшбасшылар форумын ұйымдастыруға қатысу үшін жоғары курс студенттері арасынан волонтерлер тартылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Мектеп оқушылары ізгілік, еріктілік, әлеуметтік теңдік, конфессияаралық және этникалық толеранттылық және т.б. әлеуметтік акцияларға, оның ішінде медиаресурстарды пайдалана отырып тартылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Мектеп оқушыларының бойында тамақтану мәдениетін қалыптастыру, оның ішінде теңгерімді пайдалы тамақты насихаттау және олардың табиғи және жас өнімдерді тұтынуын қамтамасыз ету арқылы қалыптастыру жөнінде шаралар қабылданатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5. Орта білім беру менеджментін және даму мониторингін жетілдіру.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Нәтижеге бағытталған қаржыландыру орта білім берудегі мемлекеттік шығыстарды басқару саласындағы реформалардың құрамдас бөлігіне айналады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2020 жылға дейін әрбір толық жинақты мектепте жан басына қаржыландыруды енгізу шеңберінде сынақтан өткен пилоттық мектептердің моделі бойынша қамқоршылық кеңестер құрылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2019 жылы сынақтан өткізудің оң қорытындысы бойынша барлық қалалық мектептерде жан басына қаржыландыруды енгізу процесі аяқталатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Облыстардың, Астана және Алматы қалаларының жергілікті атқарушы органдары өкілдерінің қатысуымен ата-аналар жұртшылығының алдында әрбір оқу тоқсанының қорытындысы бойынша (жылына 4 рет) онлайн режимінде қоғамдық тыңдаулар (ашық баяндамалар) жалғастырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жыл сайын жалпы орта білім беру ұйымдары басшыларының 20 %-ы оқытудан өтетін басқарудың инновациялық нысанын есепке ала отырып, менеджмент саласындағы біліктілікті арттыру курстарының білім беру бағдарламалары жаңартылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Мектептерді аттестаттау ұсынылатын қызмет сапасының деңгейі бойынша орта білім беру ұйымдарын саралау жүйесін енгізу негізінде өткізілетін болады. Мектептер үлгілі, жақсы, жақсартуды талап ететін және төмен деген төрт деңгейден тұратын өлшемшарттар мен дескрипторлар (талаптар) бойынша бағаланатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Орта білім беру ұйымдарын оқыту сапасы мен нәтижелілікті арттыруға ынталандыру мақсатында табысты мектептерді ынталандыру жүйесін құру мәселесі пысықталатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Мектептегі білім беруді басқаруға мектептердегі қамқоршылық кеңестерді дамыту арқылы қалың жұртшылық тартылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Мектептің өзін-өзі бағалау рәсімі жетілдірілетін болады. 2020 жылға қарай өзін-өзі бағалау мен мемлекеттік бақылау нәтижелері мектептердің 40 %-ында сәйкес келетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жергілікті атқарушы органдардың жетім балалар мен ата-анасының қамқорлығынсыз қалған балаларды отбасына (қорғаншылыққа, қамқоршылыққа алу, патронат және асырап алу) орналастыру жұмыстары жандандырылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Арнайы ұйымдарда тәрбиеленетін жетім балалар мен ата-анасының қамқорлығынсыз қалған балалардың үлесі балаларды отбасыларға беру бойынша кешенді шаралар есебінен азайтылатын болады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Техническое и профессиональное образование</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Техникалық және кәсіптік білім</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1007 lines deleted...]
-        <w:t>дагог».</w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Мақсаты: техникалық және кәсіптік білім алу үшін жағдайлар жасау арқылы жастарды әлеуметтік-экономикалық интеграциялау</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Нысаналы индикатор: мемлекеттік тапсырыс бойынша оқыған, оқуды бітіргеннен кейінгі бірінші жылы жұмысқа орналасқан және еңбекпен қамтылған ТжКБ оқу орындары бітірушілерінің үлесі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Міндеттері:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1. ТжКБ жүйесінің беделін арттыру</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Кадрларды даярлау ұлттық біліктілік шеңбері мен кәсіптік стандарттар негізінде жүзеге асырылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ТжКБ жүйесі басқарылатын оқу миграциясының тиімді құралына айналады. Ол үшін «Мәңгілік ел жастары – индустрияға» әлеуметтік жобасы шеңберінде бітірушілерді жаңа тұрғылықты жерде бекіту арқылы білікті мамандарды даярлау жалғасады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жастарды өмірге деген сындарлы көзқарас қалыптастыруға және оларды міндетті жұмыс дағдылары мен біліктерді алуға бағыттайтын кәсіптік бағдарлау жұмысы жүйелендірілетін болады. Колледждер базасында мектеп оқушылары үшін кәсіптік сынақтар қарастырылатын болады, мектептерде кәсіптік бағдарлау кабинеттері құрылатын болады, оқушылардың кәсіптік өзін-өзі айқындау процесіне жұмыс берушілер мен ата-аналар белсенді қатысатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Мектеп оқушыларын жұмысшы біліктіліктерін алуға тарту үшін барлық мүдделі құрылымдардың: білім беру, жұмыспен қамту органдарының, жұмыс берушілердің, ата-аналар қоғамдастығының қызметін үйлестіруді көздейтін кәсіптік бағдарлау жұмысы жүйесін қалыптастыру туралы мәселе пысықталатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Кең ауқымды ақпараттық жұмыс жүргізу, еңбек адамының бейнесін жасау және оны насихаттау арқылы жұмысшы біліктілігінің беделіне жаңа серпін беріледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жыл сайын білім алушылардың, өндірістік оқыту шеберлері және арнайы пән оқытушыларының арасында «Үздік мамандық иесі» республикалық конкурсы, WorldSkills Kazakhstan өңірлік және ұлттық чемпионаты өткізілетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      WorldSkills Kazakhstan чемпионаттарын өткізу халықаралық қозғалысқа интеграциялануға мүмкіндік береді, өйткені WorldSkills Kazakhstan чемпионатының жеңімпаздары World Skills халықаралық кәсіби шеберлік конкурстарына қатысатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ТжКБ беделі бұқаралық ақпарат құралдарында кеңінен жарияланады, мемлекеттік ақпараттық тапсырыс орналастырылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Қабылданған шаралар нәтижесінде 2020 жылға қарай типтік жастағы жастарды техникалық және кәсіптік біліммен қамту 18 %-ға дейін артатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2. ТжКБ қолжетімділігін және кадрларды даярлау сапасын қамтамасыз ету.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жастардың кәсіптік білім алуға қолжетімділігін қамтамасыз ету үшін бюджет есебінен, сондай-ақ МЖӘ-нің қатысуымен ТжКБ ұйымдарының құрылысын салу арқылы колледждерде оқушы орындарының саны арттырылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Білім беретін оқу орындарының ақылы негізде ұсынатын қызметтерінің тізбесін кеңейту мақсатында ТжКБ оқу орындарының ұйымдық-құқықтық нысаны өзгеретін болады. Білім беру ұйымдарының ұйымдық-құқықтық нысаны өзгергеннен кейін бірыңғай ашық бухгалтерияны енгізе отырып, қаржылық дербестік беру мәселелері пысықталатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жұмыс істеп тұрған ТжКБ оқу орындарының базасында жетекші шет елдермен бірге кадрлар даярлау бойынша орталықтар құрылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Аталған орталықтар «Кәсіпқор» холдингі» КеАҚ-тың халықаралық талаптар бойынша білім беру бағдарламаларын енгізу, инженер-педагог қызметкерлердің біліктілігін арттыру, озық технологияларды ескере отырып материалдық-техникалық базаны жаңарту тәжірибесін тарататын және сынақтан өткізетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Кадрлар даярлауды жүйелендіру мақсатында ТжКБ оқу орындарын бағдарлау жұмысы жалғасатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2017 жылдан бастап барлық ниет білдірушілерге жұмысшы біліктіліктері бойынша тегін техникалық және кәсіптік білім алуға мүмкіндік беріледі. Бұл жастар үшін бірінші жұмысшы біліктілігін тегін алуға әлеуметтік лифті құруға, мектептің жоғары сатысында қосалқы құзыреттер алуға, үздіксіз кәсіптік даярлыққа қол жеткізуге мүмкіндік береді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жұмысшы біліктілігі жоқ барлық ниет білдіруші 9, 11 сынып оқушылары колледждер базасында тегін бірінші жұмысшы біліктілігімен қамтамасыз етілетін болады. Жұмысшы мамандықтары бойынша білім алушылардың саны 40 %-ға дейін ұлғаятын болады. Өңірлерді мамандандыру картасына сәйкес кадрлар даярлауды бағдарлау жұмысы жандандырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жұмыспен қамту 2020 жол картасы шеңберінде, сондай-ақ жұмыс берушілер есебінен оқу орталықтары мен колледждер базасында жұмысқа орналаспаған жастар арасынан барлық ниет білдірушілер курстық дайындықпен қамтылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жоғары сынып оқушыларына қосалқы құзыреттілік берудің жаңа тәсілдемелері әзірленеді. Ол үшін жергілікті атқарушы органдармен бірлесе отырып, жұмыс істеп тұрған оқу-өндірістік комбинаттардың білім беру бағдарламалары жаңғыртылатын болады. ОӨК-нің сертификаттарына сұранысты қамтамасыз ету үшін ҰКП-мен ОӨК базасында оқып шыққан мектеп бітірушілерінің дағдыларын растайтын сертификаттау орталықтарын құру мәселесі пысықталатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жалпы, жобаны іске асыру жастардың бірінші жұмысшы біліктілігіне қаржылай, бағдарламалық, аумақтық тең қолжетімділігі мәселелерін шешеді және еңбек қызметі саласына жастардың әлеуметтік интеграциялануын қамтамасыз етеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Ерекше білім беру қажеттілігі бар тұлғаларға жағдай жасау мақсатында мамандықтар бойынша оқу жоспары әзірленетін болады. Ерекше білім беру қажеттіліктері бар білім алушылар үшін мамандықтар тізбесі әзірленетін болады. Колледждерде білім алуға тең қолжетімділікті қамтамасыз ету мақсатында инклюзивтік білім беру бағдарламалары сынақтан өткізілетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2020 жылға қарай ерекше білім беру қажеттілігі бар студенттер үшін тең жағдайлар мен кедергісіз қолжетімділік жасаған ТжКБ ұйымдарының үлесі 40 %-ды құрайды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Бюджет есебінен, жұмыс берушілер мен әлеуметтік әріптестер, Дүниежүзілік банк қарызы есебінен, сондай-ақ лизинг тетігі есебінен мемлекеттік ТжКБ оқу орындарының оқу-өндірістік шеберханаларын, зертханалары мен арнайы пәндер кабинеттерін жарақтандыру және қайта жабдықтау жұмысы жалғастырылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ТжКБ жүйесінде халықаралық талаптарға сәйкес «Кәсіпқор» холдингі» КЕАҚ арқылы оқытушылар мен өндірістік оқыту шеберлерінің біліктілігін арттырудың 4 деңгейлік бағдарламасын көздейтін инженер-педагог кадрлардың біліктілігін арттыру бағдарламаларының деңгейлік моделін енгізу мәселелері пысықталатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Білімді және озық технологияларды өзектілендіру үшін, оның ішінде әлеуметтік әріптестер есебінен арнайы пәндер оқытушылары мен өндірістік оқыту шеберлері үшін кәсіпорындарда тағылымдама ұйымдастырылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Техникалық, кәсіптік және орта білімнен кейінгі білім беру жүйесін жан басына қаржыландыру әдістемесін әзірлеу және пилоттық өңірлерде сынақтан өткізу мәселелерін пысықтау жүзеге асырылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Кадрлар даярлау сапасын арттыру және білім беру бағдарламаларын халықаралық стандарттар талаптарына сәйкес келтіру үшін 2020 жылдан бастап ТжКБ оқу орындарын халықаралық аккредиттеу енгізілетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Колледждерді ынталандыру мақсатында кадрлар даярлауға мемлекеттік білім беру тапсырысын орналастыруды және мемлекеттік үлгідегі құжатты беру құқығын ТжКБ-ның аккредиттелген оқу орындары жүзеге асыратын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Экономика салаларында салалық қауымдастықтар базасында мамандардың біліктілігін сертификаттаудың тәуелсіз жүйесін толыққанды енгізу есебінен білікті кадрлар даярлау сапасы қамтамасыз етілетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. Елдің индустриялық-инновациялық даму сұраныстарын ескере отырып, ТжКБ мазмұнын жаңарту.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Халықаралық талаптарға және еңбек нарығының қажеттіліктеріне сәйкес Ұлттық біліктілік жүйесі қайта қаралатын болады. Ол үшін еңбек саласындағы уәкілетті орган біліктілік деңгейлерінің сабақтастығын ескере отырып, Ұлттық кәсіптер сыныптауышын әзірлейтін болады. Халықаралық білім беру сыныптауышы стандартының (бұдан әрі – ХБСС) талаптарына сәйкес ТжКБ кәсіптері мен мамандықтарының сыныптауышы қайта қаралады, жұмыс берушілер мен халықаралық стандарттардың талаптарын ескере отырып, жаңа мамандықтар енгізіледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Ұлттық біліктілік шеңберінің барлық деңгейін қамтитын экономика салаларының басым мамандықтары бойынша, оның ішінде Қазақстан Республикасын ИИДМБ-2 үшін ТжКБ-ның басым мамандықтары бойынша кәсіптік стандарттарды жетілдіру жұмысы жалғастырылатын болады. Кәсіптік стандарттарды әзірлеуді жұмыс берушілер бірлестіктері жүзеге асырады және Ұлттық кәсіпкерлер палатасы бекітеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ТжКБ, орта білімнен кейінгі білім берудің мемлекеттік жалпыға міндетті стандартының икемділігі оқу орындарына оқу жұмыс жоспарларының мазмұнын жұмыс берушілердің талаптарымен өзгертуге, модульдік, кредиттік, дуальді оқытуды енгізуге мүмкіндік береді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Кәсіптік стандарттардың негізінде ТжКБ-ның білім беру бағдарламалары қайта қаралады және жаңартылатын болады. Аталған білім беру бағдарламаларын енгізу маманды даярлаудың жеке траекториясын құруға және оның еңбек нарығындағы кәсіби құзыреттілігін арттыруға мүмкіндік береді. ТжКБ жүйесін кредиттік-модульдік оқыту технологиясына кезең-кезеңімен көшіру жүзеге асырылатын болады, бұл ТжКБ, орта білімнен кейінгі және жоғары білім беру деңгейлерін интеграциялауға мүмкіндік береді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Орта білім беру мазмұнын жаңарту ТжКБ, орта білімнен кейінгі білімі бар кадрларды даярлау кезінде ескерілетін болады. Орта білім беру мазмұнын жаңартудың жаңа стандарты негізінде педагогикалық мамандықтар бойынша білім беру бағдарламалары қайта қаралатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ТжКБ жүйесінде халықаралық және кәсіптік білім беру стандарттарына сәйкес келетін білім беру бағдарламаларын әзірлеуді және таратуды «Кәсіпқор» холдингі» КЕАҚ жүзеге асыратын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Білім алушыларға ТжКБ оқу орындарында «Кәсіпкерлік қызмет негіздері» курсын енгізу есебінен кәсіпкерлік дағдыларды дамыту мүмкіндігі ұсынылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2020 жылға қарай кәсіптік стандарттар негізінде әзірленген білім беру бағдарламаларымен қамтамасыз етілген ТжКБ мамандықтарының үлесі 58 %-ға жетеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Сондай-ақ, кадрларды даярлау сапасын қамтамасыз ету колледж кітапханаларын заманауи оқу әдебиеттерімен және ОӘК-мен толықтыру арқылы жүзеге асырылатын болады. Бұл мақсатта шетелдік оқу әдебиеттері аударылады және бейімделеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Колледждерде экономиканың жоғары технологиялық салалары үшін білікті кадрлар даярлау қолданбалы бакалавриат бағыттары бойынша жүзеге асырылатын болады. Қолданбалы бакалавриат білім беру бағдарламасының практикалық бағдарланған бөлігін ұлғайта отырып нақты біліктілікке бағытталатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Кадрлар даярлау бойынша әріптестікті дамыту үшін ТжКБ оқу орындарында дуальді оқытуды енгізу жұмыстары жалғастырылатын болады. Дуальді оқытуға қатысушылардың (оқу орнының, кәсіпорынның, білім алушының, тәлімгердің, ЖАО және т.б.) негізгі функциялары дуальді оқытуды ұйымдастыру қағидаларымен реттелетін болады. ТжКБ-ны дамыту жөніндегі Ұлттық, өңірлік және салалық кеңестердің өзара іс-қимылы бойынша жұмысы күшейтетін болады, Ұлттық кәсіпкерлер палатасымен дуальді оқытуға кәсіпорындарды тарту бөлігінде байланыс нығаятын болады. Практикадан өту үшін орындар ұсыну және бітірушілердің жұмысқа орналасуына көмек көрсету оқу орындары мен кәсіпорындар арасында жасалған меморандумдар, келісімдер негізінде жүзеге асырылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Нәтижесінде 2020 жылға қарай дуальді оқытудың негізгі қағида енгізген колледждердің үлесі 80 %-ға жетеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4. «Мәңгілік Ел» жалпыұлттық патриоттық идеясының рухани-адамгершілік құндылықтарын және саламатты өмір салты мәдениетін нығайту.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік жастар саясатын нормативтік құқықтық қамтамасыз етуді жетілдіру жалғасады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жастар саясаты тұжырымдамасын іске асыру жастарды қазақстандық патриоттыққа тәрбиелеуде аса маңызды рөл атқарады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ТжКБ ұйымдарындағы тәрбие процесіне «Мәңгілік Ел» жалпыұлттық патриоттық идеясының құндылықтары енгізіледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ТжКБ ұйымдарында студенттерді қоғамдық қызметке, патриотизмді дамытуға, әлеуметтік жауапкершілікке, саламатты өмір салтын насихаттауға, өзін-өзі басқаруды дамытуға интеграциялайтын жастар ісі жөніндегі комитеттерді құру жұмыстары жалғасатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Колледж студенттері волонтерлік қызметке белсенді түрде тартылатын болады. Жыл сайын патриоттық тәрбиені дамыту, қазақстандық бірегейлік пен бірлікті нығайту бойынша іс-шаралар жүргізілетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ТжКБ ұйымдарының оқу процесіне «Қазақстандық бірегейлік» курсы факультативтік сабақтар арқылы енгізілетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ТжКБ оқу орындарында балалар үйлеріне, онкологиялық ауруханалар мен мүгедектер үйлеріне, Ұлы Отан соғысының ардагерлеріне көмек көрсету үшін, ірі халықаралық іс-шараларды дайындау үшін волонтерлер мектептері жұмыс істейтін болады. Сондай-ақ, «Үздік волонтер» конкурсы өткізіледі. ТжКБ оқу орындарының студенттері «Жасыл ел» еңбек жасақтарының қызметіне белсенді араласатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2020 жылға қарай қоғамдық пайдалы (волонтерлік және т.б.) қызметке тартылатын студенттердің үлесі 60 %-ды құрайды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жастар арасында саламатты өмір салтын қалыптастыру бойынша бірінші кезектегі міндеттер қатарында мемлекеттік қолдау күшейтіледі, дене шынықтыру желісі, оның ішінде спорттық секциялар нығайтылады және дамиды, бұл жастар арасындағы құқық бұзушылықтар санын азайтуға мүмкіндік береді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2020 жылға қарай спорттық секциялармен қамтылған студенттердің үлесі 70 %-ды құрайтын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Білім алушылардың тамақтану мәдениетін қалыптастыру, оның ішінде теңгерімді пайдалы тамақты насихаттау және олардың табиғи және жас өнімдерді тұтынуын қамтамасыз ету арқылы қалыптастыру жөнінде шаралар қабылданатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5. ТжКБ менеджментін және даму мониторингін жетілдіру.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      «Кәсіпқор» холдингі» КЕАҚ тәжірибесін ТжКБ-ның барлық жүйесіне тарату жалғастырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Қамқоршылық және өңірлік кеңестердің қызметі күшейтіледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ТжКБ ұйымдарының басшылары біліктілікті арттыру курстарынан, оның ішінде бюджеттен тыс қаражат есебінен өтеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Тәжірибелі және жас инженер-педагог жұмыскерлердің қатысуымен конкурстар, сондай-ақ республикалық «Үздік педагог» конкурсы өткізілетін болады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Высшее и послевузовское образование</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жоғары және жоғары оқу орнынан кейінгі білім</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...39 lines deleted...]
-        <w:t xml:space="preserve">       2) количество вузов Казахстана, отмеченных в рейтинге QS-WUR </w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Мақсаты: экономика салаларын жоғары және жоғары оқу орнынан кейінгі білімі бар бәсекеге қабілетті кадрлармен қамтамасыз ету, білім беруді, ғылымды және инновацияларды интеграциялау.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Нысаналы индикаторлар:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік тапсырыс бойынша білім алған, ЖОО-ны бітіргеннен кейін бірінші жылы мамандығы бойынша жұмысқа орналасқан ЖОО бітірушілерінің үлесі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) QS-WUR рейтингінде атап өтілген Қазақстан ЖОО-ларының саны:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5398"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2143"/>
+        <w:gridCol w:w="5975"/>
+        <w:gridCol w:w="2883"/>
+        <w:gridCol w:w="5222"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7998" w:type="dxa"/>
-[...17 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="5975" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r>
               <w:br/>
             </w:r>
-          </w:p>
-[...425 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+топ-200</w:t>
+            </w:r>
             <w:r>
               <w:br/>
             </w:r>
-          </w:p>
-[...29 lines deleted...]
-              <w:t>9</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+топ-300</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+топ-500</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+топ-701+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2883" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2017 жылы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5222" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2019 жылы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1370 lines deleted...]
-        <w:t>иплин в магистратуре будет преимущественно на английском языке.</w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Міндеттері:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1. Бәсекеге қабілетті кадрларды сапалы даярлауды қамтамасыз ету.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жоғары және жоғары оқу орнынан кейінгі білімі бар кадрларды даярлауға арналған мемлекеттік білім беру тапсырысын қалыптастыру еңбек нарығының қажеттіліктеріне сәйкес жүзеге асырылады. 2017 жылдан бастап мемлекеттік білім беру тапсырысының көлемін мемлекеттік және салалық бағдарламалар қажеттілігі, оның ішінде индустрияландыру карталары, өндіруші күштерді орналастыру, өңірлерді дамытудың 2020 жылға дейінгі бағдарламалары, ауыл шаруашылығы өнімдерінің нақты түрлерін өндіру үшін ауыл шаруашылығы жерлерін ұтымды пайдалану бойынша өңірлерді мамандандыру схемасы және т.б. негізінде жұмыс берушілердің салалық бірлестіктері айқындайтын болады. Бұл жоғары оқу орындары бітірушілерінің қажеттілігін қамтамасыз етуге мүмкіндік береді, тиісінше экономиканың барлық салалары білікті кадрлармен қамтамасыз етілетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      11 базалық жоғары оқу орнында жоғары білікті кадрларды даярлау және инновациялық қызметті дамыту ИИДМБ-2 басым бағыттары мен кәсіпорындардың қажеттіліктерін ескере отырып, бейіндік магистратураға мемлекеттік тапсырысты орналастыруды, инновациялық оқыту технологияларын енгізу және шетелдік әріптес ЖОО-мен практикаға бағытталған жаңа білім беру бағдарламаларын әзірлеу, сондай-ақ зертханаларды МЖӘ және лизинг тетіктерінің көмегімен қолдау табатын заманауи жабдықтармен жарақтандыру құралдары ретінде заманауи білім беру ортасын құруды көздейді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      11 базалық жоғары оқу орнының жанынан ИИДМБ басым бағыттары бойынша қазіргі заманғы жабдықпен жинақталған 48 жаңа зертхана жұмыс істейтін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Шетелдік әріптестермен және жұмыс берушілермен бірлесіп, салалық біліктілік шеңберлеріне және кәсіптік стандарттарға сәйкес ИИДМБ басым салалары бойынша білім беру бағдарламалары әзірленетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      11 базалық жоғары оқу орнының ОПҚ елді индустриялық-инновациялық дамытудың басым бағыттары бойынша, оның ішінде ИИДМБ-2 кәсіпорындарында біліктілікті арттырудан және тағылымдамадан өтетін болады. Бұдан әрі ИИДМБ-2 кәсіпорындары үшін кадрлар даярлауды жүзеге асыратын базалық ЖОО тәжірибесі еліміздің басқа жоғары оқу орындарына таратылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2016 жылдан бастап жоғары оқу орындарында:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) шетелдік жетекші әріптес жоғары оқу орындарымен бірлесіп білім беру бағдарламалары әзірленетін болады;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) жоғары технологиялық және ғылымды қажет ететін өндірістер құру үшін экономиканың басым салаларында конкурстық негізде ғылыми зерттеулер жүргізіледі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) әріптес университеттермен және шетелдік ғылыми орталықтармен кооперация жүзеге асырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Бітірушілердің ИИДМБ шеңберінде жұмыс істеу дайындығы деңгейіне жұмыс берушілердің қанағаттануын анықтау мақсатында 2017 жылдан бастап әлеуметтік зерттеулер (сұраулар, сауалнама, сұхбат және т.б.) жүргізіледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Кадрлар даярлауға арналған мемлекеттік білім беру тапсырысы көлемінде, оның ішінде Назарбаев Университеті үшін магистратура мен докторантураның үлесі артады. Орта білімнің жаңартылатын білім беру бағдарламаларын қамтамасыз ету мақсатында магистратурада мұғалімдерді даярлау бойынша педагогикалық мамандықтарға арналған мемлекеттік тапсырыс ұлғаятын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Педагогикалық білім беруді жаңғырту шеңберінде педагогикалық мамандықтарға түсу, атап айтқанда, ЖОО-ға педагогикалық мамандықтарға түсу кезінде жаңа өлшемшарттар енгізудің тетігі әзірленетін болады, талапкерлердің педагогикалық қызметке бейімділігін анықтауға арналған арнайы емтихан енгізіледі. Болашақ мұғалімдердің кәсіби дағдыларын дамыту мақсатында 2019 жылы педагогикалық интернатура енгізу мәселесі пысықталатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жоғары оқу орындарына қабылдау қағидаларын жетілдіру шеңберінде 2017 жылы ҰБТ-мен, пәндік олимпиадаларға қатысумен қатар жоғары оқу орындарына қабылдау рәсімдерінің баламалы тізбесіне SAT, ACT тестілерін енгізу мәселесі пысықталатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Меншік нысанына қарамастан жоғары оқу орындарындағы мемлекеттік білім беру тапсырысының көлемін нарықтық реттей отырып, бакалавриатта, магистратурада мен докторантурада кадрлар қабылдау және даярлау тетігі жетілдірілетін болады. 2017 жылдан бастап жұмыс берушілерді тарту арқылы игерілетін академиялық кредиттер көлемін ескере отырып, мемлекеттік білім беру тапсырысын қаржыландыру бойынша ұсыныстар әзірлеумен жоғары білімді кредиттік жан басына қаржыландыруға көшу мәселесі пысықталатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Магистратура мен докторантураға қабылдау IELTS, TOEFL, DELF, DALF, TestDaF, DSD II сертификаттары негізінде (2018 жылдан бастап), үміткерге жоғары оқу орнын таңдау құқығын ұсыну арқылы (2019 жылдан бастап) магистратураға кемінде 1 жыл, докторантураға кемінде 3 жыл практикалық жұмыс өтілі болған жағдайда жүзеге асырылатын болады, сондай-ақ жоғары оқу орнынан кейінгі білім беру бағдарламасының ғылыми компоненті деңгейіне қойылатын талаптар күшейтіледі (2017 жылдан бастап). 2017 жылдан бастап докторантурада кадрлар даярлау мемлекет пен жұмыс берушілер әріптестігінде жүзеге асырылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жұмыс күші тапшы өңірлердің өндірістері мен кәсіпорындарын кадрлармен толықтыру мақсатында «Мәңгілік ел жастары – индустрияға» әлеуметтік жобасын іске асыру жалғастырылады. Жыл сайын жұмыс күші мол өңір жастары қатарынан кадрлар даярлауға, кейіннен оларды оқыған жері бойынша жұмысқа орналастыру арқылы, жұмыс күші тапшы өңірлердің ЖОО-лары үшін мемлекеттік тапсырыс қарастырылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жыл сайын мемлекеттік тапсырыс бойынша оқыған ЖОО бітірушілерін жұмысқа орналастыру үшін Денсаулық сақтау және әлеуметтік даму, Мәдениет және спорт, Ауыл шаруашылығы министрліктерімен және ЖАО-мен бірлесіп, Жол картасы әзірленетін болады. Бұл мүдделі мемлекеттік және ЖАО-ның еңбек нарығының қажеттіліктерін ескере отырып, ЖОО бітірушілерін жұмыс орындарымен, оның ішінде ауылдық жерлерде қамтамасыз ету іс-әрекеттерін үйлестіруді білдіреді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Назарбаев Университеті бітірушілерінің Қазақстан Республикасының аумағында жұмыс істеу мәселесі пысықталатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Бұл міндеттің маңызды элементтері ұлттық жоғары оқу орындарының бәсекеге қабілеттілік моделін әзірлеу (2016 жылдан бастап), шетел азаматтары үшін ақылы негізде жоғары оқу орындарына қабылдау қағидаларын жетілдіру (2017 жылдан бастап), академиялық ұтқырлықты, оның ішінде шетел студенттерінің келуі есебінен одан әрі дамыту, сондай-ақ ағылшын тілінде білім беру бағдарламаларын әзірлеу және енгізу (2016 – 2019 жылдары), шет елдермен және әріптес жоғары оқу орындармен бірлесіп жоғары білім берудің тұрақты форумдарын өткізу болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Ерекше білім беру қажеттіліктері бар студенттер үшін тең жағдай мен кедергісіз қолжетімділікті (пандустар, көтергіш, лифт, сондай-ақ ақпараттық және кітапхана ресурстарымен және т.б. қамтамасыз ету) жасау жұмыстары жалғастырылатын болады. Сонымен бірге бұл ерекше білім беру қажеттіліктері бар студенттермен жұмыс жасау үшін қашықтықтан оқу технологиясын одан әрі кеңейтуді, онлайн курстарын жаппай ашуды, арнайы білім беру бағдарламалары мен оқу-әдістемелік материалдарды әзірлеуді, сондай-ақ ЖОО ОПҚ-ны қайта даярлауды көздейді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2020 жылға қарай аталған санаттағы студенттерге тең жағдай мен кедергісіз қолжетімділікті жасаған ЖОО-ның үлесі 100 %-ды құрайды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2017 – 2018 жылдары бюджеттен тыс қаражат көздерінен инвестициялар тарту, оның ішінде МЖӘ тетіктерін қолдану арқылы Білім мен ғылымның бірыңғай ақпараттық жүйесі құрылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2. Әлемдік үрдістер аясында жоғары және жоғары оқу орнынан кейінгі білім беру мазмұнын жаңғырту.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті мемлекеттік органдар мен тиісті қызмет саласының жұмыс берушілер бірлестіктері салалық біліктілік шеңберлерін әзірлеу және қайта қарау жұмысын жалғастыратын болады. Олардың негізінде жұмыс берушілер бірлестіктері кәсіптік стандарттарды әзірлейді және оны Қазақстан Республикасы Ұлттық кәсіпкерлер палатасы бекітеді. Осыған сәйкес жоғары оқу орындары кәсіптік стандарттар негізінде білім беру бағдарламаларын әзірлейтін болады. 2019 жылға қарай жоғары және жоғары оқу орнынан кейінгі білім беру бағдарламаларының 45 %-ы кәсіптік стандарттардың біліктілік құзыреттеріне негізделетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Бітірушілердің жұмыс берушілердің күткен нәтижелерін қанағаттандыратын құзыреттіліктері ЖОО бітірушілері қажеттілігінің шарты болып табылады. Сондықтан бакалавриаттың білім беру бағдарламаларына өндірістің инновациялық технологияларын көрсететін және еңбек нарығында сұраныс бар біліктілік беретін жаңа пәндер енгізілетін болады. Білім беру бағдарламалары басқару дағдыларын беретін практикаға бағдарланған сипатқа ие болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Инновациялық экономика үшін кадрлар даярлау мақсатында бакалавриаттың білім беру бағдарламаларының мазмұнына кәсіпкерлік білім беру имплементацияланады, бұл ЖОО студенттеріне кәсіпкерлік құзыреттер беретін пәндердің (модульдердің) енгізілуін көздейді. Кәсіпкерлік және кәсіпкерлік ойлау дағдыларын дамыту бойынша ОПҚ біліктілігін арттыру курстары ұйымдастырылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Педагогикалық білім беруді жаңарту жобасына сәйкес педагогтің кәсіптік стандарты әзірленеді, соған сәйкес педагогикалық білім беру мазмұны жаңартылады және халықаралық аккредиттеуден өту кезінде педагогикалық кадрлар даярлауды жүзеге асыратын жоғары оқу орындарының материалдық-техникалық базасы нығайтылатын болады. Бұл педагогикалық мамандықтар бойынша, оның ішінде ағылшын тілінде бакалавриат пен магистратураның 47 жаңа білім беру бағдарламасын әзірлеуді көздейді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2017 жылдан бастап жұмыс берушілермен бірлесіп, жоғары білімді мамандарды тәуелсіз сертификаттау тетігі әзірленетін болады. 2019 жылға дейін педагог кадрларды тәуелсіз сертификаттау және педагогикалық мамандық студенттерінің TOEFL, IELTS, DELF, DALF, TestDaF, DSD II тапсыру талаптарын жүргізу мәселелері пысықталады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Халықаралық стандарттарға сәйкес Назарбаев Университетінде мамандар даярлау жалғастырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Оқытушыларды даярлау мен олардың біліктілігін арттырудың сапалы жүйесі құрылады. Әлемдік деңгейге қол жеткізу үшін педагогикалық мамандықтарда оқытуды менеджмент және педагогтер даярлау саласындағы үздік халықаралық стандарттар негізінде отандық және шетелдік мамандар жүргізеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жоғары және жоғары оқу орнынан кейінгі білім беру құрылымы ЮНЕСКО 2013 Халықаралық стандартты білім беру жіктеуішіне сәйкес келтірілетін болады:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) 6-деңгей (ХБСС 6) – бакалавриат және оның баламасы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) 7-деңгей (ХБСС 7) – магистратура және оның баламасы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) 8-деңгей (ХБСС 8) – докторантура және оның баламасы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жоғары оқу орнынан кейінгі деңгейде халықаралық практиканың тәжірибесі бойынша ел ғалымдарының ғылыми мансабын дамытуға бағытталған постдокторлық бағдарламалар енгізілетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ЖОО-ның білім беру сапасын қамтамасыз ету бойынша халықаралық еуропалық желілердің толық құқылы мүшесі болып табылатын және білім беру саласындағы уәкілетті органның тізіліміне енгізілген ұлттық немесе шетелдік агенттіктерде білім беру бағдарламаларын халықаралық аккредиттеу қызметі жалғастырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Еуропалық жоғары білім беру кеңістігінің толық құқылы мүшесі ретінде Қазақстан жоғары мектебінің Болон процесінің міндетті, ұсынымдық және факультативтік параметрлерін, жоғары білім беруді дамытудың басым бағыттарын, оның ішінде ЕСТS типінде кредиттік оқыту жүйесін, академиялық және кредиттік ұтқырлықты одан әрі имплементациялауды, сондай-ақ студенттердің білім беру бағдарламаларын қалыптастыруға тартылуын іске асыруы қамтамасыз етілетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Академиялық ұтқырлықтың дамуы, оның ішінде қазақстандық жоғары оқу орындарында оқу үшін шетелдік студенттердің келуі есебінен жалғастырылады. 2020 жылға қарай жоғары білім беру жүйесіндегі шетелдік студенттердің үлесі, оның ішінде ақылы негізде білім алатындар 5 %-ға жетеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Отандық бағдарламалардың сапасы мен бәсекеге қабілеттілігін арттыру шетелдік жетекші әріптес жоғары оқу орындарымен бірге Қазақстан жоғары оқу орындарында екі дипломды білім беруді кеңейту есебінен қамтамасыз етілетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2017 жылдан бастап жоғары оқу орындарының мемлекеттік аттестаттаудан аккредиттеуге толық көшуі жүзеге асырылады. Бұл сапаны іштен қамтамасыз етуден, сондай-ақ сапаны сырттан қамтамасыз етуден тұратын білім сапасын қамтамасыз етудің тиімді жүйесін жасауды көздейді. Сапаны іштен қамтамасыз етуді бағалаудың тетіктері пысықталады және оның тиімді жұмыс істеуі үшін жоғары оқу орындарының жауапкершілігі арттырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Академиялық дербестікті кеңейту шеңберінде таңдау компоненті бакалавриатта 75 %-ға дейін, магистратурада – 85 %-ға дейін, докторантурада – 95 %-ға дейін ұлғайтылатын болады. Бұл жоғары оқу орындарының білім беру бағдарламаларын, оның ішінде жалпы білім беретін пәндер циклі бойынша жасаудағы, ықпалдастырылған модульдері немесе пәндер бағдарламаларын әзірлеудегі дербестігін көздейді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ИИДМБ-2 кәсіпорындары үшін кадрлар даярлау шеңберінде базалық жоғары оқу орындары шетелдік әріптес жоғары оқу орындарымен және жұмыс берушілермен бірлесіп білім беру бағдарламаларын, оның ішінде ағылшын тіліндегі білім беру бағдарламаларын салалық біліктілік шеңберлеріне және кәсіптік стандарттарға сәйкес әзірлейтін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Экономиканың нақты секторындағы өндіріске жақындатылған аталған білім беру бағдарламаларын іске асыру мақсатында базалық жоғары оқу орындарында ИИДМБ-2 басым бағыттары бойынша қазіргі заманғы жабдықтармен жабдықталған 48 жаңа зертхана құрылады. Сондай-ақ жыл сайын ИИДМБ-2 басым бағыттары бойынша базалық жоғары оқу орындарының ОПҚ біліктілікті арттырудан өтетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ИИДМБ-2 шеңберінде жоғары технологиялық және ғылыми қамтымды өндірістер жасау үшін базалық жоғары оқу орындары ғылыми зерттеулер жүргізеді, оның ішінде шетелдік әріптес жоғары оқу орындарымен және ғылыми орталықтармен бірлесіп жүргізеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Қазақстандық мектеп оқушылары алғаш рет ICILS халықаралық зерттеулеріне қатысады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. Ғылыми зерттеулер нәтижелерін және технологияларды коммерцияландыру үшін жағдайлар жасау.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Ғылыми зерттеу нәтижелерін коммерцияландыру үшін жағдай жасау тиісті инфрақұрылымның болуын көздейді, сондықтан жоғары оқу орындарында коммерцияландыру офистері, технопарктер, бизнес-инкубаторлар мен басқа да инновациялық құрылымдар құрылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Осы құрылымдар қызметінің нәтижелілігі мониторинг жүргізу және олардың жұмыс істеу тиімділігін бағалау арқылы анықталатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Гранттық қаржыландыру, МЖӘ шеңберінде ЖОО ғылыми жобаларын коммерцияландыру тетігі әзірленетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жауапкершілікті арттыру мақсатында ректордың КРІ бағалау көрсеткішінде жоғары оқу орнындағы инновациялық құрылымдардың болуы ескеріледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ИИДМБ-2 базалық жоғары оқу орындары ЖОО, ғылыми ұйым және бизнес арасында үшжақты келісім жасау арқылы қаржыландырылатын ғылыми жобаларды іске асыруға қатысатын болады. Оқыту бағдарламасының сапасы арттырылатын және өндіріспен неғұрлым өзара тығыз іс-қимыл қамтамасыз етілетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ИИДМБ-2 базалық жоғары оқу орындарында жаңа білім беру бағдарламаларын әзірлеуге және оқытуға өндірістен тәжірибелі мамандар тартылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Іргелі және қолданбалы зерттеулердің кешенділігі мен практикалық нәтижелілігін арттыру үшін жоғары оқу орындарының ғылыми әлеуеті тиімді пайдаланылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Бұдан әрі ИИДМБ-2 жоғары оқу орындарының оң тәжірибесі еліміздің басқа жоғары оқу орындарына таратылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4. Жоғары оқу орындарының жастарын «Мәңгілік Ел» жалпыұлттық патриоттық идеясының рухани-адамгершілік құндылықтарын және саламатты өмір салты мәдениетін нығайтуға қатыстыру.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жоғары оқу орындарында тәрбие жұмысын жүргізу қазақстандық бірегейлік пен бірлік құндылықтары, «Мәңгілік Ел» жалпыұлттық патриоттық идеясының рухани-адамгершілік құндылықтары, саламатты өмір салты мәдениетін қалыптастыру, білім алушыларды әртүрлі әлеуметтік акцияларға тарту негізінде жүзеге асырылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Студенттік бастамаларды, патриоттық тәрбие беру іс-шараларын іске асыру Қазақстан Республикасының «Қазақстан 2020: болашаққа жол» мемлекеттік жастар саясаты тұжырымдамасы және Тұжырымдаманың </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+2016 – 2020 жылдарға арналған екінші кезеңнің іс-шаралар жоспары шеңберінде жалғастырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ЖОО студенттерінің позитивтік дамуы студенттерді қоғамдық өмірге тартудан, оқытудан өнімді жұмыспен шұғылдануға көшуге қажетті өмірлік маңызды дағдыларды дамытудан, толеранттылыққа тәрбиелеуден, конфессияаралық және этностық алуантүрлілік жағдайында қоғамда келісіммен социумда өмір сүре білуден тұратын кешенді шараларды көздейді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Халықаралық тәжірибе негізінде еліміздің жоғары оқу орындарында студенттік өзін-өзі басқару енгізілетін болады, студенттер академиялық және зерттеу қызметіне белсенді тартылатын болады, олардың жоғары оқу орнын алқалы басқару органдарындағы рөлі арта түседі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Белсенді азаматтық ұстанымды дамыту үшін ЖОО студенттері ірі халықаралық іс-шараларға дайындыққа белсенді түрде тартылады. ЖОО студенттері арасында дебаттық қозғалыс дамытылады. Шығармашыл жастарға қолдау көрсету үшін жыл сайын «Студенттік көктем» жастар шығармашылығы фестивалі өткізілетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Саламатты өмір салты мәдениетін нығайту студенттерді спорттық іс-шараларға жаппай тарту есебінен қамтамасыз етілетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жоғары оқу орындарының спорт клубтары институционалды мәртебеге, оның ішінде МЖӘ есебінен ие болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Ұлттық студенттер лигасының шеңберінде спорт федерацияларымен өзара ынтымақтастықта бұқаралық, ойын және жастар арасында танымал спорт түрлері дамитын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Білім беру ұйымдарында спорт залдарын кезең-кезеңімен жаңғырту, спорттық мүкәммалдармен жарақтандыру, оның ішінде МЖӘ шеңберінде жарақтандыру, бұқаралық спорт түрлері бойынша студенттер лигасын дамыту іс-шараларын іске асыру бойынша 2016 – 2020 жылдарға арналған іс-шаралар жоспары әзірленеді. Студент жастар арасында саламатты өмір салтын насихаттауда ЖОО спорт клубтарының рөлі артып келеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Студенттердің бойында тамақтану мәдениетін қалыптастыру, оның ішінде теңгерімді пайдалы тамақты насихаттау және олардың табиғи және жас өнімдерді тұтынуын қамтамасыз ету арқылы қалыптастыру жөнінде шаралар қабылданатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5. Жоғары және жоғары оқу орнынан кейінгі білім беру менеджментін және даму мониторингін жетілдіру.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Институционалды деңгейді қоса алғанда, білім берудегі менеджмент одан әрі жетілдіріледі. Бұл корпоративтік басқару қағидаттарына ие ЖОО-лар санын ұлғайту шараларын өткізуді (Байқау немесе Қамқоршылық кеңестер), жоғары оқу орындарының топ-менеджментіне шетелдік мамандарды тартуды, меншік нысанына қарамастан барлық азаматтық жоғары оқу орындарының басшылық құрамының жоғары білімдегі заманауи менеджмент бойынша біліктілікті арттыру курстарынан өтуін, оның ішінде бюджеттен тыс қаражат есебінен өтуін көздейді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Ректорлардың жұртшылық алдындағы жыл сайынғы есептілігі арқылы іске асырылатын ашықтық пен қоғамға есеп беру қағидаты енгізіледі. Ректорлардың қызметін бағалау тиімділіктің негізгі көрсеткіштері (ағыл. Key Performance Indicators. KPI) арқылы жүзеге асырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Қоғам алдындағы әлеуметтік жауапкершілігін қоса алғанда, жоғары оқу орындарының білім сапасы үшін жауапкершілігін арттыру шаралары көзделетін болады. Дербестік жағдайында шығындардың тиімділігін, ЖОО қызметі нәтижелілігін бағалау әдістемесі әзірленеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Азаматтық жоғары оқу орындарында академиялық және басқару дербестігі мәселелері бойынша Назарбаев Университетінің тәжірибесін кезең-кезеңімен енгізу жалғастырылады. Назарбаев Университетінің тәжірибесін енгізетін жоғары оқу орындары 2016 жылдан бастап тиісті Жол картасын әзірлейді. ЖОО әкімшілігі мен оқытушылары тиісті біліктілікті арттыру курстары арқылы, оның ішінде бюджеттен тыс қаражаттар есебінен академиялық және басқару дербестігі жағдайында жұмыс істеуге үйретіледі. 2017 жылы ИИДМБ-2 үшін кадрлар даярлауды жүзеге асыратын базалық жоғары оқу орындарына нақты даму бағдарламалары (корпоративтік, академиялық және қаржы саясаты) негізінде дербестік ұсынылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Одан әрі оң тәжірибе басқа жоғары оқу орындарына таратылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ЖОО-лардың академиялық, басқарушылық және қаржылық дербестігін кезең-кезеңімен кеңейту арқылы корпоративтік басқару қағидаттары енгізіледі, сондай-ақ жоғары оқу орындарының эндаумент-қорын қалыптастыру тетігі әзірленетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ЖОО-ларға, бірінші кезекте, халықаралық аккредиттеуден өткен ЖОО-ларға кезең-кезеңмен академиялық еркіндік беру мәселесі пысықталатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жоғары оқу орындары корпоративтік басқару органдарын құруды көздейтін коммерциялық емес ұйымдарға айналдырылатын болады. Мемлекеттік және ұлттық жоғары оқу орындарының базасында мемлекеттің 100 % қатысуымен коммерциялық емес акционерлік қоғамдар құру мәселесі пысықталатын болады. Жекеменшік жоғары оқу орындарын басқа ұйымдық-құқықтық нысанға ауыстыру бойынша ұсыныс әзірленетін болады. Жаңа ұйымдық-құқықтық нысанға көшу байқау кеңестерінің, эндаумент-қорлардың құрылуын, жыл сайынғы жария есептілікті және қаржы қызметінің аудитін көздейді. ЖОО-ның ұйымдық-құқықтық нысаны өзгергеннен кейін бірыңғай ашық бухгалтерияны енгізумен қаржылық дербестікті ұсыну мәселесі пысықталатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Барлық мүдделі тараптар 2016 жылдан бастап жаңа ұйымдық-құқықтық нысанға көшу мәселесі бойынша ақпараттық науқан өткізетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2017 жылдан бастап жыл сайын тілдік даярлық деңгейін арттыру үшін жоғары оқу орындарының дайындық бөлімдеріне гранттар бөлінетін болады. 2017 – 2020 жылдары ағылшын тілінде оқу үшін бейіндік магистратураға (500 орын) және бакалавриатқа (900 грант) мемлекеттік тапсырыс бойынша қабылдау жүзеге асырылады. Сондай-ақ 500 мұғалім мен ОПҚ «Болашақ» бағдарламасы бойынша оқитын болады. Тілдік курстарда ОПҚ біліктілігін арттыру, ағылшын тілін қашықтықтан оқыту, жоғары оқу орындары үшін ағылшын тіліндегі шетелдік оқулықтар мен ОӘК-ні бейімдеу бойынша қосымша шаралар қолданылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2017 – 2018 жылдан бастап ИИДМБ-2 кәсіпорындары үшін кадрлар даярлауды жүзеге асыратын базалық жоғары оқу орындарында ЖОО-лар үшін ағылшын тіліндегі білім беру бағдарламаларын, оқулықтар мен ОӘК әзірлей отырып, 6 мамандық бойынша ағылшын тілінде оқытуға көшу іске асырылатын болады. 2021 жылға қарай бакалаврлардың ағылшын тілін білуі С2 деңгейіне жеткізіледі. Одан әрі магистратурада бейіндеуші пәндерді ағылшын тілінде оқу басым болады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Наука</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ғылым</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...632 lines deleted...]
-        <w:t>том предложений МИО.</w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Мақсаты: елдің экономикасының қарқынды әртараптануы және тұрақты дамуы үшін ғылымның нақты үлесін қамтамасыз ету.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Нысаналы индикаторлар:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) ҒЗТКЖ-ны қаржыландырудың жалпы көлеміндегі тәжірибелік-конструкторлық әзірлемелерге арналған шығындардың үлесі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) қолданбалы ғылыми-зерттеу жұмыстарының жалпы санындағы коммерцияландырылған жобаларының үлесі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Міндеттері:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1. Ғылымның ел экономикасын дамытуға қосатын үлесін ұлғайту.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелерін коммерциялық мақсатта пайдалануды ынталандыру және жеке кәсіпкерлік субъектілерінің ғылыми-зерттеу, тәжірибелік-конструкторлық және енгізу жұмыстарын қаржыландыру үлесін арттыру мақсатында өндіріске инновацияларды енгізу бойынша жұмыстарды қаржыландыру тетіктерін қамтитын Заң қабылданды. Заңда ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелерін (бұдан әрі – ҒҒТҚН) коммерцияландыру процесін және ҒҒТҚН-ны коммерцияландыруды ынталандыру шараларын мемлекеттік қолдау көрініс тапқан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Ғылыми-зерттеу және тәжірибелік-конструкторлық жұмыстарға жеке капитал салуды ынталандыру маңызды міндет болып табылады. Қаржыландырудың жалпы көлеміндегі тәжірибелік-конструкторлық әзірлемелерге арналған шығыстар артатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Стратегиялық маңызды мемлекеттік міндеттерді шешуге, ИИДМБ мұқтаждығына және бизнес тарапынан қоса қаржыландыру арқылы ғылыми зерттеу нәтижелерін коммерцияландыруға бағытталған ғылыми бағдарламаларды гранттық және бағдарламалық-нысаналы қаржыландырудың жаңа тәсілдері енгізіледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2019 жылға қарай ҚР БҒМ әкімшілендіретін ғылыми жобалардың 90 %-ы қоса қаржыландыру жағдайында ғана іске асырылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Дүниежүзілік банктің «Өнімді инновацияларды ынталандыру» жобасы іске асырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Старт-ап-компаниялардың дамуына жәрдемдесу мақсатында ғылыми топтар үшін гранттарды бөлу, өндірістік сектор және әлеуметтік инновациялардың консорциумдарын құру, венчурлік қорларды қалыптастыру, брокерлік қызметті дамыту, шет елдерде технологиялық жеделдету кеңселерін құру және технологияларды трансферттеу кеңселерінің әлеуетін арттыру жолымен технологияларды коммерцияландыру циклін топтастыру ісі қайта қаралатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Бизнестің, оның ішінде Ғылым қорының қатысуымен старт-аптарды дамытуды коммерцияландыруға және қолдауға арналған гранттық қаржыландыру шеңберінде конкурстар өткізілетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Ғылыми жобалар мен ғылыми-техникалық бағдарламалардың нәтижелілігін арттыру мақсатында ғылыми-зерттеу жұмыстарын іске асыру барысында патенттерді міндетті түрде алу бойынша талаптар бекітілетін болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ИИДМБ-2 басым бағыттары мен кәсіпорындарының қажеттіліктерін есепке ала отырып, кадрлар даярлауды жүзеге асыратын 11 базалық жоғары оқу орнының жанынан коммерцияландыру офистері құрылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Қазақстандық ғылымды зерттеулер мен әзірлемелердің әлемдік деңгейіне шығару мақсатында Ғылыми-техникалық ынтымақтастық туралы келісімдер негізінде, оның ішінде МЖӘ тетіктері арқылы шет мемлекеттермен халықаралық ғылыми-техникалық әріптестік байланыстар дамитын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Қазақстандық ғалымдардың халықаралық ғылыми-зерттеу жобаларына, оның ішінде Халықаралық ғылыми-техникалық орталықпен (бұдан әрі – ХҒТО), Көкжиек-2020 және т.б. қатысуын жандандыру қажет.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2. Ғалымның ғылыми әлеуетін және мәртебесін нығайту.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Ғылыми кадрлардың біліктілік әлеуетін жақсарту мақсатында:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) зерттеу университеттері қызметінің нормативтік құқықтық негіздері «Ғылым туралы» Қазақстан Республикасының Заңына сәйкес енгізіледі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) салалық ғылыми ұйымдар үшін PhD докторларын мақсатты даярлауды жетілдіру бойынша білім және ғылым саласындағы нормативтік құқықтық актілерге өзгерістер енгізіледі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) еліміздің жетекші ЖОО-да докторанттар мен магистранттарды даярлау сапасын арттыру үшін ҒЗИ мен ғылыми орталықтардың ғылыми әлеуетін және материалдық-техникалық базасын пайдалану бойынша тетіктер енгізіледі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) өндірістегі инженерлер, ғылыми-зерттеу жобаларына магистранттар мен докторанттар тұрақты негізде тартылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Ғылыми және (немесе) ғылыми-техникалық қызметтің нәтижелерін коммерцияландыруды қамтамасыз ету мақсатында бизнес-құрылымдарда енгізу бөлімшелері құрылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Түрлі тетіктерді қолдану, оның ішінде халықаралық ғылыми-техникалық ақпараттар базасына қол жеткізуді қамтамасыз ету арқылы жоғары импакт-факторлы халықаралық журналдарда қазақстандық ғалымдардың жариялау белсенділіктерін ынталандыру жұмыстары жалғастырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан ғылыми журналдарын халықаралық ғылыми-техникалық ақпараттар базасына енгізу жұмысын жандандыру қажет.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ғалым жұмысының өнімділігі жарияланымдарының және осы жариялымдарға жасалатын сілтемелер санына негізделетін Хирш-индексі </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+(һ-индексі) арқылы бағаланады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Қазақстанда зерттеу және ғылыми қызметті жүргізу үшін шетелден қазақстандық ғалымдарды тарту жұмыстары жалғасатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. Ғылымның инфрақұрылымын жаңғырту.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Ғылыми қамтымды экономиканы қалыптастырудың негіздері ретінде бірлескен ғылыми-зерттеу жобаларын және тәжірибелік-конструкторлық жұмыстарды жүргізу, сондай-ақ оларды одан әрі коммерцияландыру үшін екі инновациялық кластер енгізіледі: Назарбаев Университетінің «Астана Бизнес Кампусы» және Инновациялық технологиялар паркі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Сондай-ақ инновацияны дамыту, озық технологияларды трансферттеу және нақты ғылыми-өндірістік жобаларды іске асыру үшін «Инновациялық технологиялар паркі» инновациялық кластерінде Қазақстанның және шет елдердің жетекші ғылыми орталықтары мен ЖОО-лары тартылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Шетелдік және қазақстандық компанияларды, ғылыми қамтымды шағын және орта бизнесті, венчурлік қорларды, ғалымдарды, бизнесмендерді, қаржыгерлерді және студенттерді инновацияларды генерациялауға біріктіру және қазақстандық бизнестің бәсекеге қабілеттілігін арттыру мақсатында Назарбаев Университетінің «Астана Бизнес Кампусында» ғылыми орталықтар мен зертханалар орналастырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Дүниежүзілік банктің «Өнімді инновацияларды ынталандыру» жобасын іске асыру барысында технологияларды коммерцияландыру офистері, инновациялық обсерватория құрылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Ғылыми-зерттеу институттары мен ЖОО-лардың ғылыми-инновациялық құрылымдарын жаңғырту, ғылыми зертханаларды GLP стандарттары бойынша халықаралық аккредиттеу жүргізіледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4. Ғылымның менеджментін және даму мониторингін жетілдіру.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Активтерді басқаруды жетілдіру мақсатында БҒМ-ге ведомстволық бағынысты ғылыми ұйымдарды басқарудың, оның ішінде корпоративті басқару қағидаттарын енгізу арқылы басқарудың тиімді жүйесі құрылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Ғылыми ұйымдар басшыларының жария есеп беру практикасы қалпына келтіріледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ҒЗИ, жобалау және конструкторлық бюролар, инженерлік бейіндегі зертханалар арасында сапалы қызмет көрсетуді қамтамасыз ету бойынша ұзақ мерзімді бірлескен жұмыс жасауға бағытталған инновациялық консорциумдар дамитын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Ғылым мен білімді интеграциялау шеңберінде, оның ішінде МЖӘ тетіктері арқылы ғылыми ұйымдарды оңтайландыру және қайта құрылымдау жүргізіледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жүргізіліп жатқан ғылыми, ғылыми-техникалық және инновациялық жобалар мен бағдарламалардың нәтижелілігін іске асыру және бағалау барысына мониторинг жүргізу жүйесі жетілдіріледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Ғылыми ұйымдар мен ғалымдардың ғылыми-зерттеу қызметін рейтингтік бағалау жүйесі енгізіледі, ғылыми ұйымдар басшылары қызметінің тиімділігін бағалау әдістемесі әзірленеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік-гуманитарлық салада зерттеулер жүргізудің жаңа тетіктерін енгізу шеңберінде «Мәңгілік Ел» гуманитарлық платформасы» іске асырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Бағдарламалық-нысаналы қаржыландырудың жаңа тәсілдері шеңберінде ғылыми-техникалық бағдарламалардың тақырыптары мен тапсырмалары ЖАО-ның ұсыныстарын ескере отырып қалыптастырылатын болады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> 6. Необходимые ресурсы</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Қажетті ресурстар</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...48 lines deleted...]
-        <w:t>                                   млрд. тенге</w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2016 – 2019 жылдары білім беруге арналған бюджеттік шығыстарды кезең-кезеңімен арттыру, 2020 жылға қарай олардың жалпы ішкі өнімдегі (бұдан әрі – ЖІӨ) үлесінің дамыған елдерінің орташа деңгейіне дейін өсуін қамтамасыз ету жоспарланып отыр.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1. Болжамды қаржылық шығындар (күрделі және ағымдағы)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Бағдарламаны табысты іске асыру үшін ақпараттық-коммуникациялық технологиялар мен электрондық оқытуды дамытуға, 3 ауысымды және авариялық мектептердің орнына мектептер салуға, бейіндік мектептер салуға, жетекші ЖОО-ларға шетелдік ғалымдар мен консультанттарды тартуға, магистратура мен докторантураға қабылдау бойынша мемлекеттік білім беру тапсырысына, инновациялық жобаларды әзірлеуге және т.б. қолдау тапқан қаражат шеңберінде қаржылық ресурстар шоғырландырылатын болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      млрд. теңге</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1173"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1938"/>
+        <w:gridCol w:w="1886"/>
+        <w:gridCol w:w="2903"/>
+        <w:gridCol w:w="3338"/>
+        <w:gridCol w:w="2904"/>
+        <w:gridCol w:w="3049"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="810"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="810" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1580" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+            <w:tcW w:w="1886" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жылдар бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2903" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3338" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республикалық бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жергілікті бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Другие источники</w:t>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Басқа қаржыландыру көздері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="195"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="195" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1580" w:type="dxa"/>
-[...51 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1886" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2016 ж.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2903" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>390,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="3338" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>322,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3018" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="2904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>67,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2732" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+            <w:tcW w:w="3049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="255"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="255" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1580" w:type="dxa"/>
-[...51 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1886" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2017 ж.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2903" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>326,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="3338" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>261,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3018" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="2904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>60,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2732" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="3049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="375"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="375" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1580" w:type="dxa"/>
-[...51 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1886" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2018 ж.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2903" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>357,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="3338" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>284,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3018" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="2904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>61,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2732" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="3049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="375"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="375" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1580" w:type="dxa"/>
-[...51 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1886" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2019 ж.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2903" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>349,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="3338" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>284,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3018" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="2904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>61,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2732" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="3049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C741E">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="180"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="180" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1580" w:type="dxa"/>
-[...51 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1886" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2903" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1423,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3450" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="3338" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1153,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3018" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="2904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>252,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2732" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="3049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>18,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-        <w:t>реализуемые МИО, будут выполнены в пределах предусмотренных в местных бюджетах средств на плановый период.</w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Бағдарламаны 2016 – 2019 жылдарға арналған қаржыландыру көлемдері Қазақстан Республикасының заңнамасына сәйкес тиісті қаржы жылдарына арналған республикалық және жергілікті бюджеттерді бекіту кезінде нақтыланатын болады. ЖАО іске асыратын іс-шаралар жергілікті бюджетте көзделген жоспарлы кезеңге арналған қаражат шегінде орындалатын болады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="right"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> от        2016 года №  </w:t>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+				</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
-[...119 lines deleted...]
-    <w:p w:rsidR="009C741E" w:rsidRDefault="00E36933">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Республиканский центр правовой информации Министерства юстиции Республики Казахстан</w:t>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+					© 2012. Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" ШЖҚ РМК
+				</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="009C741E" w:rsidSect="009C741E">
+    <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
-      <w:cols w:space="720"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-[...73 lines deleted...]
-</w:settings>
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...5 lines deleted...]
-    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59" w:semiHidden="false" w:unhideWhenUsed="false"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="true">
     <w:name w:val="Normal"/>
+    <w:basedOn w:val="DocDefaults"/>
     <w:qFormat/>
     <w:rsid w:val="004A3277"/>
     <w:rPr>
-      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="10"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="20"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="30"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="40"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="true">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="true">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="true">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="true">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="true">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="true">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalIndent">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="86"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtitleChar" w:customStyle="true">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="8" w:space="4"/>
+      </w:pBdr>
+      <w:spacing w:after="300"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="true">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D1197D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
-[...179 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="ad">
+  <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
-    <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
+  <w:style w:type="paragraph" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
-    <w:basedOn w:val="a"/>
-    <w:rsid w:val="009C741E"/>
+    <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
+  <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
-    <w:rsid w:val="009C741E"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00E36933"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...14 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...287 lines deleted...]
-</a:theme>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...16 lines deleted...]
-</Properties>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...5 lines deleted...]
-</cp:coreProperties>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>