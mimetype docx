--- v0 (2025-12-07)
+++ v1 (2025-12-08)
@@ -1,45063 +1,7483 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...1 lines deleted...]
-        <w:divId w:val="21979488"/>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:divId w:val="1651902613"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia"/>
-          <w:sz w:val="27"/>
-          <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia"/>
-          <w:sz w:val="27"/>
-          <w:szCs w:val="27"/>
         </w:rPr>
         <w:t>Приказ Министерства образования и науки РК от 19.06.2020 № 254</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
       <w:pPr>
         <w:pStyle w:val="2"/>
-        <w:divId w:val="1050956991"/>
+        <w:divId w:val="1514153167"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia"/>
         </w:rPr>
-        <w:t xml:space="preserve">"Мектепке дейінгі білім беру саласында мемлекеттік </w:t>
-[...158 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
+        <w:t>Об утверждении правил оказания государственных услуг в сфере дошкольного образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
       <w:pPr>
         <w:pStyle w:val="align-center"/>
-        <w:divId w:val="466700471"/>
-[...10 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4" w:anchor="/document/93/13101/" w:history="1">
+      <w:hyperlink r:id="rId5" w:anchor="/document/93/13100/" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
-            <w:sz w:val="27"/>
-            <w:szCs w:val="27"/>
           </w:rPr>
-          <w:t xml:space="preserve">2020.17.07. берілген </w:t>
-[...16 lines deleted...]
-          <w:t>згерістермен</w:t>
+          <w:t>с изменениями от 17.07.2020 г.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
-          <w:sz w:val="27"/>
-          <w:szCs w:val="27"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...767 lines deleted...]
-          <w:szCs w:val="27"/>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>В соответствии с подпунктом 1) статьи 10 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" приказываю:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>1. Утвердить прилагаемые Правила оказания государственных услуг в сфере дошкольного образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>2. Признать утратившими силу некоторые приказы Министра образования и науки Республики Казахстан согласно приложению к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>3. Комитету дошкольного и среднего образования Министерства образования и науки Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) размещение настоящего приказа на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства образования и науки Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Контроль за исполнением настоящего приказа возложить </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...916 lines deleted...]
-        <w:rPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>курирующего</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вице-министра образования и науки Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>5. Настоящий приказ вводится в действие после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F60F1" w:rsidRPr="003F60F1" w:rsidRDefault="00756824" w:rsidP="003F60F1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="right"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>Министр образования и науки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F60F1" w:rsidRDefault="00756824" w:rsidP="003F60F1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="right"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-[...4 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRPr="003F60F1" w:rsidRDefault="00756824" w:rsidP="003F60F1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="right"/>
+        <w:divId w:val="731317067"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">А. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Аймагамбетов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="align-right"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Утверждены приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:br/>
-        <w:t>Білім ж</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Министра образования и науки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>от 19 июня 2020 года № 254</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="align-center"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+        </w:rPr>
+        <w:t>Правила оказания государственных услуг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:br/>
+        <w:t>в сфере дошкольного образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="align-center"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+        </w:rPr>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Правила оказания государственных услуг в сфере дошкольного образования (далее - Правила) разработаны в соответствии с Конституцией Республики Казахстан, законами Республики Казахстан "Об образовании", "О статусе педагога", "О специальных социальных услугах", "О правах ребенка в Республике Казахстан", "О социальной и медико-педагогической коррекционной поддержке детей с ограниченными возможностями", "О воинской службе и статусе военнослужащих", "О специальных государственных органах Республики Казахстан", подпунктом 1) статьи</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах", Кодексом Республики Казахстан "О браке (супружестве) и семье".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>2. Правила определяют порядок приема (постановку в очередь, выдачу направления, прием документов, зачисление в дошкольную организацию) детей дошкольного возраста на свободные места в дошкольные организации с государственным образовательным заказом независимо от видов, формы собственности и ведомственной подчиненности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>3. В настоящих Правилах используются основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>1) архив - набор заявлений, снятых с очереди по причине успешного получения направления на зачисление в дошкольную организацию или снятых с очереди по иным причинам, предусмотренным настоящими Правилами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) технология </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>блокчейн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - способ построения архитектуры хранения и обработки данных по определенным правилам, который позволяет идентифицировать внесение изменений в данные, которые не подлежат корректировке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>3) свободное место - информация о вакантном месте для зачисления ребенка в дошкольную организацию с указанием дошкольной организации, возрастной группы, языка воспитания и обучения, вида группы (общеразвивающая, специальная), режима работы (полного, неполного, круглосуточного пребывания), режима зачисления (общеустановленный, раннего бронирования, временного пребывания) с указанием даты начала зачисления и наличия ограничений по дате пребывания в дошкольной организации;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>4) бюллетень освободившихся мест - протокол, ежедневно фиксирующий хронологию передачи свободных мест от дошкольных организаций на распределение в систему управления очередью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>5) свободное место режима общеустановленного зачисления - свободное место, срок действия направления по которому начинает исчисляться сразу после получения направления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>6) свободное место режима раннего бронирования - свободное место, на которое можно получить направление раньше, чем это место фактически освободится; срок исчисления действия направления и процедура зачисления в дошкольную организацию начинается после фактического освобождения места;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) система управления очередью - информационная система </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>обеспечивающая автоматизированное исполнение бизнес-процессов приема заявлений на постановку в очередь и распределения мест в дошкольных организациях;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>8) номер очередности - положение заявления в очереди относительно других заявлений в этой очереди;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>9) бюллетень отозванных мест - протокол, ежедневно фиксирующий хронологию возврата (отзыва) дошкольными организациями мест, ранее переданных на распределение в систему управления очередью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>10) направление на зачисление в дошкольную организацию (далее - направление) - уведомление о временном резервировании за заявителем места в дошкольной организации на период прохождения процесса зачисления в дошкольную организацию и оформления соответствующих документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>11) очередь заявлений (далее - очередь) - заявления на зачисление в дошкольную организацию, успешно зарегистрированные в системе управления очередью и упорядоченные относительно друг друга согласно настоящим правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>проактивная</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуга - государственная услуга, оказываемая в электронной форме, предоставляемая по инициативе субъекта оказания услуг, для оказания которой необходимо обязательное согласие субъекта получения услуги, предоставленное посредством абонентского устройства сотовой связи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>стоп-лист</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - временный архив, куда перемещаются заявления из очереди, по которым приостановлена возможность получения направлений ввиду выявленных нарушений, допущенных со стороны заявителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>14) свободное место временного пребывания - свободное место, которое сохраняется в дошкольной организации за временно выбывшим воспитанником, поэтому имеет ограниченный срок пребывания нового ребенка, зачисленного на это место;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>15) уведомление - электронные текстовые сообщения, отправляемые системой управления очередью заявителю с целью уведомления о прохождении определенных этапов получения места в дошкольной организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="align-center"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+        </w:rPr>
+        <w:t>Глава 2. Порядок оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="align-center"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-[...3 lines deleted...]
-        <w:t>А. Аймагамбето</w:t>
+        </w:rPr>
+        <w:t>Параграф 1. Порядок оказания государственной услуги "Постановка на очередь детей дошкольного</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-[...57 lines deleted...]
-          <w:szCs w:val="27"/>
         </w:rPr>
         <w:br/>
-        <w:t>Білім ж</w:t>
-[...50 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:t>возраста (до 6 лет) для направления в дошкольные организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Государственная услуга "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации" (далее - государственная услуга по постановке на очередь) оказывается местными исполнительными органами областей, городов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Нур</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Султан, Алматы, Шымкент, районов (городов областного значения), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>акимами</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> районов в городе, городов районного значения, поселков, сел, сельских округов (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для получения государственной услуги по постановке на очередь физическое лицо (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) направляет в канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>, либо через некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее - Государственная корпорация) и (или) через веб-портал "электронного правительства" (далее - портал) заявление по форме согласно приложению 1 к Правилам, а также документы, указанные в пункте 8 Стандарта государственной услуги "Постановка на очередь детей дошкольного</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> возраста (до 6 лет) для направления в дошкольные организации" (далее - Стандарт </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>госуслуги</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по постановке).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>2020 жыл</w:t>
-[...88 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
+        <w:t xml:space="preserve">Перечень основных требований к оказанию государственной услуги по постановке на очередь, включающий характеристики процесса, форму, содержание и результат оказания услуги, а также иные сведения с учетом особенностей предоставления государственной услуги по постановке на очередь приведен в Стандарте </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>госуслуги</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по постановке согласно приложению 2 к Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В "личном кабинете" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отображается информация о статусе рассмотрения запроса на оказание государственной услуги по постановке на очередь, а также размещается уведомление с указанием даты и времени получения результата государственной услуги по постановке на очередь.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Канцелярия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, работник Государственной корпорации осуществляют прием заявления по форме согласно приложению 1 к Правилам и регистрируют документы, полученные от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, проверяют их на полноту; при представлении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> полного пакета документов осуществляют выдачу уведомления о постановке на очередь с указанием номера очередности (в произвольной форме).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае представления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неполного пакета документов согласно перечню, предусмотренному пунктом 8 Стандарта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>госуслуги</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по постановке, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) работник Государственной корпорации отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме согласно приложению 3 к Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сведения о документах, удостоверяющих личность, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и работник Государственной корпорации получают из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Выдача </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> готовых документов осуществляется на основании расписки о приеме соответствующих документов при предъявлении документа, удостоверяющего личность (либо ее представителя по нотариально заверенной доверенности).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. В случае обращения через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в день поступления документов осуществляет их прием и регистрацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение 30 минут проверяет на полноту представленные документы. В случае не полноты в указанные сроки готовит мотивированный отказ в дальнейшем рассмотрении заявления, который направляется в форме электронного документа заявителю в "личный кабинет" на портале.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При установлении факта полноты представленных документов, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> готовит уведомление о постановке на очередь с указанием номера очередности (в произвольной форме) и направляет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в "личный кабинет" в форме электронного документа, удостоверенного ЭЦП уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Государственная услуга по постановке на очередь может оказываться </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>проактивным</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> способом, в том числе без заявления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по инициативе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> посредством информационных систем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и государственных органов при регистрации телефонного номера абонентского устройства сотовой связи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на веб-портале "электронного правительства" www.egov.kz и включать в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">1) отправку автоматических уведомлений </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с запросом на оказание государственной услуги по постановке на очередь;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) получение согласия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на оказание </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>проактивной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуги, а также иных необходимых сведений от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в том числе ограниченного доступа, посредством абонентского устройства сотовой связи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. По выбору </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственная услуга по постановке на </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>очередь</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказывается по принципу "одного заявления" в совокупности с государственной услугой "Регистрация рождения ребенка, в том числе внесение изменений, дополнений и исправлений в записи актов гражданского состояния".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке согласно подпункту 11) пункта 2 статьи 5 Закона Республики Казахстан "О государственных услугах".</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. Жалоба на решение, действия (бездействие) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги по постановке на очередь может быть подана на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в уполномоченный орган по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>, в соответствии с пунктом 2 статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба на действия (бездействие) работника Государственной корпорации направляется руководителю Государственной корпорации по адресу, указанному на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> корпорации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги по постановке на очередь, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>, Государственной корпорации, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. При отправке жалобы через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или об отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Информацию о порядке обжалования через портал можно получить посредством Единого </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес уполномоченного органа по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае несогласия с результатом оказания государственной услуги по постановке на очередь </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>13. Общая очередь для зачисления в дошкольные организации формируется по принадлежности к населенному пункту (город, село, поселок) по году рождения детей для каждого года рождения отдельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Очередь в специальные дошкольные организации формируется внутри населенного пункта к конкретной дошкольной организации по году рождения детей, для каждого года рождения отдельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Внутри очереди по годам рождения очередь разделяется по видам нарушений, имеющихся у детей, если дошкольная организация обеспечивает наличие групп с различными видами ухода, коррекции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Очередь в санаторные дошкольные организации формируется внутри населенного пункта к конкретной дошкольной организации по году рождения детей для каждого года рождения отдельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Внутри очереди по годам рождения очередь разделяется по видам реабилитации/профилактики, если дошкольная организация обеспечивает наличие групп с различными видами реабилитации/профилактики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>14. Заявления в очередях располагаются по дате и времени подачи заявления заявителем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>15. Родитель или законный представитель ребенка становится в очередь в одном населенном пункте не более трех раз за период дошкольного возраста.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>16. Родитель или законный представитель ребенка, получивший внеочередное или первоочередное направление в государственную дошкольную организацию, для выбора другой дошкольной организации после истечения одного месяца встает в общую очередь и получает направление в частную дошкольную организацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>17. Родитель или законный представитель ребенка с особыми образовательными потребностями при наличии подтверждающих документов встает одновременно в нескольких очередях - общей очереди, очереди в специальную, санаторную дошкольные организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>18. Возраст ребенка для подачи заявления и нахождения в очереди не превышает полных 6 лет по состоянию на 1 сентября текущего учебного года (кроме детей с особыми образовательными потребностями, имеющими соответствующее заключение психолого-медико-педагогической комиссии, и детей, которым на 1 сентября текущего года еще не исполнилось полных 6 лет).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>19. Для выбора другой дошкольной организации ребенок отчисляется из дошкольной организации, и родитель или законный представитель ребенка подает заявление на постановку в очередь для получения направления в дошкольную организацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20. Очередь заявлений обновляется </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>1) поступлении заявлений от родителей или законных представителей детей, имеющих право на внеочередное получение места в дошкольных организациях согласно пункту 3 статьи 52 Закона Республики Казахстан "О воинской службе и статусе военнослужащих" и пункту 8 статьи 78 Закона Республики Казахстан "О специальных государственных органах";</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) поступлении заявлений от родителей или законных представителей детей педагогов согласно пункту 3 статьи 12 Закона Республики Казахстан "О статусе педагога"; детей, законные представители которых являются инвалидами; детей, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>оставшихся без попечения родителей, и детей-сирот; детей из многодетных семей; детей с особыми образовательными потребностями; детей из семей, имеющих ребенка-инвалида для первоочередного получения места в дошкольной организации;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>изменении</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> льготного статуса заявления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>исключении</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заявления из очереди в результате отзыва заявления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>5) выдаче направления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>помещении</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заявления в стоп-лист, архив;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>отсутствии</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заинтересованности заявителя в получении места в дошкольную организацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>21. Заявления в очередях располагаются относительно друг друга внутри каждой группы по дате и времени подачи заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Заявления по внеочередному получению места располагаются перед заявлениями первоочередного получения места.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Заявления по первоочередному получению места распределяются между заявлениями, поданными на общих основаниях, в соотношении "один к трем" (заявление по первоочередному получению места располагается через каждые три заявления, поданные на общих основаниях).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проверяет и подтверждает информацию, удостоверяющую личность заявителя, законного представителя ребенка, информацию, подтверждающую возможность внеочередного или первоочередного получения места в дошкольной организации, дважды - при регистрации заявления на постановку в очередь и после получения направления на зачисление в дошкольную организацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заявитель представляет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для сверки оригиналы документов в срок не позднее пяти рабочих дней с момента отправки заявления на регистрацию или получения направления на зачисление. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подтверждает достоверность представленных документов в срок не позднее 30 минут с момента их представления. После подтверждения документов заявление регистрируется в очереди. Для проверки достоверности документов военнослужащих и сотрудников специальных государственных органов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ежемесячно отправляет сводные запросы в уполномоченный орган и аннулирует заявления и направления при получении отрицательного заключения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>23. Заявителю предоставляется возможность:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>1) подачи заявления на постановку в очередь, изменять уже поданное заявление, отзывать заявление из очереди, получать и аннулировать направление на зачисление в дошкольную организацию, продлевать срок действия направления, получать уведомление об изменении состояния заявления и направления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>2) подтверждения заинтересованности в получении места в дошкольную организацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3) изучения информации об освободившихся местах и получения электронного направления на зачисление в дошкольную организацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>4) сохранения учетных данных личного кабинета системы управления очередью, не передавая их третьим лицам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>24. Система управления очередью, функционирующая круглосуточно и осуществляющая непрерывный процесс распределения свободных мест среди заявителей, по мере появления новых свободных мест:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) регистрирует (или отказывает в регистрации) заявление на постановку в очередь, помещает заявление в </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>стоп-лист</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>, рассматривает отказы в зачислении по выданным направлениям со стороны дошкольных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>2) ежедневно принимает информацию от дошкольных организаций о появлении свободных мест с указанием возрастной группы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) ежедневно в 18:00 (восемнадцать) часов на специализированном </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> публикует бюллетень освободившихся мест (возможно изменение регламентного времени нормативным актом </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) ежедневно в 07:00 (семь) часов утра (возможно изменение регламентного времени нормативным актом </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>, но не позднее 23:59 часов текущего дня) открывает приоритетный доступ к получению направления только для первых заявителей (всем одновременно) на ограниченный срок - 3 (три) рабочих дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>5) предоставляет возможность заявителям самостоятельно получать электронное направление на зачисление в дошкольную организацию, которую они выбрали;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>6) автоматически меняет статус места раннего бронирования на статус свободного, если оно освобождается раньше установленного срока;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) использует технологию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>блокчейн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для обеспечения защиты накапливаемых сведений от несанкционированного вмешательства: реестр всех заявлений, реестр всех направлений, реестр бюллетеней освободившихся мест;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) публикует на </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>специализированном</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и актуализирует информацию о заявлениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>9) исключает из очереди заявление при достижении ребенком возраста 6 (шести) лет (кроме детей с особыми образовательными потребностями, имеющими заключение психолого-медико-педагогической консультации, а также детей, которым на 1 сентября текущего года еще не исполнилось полных 6 лет) и помещает его в архив по причине достижения максимально возможного возраста;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>10) после трех дней распределения свободных мест открывает доступ к оставшимся свободным местам для следующих 1000 (одной тысячи) заявителей в очереди.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>25. Дошкольным организациям предоставляется возможность:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) отзывать свободные места, ранее опубликованные в бюллетене, в том числе свободные места раннего бронирования и временного пребывания, в связи с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>внутренней необходимостью с указанием причины (капитальный ремонт, карантин, аннулирование госзаказа, закрытие);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>2) аннулировать выданное направление на отозванное свободное место, в этом случае заявителю отправляется уведомление;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>3) публиковать в бюллетене освободившихся мест места раннего бронирования (дошкольным организациям, имеющим государственный образовательный заказ);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>4) публиковать в бюллетене освободившихся мест места временного пребывания с указанием даты, когда ребенок отчисляется из дошкольной организации в связи с истечением срока временного пребывания; при этом очередь ребенка, получившего направление на временное пребывание, сохраняется.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>26. Для общей очереди направление выдается по инициативе заявителя в соответствии с очередностью, возрастом ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>27. Для очереди в специальную и санаторную дошкольную организацию направление выдается в соответствии с очередностью заявлений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>28. При выдаче направления возраст ребенка учитывается по состоянию полных лет на 1 сентября текущего учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">29. Заявителю, подавшему заявления на </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>нескольких детей</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в общую очередь, предоставляется возможность (по усмотрению заявителя) получить направления на всех детей в одну дошкольную организацию одновременно при наличии необходимого количества мест в этой организации в момент получения направления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>30. Заявителю предоставляется возможность аннулировать выданное направление по собственной инициативе в срок не позднее одних суток с момента выдачи направления; один раз продлить срок действия направления дополнительно до 30 (тридцати) календарных дней в случае физической неспособности явиться в дошкольную организацию в установленный срок (болезнь, госпитализация, командировка, отпуск).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
       <w:pPr>
         <w:pStyle w:val="align-center"/>
-        <w:divId w:val="466700471"/>
-[...3 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-[...2 lines deleted...]
-        <w:t>Мектепке дейінгі білім беру саласында мемлекеттік</w:t>
+        </w:rPr>
+        <w:t>Параграф 2. Порядок оказания государственной услуги "Прием документов</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>и зачисление детей в дошкольные организации"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">31. Государственная услуга "Прием документов и зачисление детей в дошкольные организации" (далее - государственная услуга по приему детей) оказывается дошкольными организациями всех видов (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">32. Для получения государственной услуги по приему детей физическое лицо (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) представляет документы в канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> либо на веб-портал "электронного правительства" (далее - портал) согласно пункту 8 приложения 4 к Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Перечень основных требований к оказанию государственной услуги по приему детей, включающий характеристики процесса, форму, содержание и результат оказания услуги, а также иные сведения с учетом особенностей предоставления государственной услуги по приему детей приведен в Стандарте государственной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>услуги "Прием документов и зачисление детей в дошкольные организации" согласно приложению 4 к Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В "личном кабинете" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отображается информация о статусе рассмотрения запроса на оказание государственной услуги по приему детей, а также размещается уведомление с указанием даты и времени получения результата государственной услуги по приему детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Канцелярия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет прием документов согласно перечню, указанному в пункте 8 приложения 4 к Правилам, проверяет их на полноту представленных документов. При представлении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> полного пакета документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет зачисление ребенка в дошкольную организацию на основании заключенного договора между дошкольной организацией и одним из родителей или законным представителем ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае представления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неполного пакета документов согласно перечню, предусмотренному пунктом 8 приложения 4 к Правилам, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дает мотивированный ответ об отказе в оказании государственной услуги по приему детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае обращения через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в день поступления документов осуществляет их прием и регистрацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение 30 минут проверяет на полноту представленные документы. В случае не полноты в указанные сроки готовит мотивированный отказ, который направляется в форме электронного документа заявителю в "личный кабинет" на портале.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При установлении факта полноты представленных документов, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заполняет электронный запрос и прикрепляет электронные копии документов; </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">после обработки (проверки, регистрации) электронного запроса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> направляется уведомление о статусе электронного запроса, сроке оказания государственной услуги по приему детей, результате оказания государственной услуги по приему детей в форме электронного документа, подписанного ЭЦП уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>, зачисление ребенка в дошкольную организацию либо мотивированный ответ об отказе в оказании государственной услуги по приему детей.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">33. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке согласно подпункту 11) пункта 2 статьи 5 Закона Республики Казахстан "О государственных услугах".</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">34. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аннулирует зачисление ребенка по следующим причинам:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) заявитель не представил, требуемые для заключения договора, документы или срок действия документов был просрочен (паспорт здоровья ребенка и справка о состоянии здоровья ребенка, выданная не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>позднее</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> чем за три календарных дня по отношению к дате заключения договора);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>2) согласно представленным документам ребенок имеет медицинские противопоказания для зачисления в дошкольную организацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>35. Прием документов и зачисление детей в дошкольные организации на постоянное или временное пребывание ведется в течение года при наличии в них свободных мест.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">36. Жалоба на решение, действия (бездействие) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги по приему детей может быть подана на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в уполномоченный орган по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>, в соответствии с пунктом 2 статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При отправке жалобы через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказ в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Информацию о порядке обжалования через портал можно получить посредством Единого </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес уполномоченного органа по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае несогласия с результатом оказания государственной услуги по приему детей </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="align-right"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>к Правилам оказания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>государственных услуг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>в сфере дошкольного образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="align-right"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(от) ___________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(далее - Ф.И.О.) (при заполнении в бумажном виде)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>___________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(индивидуальный идентификационный номер (далее - ИИН),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>проживающего по адресу:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>____________________________________</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="align-center"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-[...420 lines deleted...]
-          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Прошу поставить ребенка в очередь для получения направления</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>в дошкольную организацию на территории населенного пункта</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>город (поселок, село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ИИН ________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Ф.И.О. (при наличии) ребенка (при заполнении в бумажном виде)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>_____________ года рождения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Информирую, что ребенок является (нужное указать):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>1) ребенком военнослужащих, в том числе погибших, умерших или пропавших без вести во время прохождения службы (копия документа);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>2) ребенком сотрудников специальных государственных органов, в том числе погибших, умерших или пропавших без вести во время прохождения службы (копия документа);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) ребенком, родители которых </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>которых</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> являются инвалидами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>4) ребенком с особыми образовательными потребностями (копия документа);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>5) ребенком, оставшимся без попечения родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>6) ребенком сиротой;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>7) ребенком из многодетной семьи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>8) ребенком педагога;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>9) ребенком из семьи, имеющей ребенка-инвалида;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>10) не относится ни к одной из вышеперечисленных категорий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Прошу уведомлять меня об изменениях моего заявления следующими способами:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>1) электронное смс(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>sms</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>)-уведомление в произвольной форме на следующие номера мобильных телефонов (не более двух номеров</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>): ________________________________________________________________;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>2) электронные e-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уведомления в произвольной форме: _________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>(При изменении жизненных обстоятельств положение заявления в очереди может измениться.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1922 lines deleted...]
-          <w:szCs w:val="27"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Заявления группируются в очереди по году рождения ребенка (календарный год) в порядке приоритета по дате подачи заявления.).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подтверждаю, что я согласен (согласна) на использование сведений, составляющих охраняемых законом тайну, содержащихся в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>нформационных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> системах.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Подпись _______________ Дата _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="align-right"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Приложение 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>к Правилам оказания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>4) боса</w:t>
-[...30119 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:t>государственных услуг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:br/>
-        <w:t>саласында мемлекеттік</w:t>
-[...3191 lines deleted...]
-        <w:t>а</w:t>
+        <w:t>в сфере дошкольного образования</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
-        <w:tblBorders>
-[...4 lines deleted...]
-        </w:tblBorders>
         <w:tblCellMar>
-          <w:top w:w="84" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:right w:w="167" w:type="dxa"/>
+          <w:top w:w="75" w:type="dxa"/>
+          <w:left w:w="150" w:type="dxa"/>
+          <w:bottom w:w="75" w:type="dxa"/>
+          <w:right w:w="150" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="574"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5115"/>
+        <w:gridCol w:w="540"/>
+        <w:gridCol w:w="3894"/>
+        <w:gridCol w:w="5221"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00A74994">
         <w:trPr>
-          <w:divId w:val="1088619254"/>
+          <w:divId w:val="937172845"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
             <w:pPr>
               <w:pStyle w:val="align-center"/>
             </w:pPr>
             <w:r>
-              <w:t>"Мектепке дейі</w:t>
-[...5 lines deleted...]
-              <w:t>ы</w:t>
+              <w:t>Стандарт государственной услуги "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00A74994">
         <w:trPr>
-          <w:divId w:val="1088619254"/>
+          <w:divId w:val="937172845"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...5 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Наименова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>ние</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...7 lines deleted...]
-              <w:t>ы</w:t>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Государственная корпорация, местные исполнительные органы областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">-Султан, Алматы и Шымкент, районов (городов областного значения), </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>акимы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> районов в городе, городов районного значения, поселков, сел, сельских округов.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A74994">
+        <w:trPr>
+          <w:divId w:val="937172845"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...10 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Способы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>предоставле</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>ния</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Прием заявления и выдача результата оказания государственной услуги осуществляются </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>через</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">1) канцелярию </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2) некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее - Государственная корпорация);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3) веб-портал "электронного правительства" www.egov.kz (далее - портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00A74994">
         <w:trPr>
-          <w:divId w:val="1088619254"/>
+          <w:divId w:val="937172845"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...4 lines deleted...]
-              <w:t>2</w:t>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...7 lines deleted...]
-              <w:t>і</w:t>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">С момента обращения к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>, в Государственную корпорацию, на портал - 30 минут.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A74994">
+        <w:trPr>
+          <w:divId w:val="937172845"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...38 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Форма оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Электронная и (или) бумажная.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00A74994">
         <w:trPr>
-          <w:divId w:val="1088619254"/>
+          <w:divId w:val="937172845"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...4 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...7 lines deleted...]
-              <w:t>і</w:t>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Уведомление о постановке в очередь (в произвольной форме) либо мотивированный ответ об отказе в оказании государственной услуги по основаниям, установленным пунктом 9 настоящего Стандарта государственной услуги.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A74994">
+        <w:trPr>
+          <w:divId w:val="937172845"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...7 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Размер оплаты, взимаемой с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Государственная услуга физическим лицам оказывается бесплатно.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00A74994">
         <w:trPr>
-          <w:divId w:val="1088619254"/>
+          <w:divId w:val="937172845"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...4 lines deleted...]
-              <w:t>4</w:t>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...7 lines deleted...]
-              <w:t>ы</w:t>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">: с понедельника по пятницу, за исключением праздничных дней, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">трудовому законодательству Республики Казахстан в соответствии с установленным графиком работы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> с 9:00 часов до 18:30 часов с перерывом на обед с 13:00 часов до 14:30 часов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Прием заявлений и выдача результатов оказания государственной услуги осуществляется с 09:00 часов до 17:30 часов с перерывом на обед с 13:00 часов до 14:30 часов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Государственная услуга оказывается в порядке очереди без предварительной записи и ускоренного обслуживания;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2) Государственной корпорации: с понедельника по субботу включительно, за исключением праздничных дней, в соответствии с установленным графиком работы с 9:00 часов до 20:00 часов без перерыва на обед согласно трудовому законодательству Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Прием осуществляется в порядке "электронной" очереди, по выбору </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> без ускоренного обслуживания, возможно бронирование электронной очереди посредством портала;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">3) портала: круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Адреса мест оказания государственной услуги размещены:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">1) на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Министерства: www.edu.gov.kz;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2) Государственной корпорации: www.gov4c.kz;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3) на портале: www.egov.kz.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A74994">
+        <w:trPr>
+          <w:divId w:val="937172845"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...7 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Перечень документов, необходимых для оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">При обращении к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> или в Государственную корпорацию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1) заявление по форме согласно приложению 1 к Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2) свидетельство о рождении ребенка (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">3) документ, удостоверяющий личность </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> (одного из родителей или законного представителя (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4) справка, выданная с места работы военнослужащего или сотрудника специальных государственных органов, заверенная подписью уполномоченного лица и печатью (при наличии) (действительна в течение месяца со дня выдачи);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5) справка с места работы педагога, заверенная подписью руководителя организации образования и печатью (действительна в течение месяца со дня выдачи), сканированная копия диплома;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>6) заключение психолого-медико-педагогической консультации для детей с особыми образовательными потребностями (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>7) заключение врача-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>фтизиатора</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>8) документы, подтверждающие возможность первоочередного получения направления в дошкольную организацию.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Сведения о документах, удостоверяющих личность, свидетельство о рождении ребенка, сведения, подтверждающие возможность первоочередного получения направления в дошкольную организацию </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> или работник Государственной корпорации получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> или работник Государственной корпорации получает согласие на использование сведений, содержащихся в информационных системах и составляющих охраняемую законом тайну, при оказании государственных услуг, если иное не предусмотрено законами Республики </w:t>
+            </w:r>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">При обращении к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>акиму</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> поселка, села, сельского округа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> представляет оригиналы (для идентификации) и копии документов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>При обращении на портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">1) заявление в форме электронного документа, подписанное ЭЦП </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>, по форме согласно приложению 1 к Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2) сканированная копия справки, выданная с места работы военнослужащего или сотрудника специальных государственных органов, заверенная подписью уполномоченного лица и печатью (при наличии) (действительна в течение месяца со дня выдачи);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3) сканированная копия заключения психолого-медико-педагогической консультации для детей с особыми образовательными потребностями (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4) направление врача-фтизиатра.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Электронный запрос на портал осуществляется в форме электронного документа, удостоверенного ЭЦП </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>, или путем введения одноразового пароля.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Сведения о документах, удостоверяющих личность, о </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>свидетельстве</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> о рождении ребенка, сведения, подтверждающие возможность первоочередного получения направления в дошкольную организацию </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00A74994">
         <w:trPr>
-          <w:divId w:val="1088619254"/>
+          <w:divId w:val="937172845"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...4 lines deleted...]
-              <w:t>5</w:t>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Основания для отказа в оказании государственной услуги, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>установлен</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>ные</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> законодатель</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>ством</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...7 lines deleted...]
-              <w:t>і</w:t>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">1) установление недостоверности документов, представленных </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>услугополучателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">2) несоответствие </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми </w:t>
+            </w:r>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>актами Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A74994">
+        <w:trPr>
+          <w:divId w:val="937172845"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...7 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...53 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Максимально допустимое время ожидания для сдачи пакета документов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> или в Государственную корпорацию - 15 минут. Максимально допустимое время обслуживания </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>услугодателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> или в Государственной корпорации - 30 минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t xml:space="preserve">Прием документов для оказания государственной услуги </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>услугополучателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> с нарушением здоровья, стойким расстройством функций организма, ограничивающим его жизнедеятельность, обратившемуся через Единый контакт-центр - 1414, 88000807777 производится работником Государственной корпорации с выездом по месту жительства.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Если есть медицинские противопоказания, препятствующие пребыванию ребенка в дошкольной организации, то он не зачисляется в дошкольную организацию.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>интернет-ресурса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, справочных служб по вопросам оказания государственной услуги, а также Единого </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>контакт-центра</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...740 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Министерства www.edu.gov.kz в разделе "Государственные услуги".</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Телефоны Единого </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>контакт-центра</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> по вопросам оказания государственных услуг: 1414, 8 800 080 7777.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">По выбору </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> государственная </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>услуга</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> оказывается по принципу "одного заявления" в совокупности с государственной услугой "Регистрация рождения ребенка, в том числе внесение изменений, дополнений и исправлений в записи актов гражданского состояния".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
       <w:pPr>
         <w:pStyle w:val="align-right"/>
-        <w:ind w:right="3"/>
-[...19 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Приложение 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:br/>
-        <w:t>саласында мемлекеттік</w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:t>к Правилам оказания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...34 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:t>государственных услуг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...34 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:t>в сфере дошкольного образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="align-right"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>_________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:br/>
-        <w:t>3-</w:t>
-[...48 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">(тегі, аты, </w:t>
-[...35 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:t>_________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:br/>
-        <w:t>(бар бол</w:t>
-[...99 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:t xml:space="preserve">(адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
       <w:pPr>
         <w:pStyle w:val="align-center"/>
-        <w:ind w:right="3"/>
-[...8 lines deleted...]
-        <w:rPr>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-[...1602 lines deleted...]
-          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Расписка об отказе в приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Руководствуясь пунктом 2 статьи 20 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах", отдел №__ филиала некоммерческого акционерного общества "Государственная корпорация "Правительство для граждан" _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>(указать адрес)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>отказывает в приеме документов на оказание государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>(указать наименование государственной услуги)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ввиду представления Вами неполного пакета документов согласно перечню, предусмотренному Стандартом государственной услуги, и (или) документов с истекшим сроком действия, а именно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Наименование отсутствующих документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>1) ________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>2) ________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>3) ________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Настоящая расписка составлена в двух экземплярах, по одному для каждой стороны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Исполнитель: ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Подпись _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Телефон ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Получил: ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Подпись ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>"____" _________ 20____ год</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="fill"/>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="27"/>
-[...412 lines deleted...]
-        <w:t>.</w:t>
+        </w:rPr>
+        <w:t>В приложение 4 внесены изменения в соответствии с приказом Министра образования и науки РК от 17.07.20 г. № 306</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="align-right"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Приложение 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>к Правилам оказания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>государственных услуг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>в сфере дошкольного образования</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
-        <w:tblBorders>
-[...4 lines deleted...]
-        </w:tblBorders>
         <w:tblCellMar>
-          <w:top w:w="84" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:right w:w="167" w:type="dxa"/>
+          <w:top w:w="75" w:type="dxa"/>
+          <w:left w:w="150" w:type="dxa"/>
+          <w:bottom w:w="75" w:type="dxa"/>
+          <w:right w:w="150" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="574"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5165"/>
+        <w:gridCol w:w="540"/>
+        <w:gridCol w:w="3053"/>
+        <w:gridCol w:w="6062"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00A74994">
         <w:trPr>
-          <w:divId w:val="252782729"/>
+          <w:divId w:val="1763990629"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
             <w:pPr>
               <w:pStyle w:val="align-center"/>
             </w:pPr>
             <w:r>
-              <w:t>"Мектепке дейінгі ұйымдарға құжаттарды қабылдау және балаларды қабылдау" мемлекеттік көрсетілетін қызмет стандарт</w:t>
-[...2 lines deleted...]
-              <w:t>ы</w:t>
+              <w:t>Стандарт государственной услуги "Прием документов и зачисление детей в дошкольные организации"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00A74994">
         <w:trPr>
-          <w:divId w:val="252782729"/>
+          <w:divId w:val="1763990629"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...5 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Наименование </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...7 lines deleted...]
-              <w:t>ы</w:t>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Дошкольные организации всех видов (далее </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>у</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t>слугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A74994">
+        <w:trPr>
+          <w:divId w:val="1763990629"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...7 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Способы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>предоставле</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>ния</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>государствен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>ной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Прием и выдача документов для оказания государственной услуги осуществляются через канцелярию </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>, веб-портал "электронного правительства" (далее - портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00A74994">
         <w:trPr>
-          <w:divId w:val="252782729"/>
+          <w:divId w:val="1763990629"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...4 lines deleted...]
-              <w:t>2</w:t>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Сроки оказания </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>государствен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>ной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...7 lines deleted...]
-              <w:t>і</w:t>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>30 минут.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A74994">
+        <w:trPr>
+          <w:divId w:val="1763990629"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...10 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Форма оказания </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>государствен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>ной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Электронная и (или) бумажная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00A74994">
         <w:trPr>
-          <w:divId w:val="252782729"/>
+          <w:divId w:val="1763990629"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...4 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Результат оказания </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>государствен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>ной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...7 lines deleted...]
-              <w:t>і</w:t>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Зачисление ребенка в дошкольную организацию на основании заключенного договора между дошкольной организацией и одним из родителей или законным представителем ребенка либо мотивированный ответ об отказе в оказании государственной услуги.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A74994">
+        <w:trPr>
+          <w:divId w:val="1763990629"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...35 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Размер оплаты, взимаемой с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>услугополуча</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">теля при оказании </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>государствен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">ной услуги, и способы ее взимания в случаях, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>предусмотрен</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>ных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Государственная услуга физическим лицам оказывается бесплатно.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00A74994">
         <w:trPr>
-          <w:divId w:val="252782729"/>
+          <w:divId w:val="1763990629"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...4 lines deleted...]
-              <w:t>4</w:t>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...7 lines deleted...]
-              <w:t>ы</w:t>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">: с понедельника по пятницу, за исключением праздничных дней, согласно трудовому законодательству Республики Казахстан в соответствии с установленным графиком работы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> с 9:00 часов до 18:00 часов с перерывом на обед с 13:00 часов до 14:00 часов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Прием заявлений и выдача результатов оказания государственной услуги осуществляется с 09:00 часов до 17:30 часов с перерывом на обед с 13:00 часов до 14:00 часов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Государственная услуга оказывается в порядке очереди без предварительной записи и ускоренного обслуживания;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">2) портала: круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан прием заявлений и выдача результатов оказания государственной услуги осуществляются следующим рабочим днем).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Адреса мест оказания государственной услуги размещены:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">1) на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Министерства: www.edu.gov.kz;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2) на портале: www.egov.kz.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A74994">
+        <w:trPr>
+          <w:divId w:val="1763990629"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...8 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Перечень документов, необходимых</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>для оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1) направление на зачисление (действительно в течение пяти рабочих дней со дня выдачи);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2) документ, удостоверяющий личность одного из родителей или законного представителя (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3) документ, свидетельствующий о рождении ребенка (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4) паспорт здоровья ребенка по форме, предусмотренной Инструкцией по заполнению и ведению учетной формы 026/у-3 "Паспорт здоровья ребенка", утвержденной приказом Министра здравоохранения Республики Казахстан от 24 июня 2003 года № 469 (зарегистрирован в Государственном реестре нормативных правовых актов за № 2423);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5) справка о состоянии здоровья ребенка;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>6) заключение психолого-медико-педагогической консультации (для детей с особыми образовательными потребностями).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>На портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>1) направление на зачисление в дошкольную организацию (действительно в течение пяти рабочих дней со дня выдачи);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2) документ, удостоверяющий личность одного из родителей или законного представителя (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3) документ, свидетельствующий о рождении ребенка (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4) паспорт здоровья ребенка по форме, предусмотренной Инструкцией по заполнению и ведению учетной формы 026/у-3 "Паспорт здоровья ребенка", утвержденной приказом Министра здравоохранения Республики Казахстан от 24 июня 2003 года № 469 (зарегистрирован в Государственном реестре нормативных правовых актов за № 2423) (электронная копия);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5) справка о состоянии здоровья ребенка (электронная копия);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>6) заключение психолого-медико-педагогической консультации (для детей с особыми образовательными потребностями) (сканированная копия, при наличии).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t xml:space="preserve">В случаях осуществления ограничительных мероприятий соответствующими государственными органами, введения чрезвычайного положения, возникновения чрезвычайных ситуаций социального, природного и техногенного характера на определенной территории, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>услугополучатели</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> на данной территории предоставляют непосредственно в организации образования документы, перечисленные в подпункте 4), 5) и 6) абзаца первого и подпункте 4), 5) и 6) абзаца второго настоящего пункта по мере снятия ограничительных мероприятий, прекращения действия чрезвычайного положения.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00A74994">
         <w:trPr>
-          <w:divId w:val="252782729"/>
+          <w:divId w:val="1763990629"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...4 lines deleted...]
-              <w:t>5</w:t>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Основания для отказа в оказании </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>государствен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>ной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...7 lines deleted...]
-              <w:t>і</w:t>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">1) установление недостоверности документов, представленных </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>услугополучателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">2) несоответствие </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A74994">
+        <w:trPr>
+          <w:divId w:val="1763990629"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...7 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Иные требования с учетом </w:t>
+            </w:r>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">особенностей оказания </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>государствен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">ной услуги, в том числе оказываемой в электронной форме и через </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Государствен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>ную</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...53 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Максимально допустимое время ожидания до момента </w:t>
+            </w:r>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>приема документов - 15 минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Максимально допустимое время обслуживания - 15 минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>интернет-ресурса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, справочных служб по вопросам оказания государственной услуги, а также Единого </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>контакт-центра</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...620 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Министерства www.edu.gov.kz в разделе "Государственные услуги".</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Телефоны Единого </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>контакт-центра</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> по вопросам оказания государственных услуг: 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
       <w:pPr>
         <w:pStyle w:val="align-right"/>
-        <w:ind w:right="3"/>
-[...49 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение к приказу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:br/>
-        <w:t>Білім ж</w:t>
-[...42 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:t>Министра образования и науки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:br/>
-        <w:t>2020 жыл</w:t>
-[...35 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...70 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
+        <w:t>от 19 июня 2020 года № 254</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
       <w:pPr>
         <w:pStyle w:val="align-center"/>
-        <w:ind w:right="3"/>
-[...8 lines deleted...]
-        <w:rPr>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-[...2 lines deleted...]
-        <w:t>Қ</w:t>
+        </w:rPr>
+        <w:t>Перечень, утративших силу, некоторых приказов Министра образования и науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>1. Приказ Министра образования и науки Республики Казахстан от 7 апреля 2015 года № 172 "Об утверждении стандартов государственных услуг, оказываемых местными исполнительными органами в сфере дошкольного воспитания и обучения (зарегистрирован в Министерстве юстиции Республики Казахстан 8 мая 2015 года № 10981, опубликован в Информационно-правовой системе "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Ә</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
-          <w:b/>
-[...14 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>ділет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
-          <w:b/>
-[...24 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>" 18 мая 2015 года, газете "</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
-          <w:b/>
-[...14 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>Казахстанская</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
-          <w:b/>
-[...13 lines deleted...]
-        <w:t>ң</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> правда" 23 июля 2015 года № 138 (28014))</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 21 января 2016 года № 58 "О внесении изменения в приказ Министра образования и науки Республики Казахстан от 7 апреля 2015 года № 172 "Об утверждении стандартов государственных услуг, оказываемых местными исполнительными органами в сфере дошкольного воспитания и обучения" (зарегистрирован в Министерстве юстиции Республики Казахстан 25 февраля 2016 года № 13255, опубликован в Информационно-правовой системе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Ә</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
-          <w:b/>
-[...14 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>ділет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
-          <w:b/>
-[...552 lines deleted...]
-          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>" 10 марта 2016 года)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00E735B3">
-[...1229 lines deleted...]
-        <w:divId w:val="1380855972"/>
+    <w:p w:rsidR="00A74994" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:divId w:val="731317067"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 11 октября 2017 года № 518 "О внесении изменений в приказ Министра образования и науки Республики Казахстан от 7 апреля 2015 года № 172 "Об утверждении стандартов государственных услуг, оказываемых местными исполнительными органами в сфере дошкольного воспитания и обучения" (зарегистрирован в Министерстве юстиции Республики Казахстан 3 ноября 2017 года № 15966, опубликован в Эталонном контрольном</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> банке НПА РК в электронном виде 15 ноября 2017 года).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00756824" w:rsidRDefault="00756824">
+      <w:pPr>
+        <w:divId w:val="513542431"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-[...1 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>© Материал из ЭС «ACTUALIS: Образование»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>https://vip-edu.mcfr.kz</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Дата копирования: 17.10.2022</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00E735B3">
+    <w:sectPr w:rsidR="00756824">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
-    <w:charset w:val="00"/>
-[...3 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="90"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000443BA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E735B3"/>
+    <w:rsidRoot w:val="00C54560"/>
+    <w:rsid w:val="003F60F1"/>
+    <w:rsid w:val="00756824"/>
+    <w:rsid w:val="00A74994"/>
+    <w:rsid w:val="00C54560"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
@@ -45217,51 +7637,50 @@
     <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
@@ -45301,104 +7720,102 @@
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
     <w:name w:val="Стандартный HTML Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="HTML"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="contentblock">
     <w:name w:val="content_block"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:spacing w:after="223"/>
       <w:ind w:right="357"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
-      <w:sz w:val="27"/>
-      <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="references">
     <w:name w:val="references"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:spacing w:after="223"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:vanish/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="footer">
-    <w:name w:val="footer"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Нижний колонтитул1"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
-      <w:spacing w:before="837"/>
+      <w:spacing w:before="750"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-      <w:sz w:val="22"/>
-      <w:szCs w:val="22"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="content">
     <w:name w:val="content"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:spacing w:after="223"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="docreferences">
     <w:name w:val="doc__references"/>
     <w:basedOn w:val="a0"/>
     <w:rPr>
       <w:vanish/>
       <w:webHidden w:val="0"/>
       <w:specVanish w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="content1">
     <w:name w:val="content1"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="23"/>
-      <w:szCs w:val="23"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="223"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="align-center">
     <w:name w:val="align-center"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:spacing w:after="223"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="align-right">
     <w:name w:val="align-right"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:spacing w:after="223"/>
@@ -45410,495 +7827,679 @@
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:spacing w:after="223"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="doc-parttypetitle">
     <w:name w:val="doc-part_type_title"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="6" w:space="29" w:color="E5E5E5"/>
       </w:pBdr>
       <w:spacing w:after="195"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="docprops">
     <w:name w:val="doc__props"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:spacing w:after="223"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-      <w:sz w:val="22"/>
-      <w:szCs w:val="22"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="doctype">
     <w:name w:val="doc__type"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:spacing w:before="96" w:after="120"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
       <w:caps/>
-      <w:spacing w:val="17"/>
-[...1 lines deleted...]
-      <w:szCs w:val="17"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="15"/>
+      <w:szCs w:val="15"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="docpart">
     <w:name w:val="doc__part"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:spacing w:before="1228" w:after="997"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:caps/>
       <w:spacing w:val="48"/>
-      <w:sz w:val="44"/>
-      <w:szCs w:val="44"/>
+      <w:sz w:val="39"/>
+      <w:szCs w:val="39"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="docsection">
     <w:name w:val="doc__section"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:spacing w:before="1140" w:after="797"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
-      <w:sz w:val="47"/>
-      <w:szCs w:val="47"/>
+      <w:sz w:val="42"/>
+      <w:szCs w:val="42"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="docsection-name">
     <w:name w:val="doc__section-name"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:spacing w:after="223"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="docsubsection">
     <w:name w:val="doc__subsection"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:spacing w:before="1070" w:after="420"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
       <w:b/>
       <w:bCs/>
-      <w:spacing w:val="-17"/>
-[...1 lines deleted...]
-      <w:szCs w:val="40"/>
+      <w:spacing w:val="-15"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="docchapter">
     <w:name w:val="doc__chapter"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:spacing w:before="438" w:after="219"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
-      <w:sz w:val="39"/>
-      <w:szCs w:val="39"/>
+      <w:sz w:val="35"/>
+      <w:szCs w:val="35"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="docarticle">
     <w:name w:val="doc__article"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:spacing w:before="300" w:after="30"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="27"/>
-      <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="docparagraph">
     <w:name w:val="doc__paragraph"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="42"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
-      <w:sz w:val="39"/>
-      <w:szCs w:val="39"/>
+      <w:sz w:val="35"/>
+      <w:szCs w:val="35"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="docparagraph-name">
     <w:name w:val="doc__paragraph-name"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:spacing w:after="223"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="docsubparagraph">
     <w:name w:val="doc__subparagraph"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:spacing w:before="341" w:after="76"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-      <w:sz w:val="32"/>
-      <w:szCs w:val="32"/>
+      <w:sz w:val="29"/>
+      <w:szCs w:val="29"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="docuntyped">
     <w:name w:val="doc__untyped"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:spacing w:before="320" w:after="240"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-      <w:sz w:val="30"/>
-      <w:szCs w:val="30"/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="docnote">
     <w:name w:val="doc__note"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:spacing w:after="611"/>
       <w:ind w:left="873"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-      <w:sz w:val="18"/>
-      <w:szCs w:val="18"/>
+      <w:sz w:val="17"/>
+      <w:szCs w:val="17"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="doc-notes">
     <w:name w:val="doc-notes"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:spacing w:after="223"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:vanish/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="docsignature">
     <w:name w:val="doc__signature"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:spacing w:before="223" w:after="223"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="docquestion">
     <w:name w:val="doc__question"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FBF9EF"/>
       <w:spacing w:after="600"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="docquestion-title">
     <w:name w:val="doc__question-title"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:spacing w:after="30"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="27"/>
-      <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="doc-start">
     <w:name w:val="doc-start"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:spacing w:after="223"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="docexpired">
     <w:name w:val="doc__expired"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:spacing w:after="223"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="CCCCCC"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="content2">
     <w:name w:val="content2"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:spacing w:after="223"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="23"/>
-      <w:szCs w:val="23"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="docarticle1">
     <w:name w:val="doc__article1"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="30"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="27"/>
-      <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="fill">
     <w:name w:val="fill"/>
     <w:basedOn w:val="a0"/>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+</w:styles>
+</file>
+
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1050956991">
+    <w:div w:id="513542431">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="750"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1514153167">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="3"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="21979488">
+        <w:div w:id="1651902613">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="466700471">
+        <w:div w:id="731317067">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
-          <w:marTop w:val="519"/>
+          <w:marTop w:val="465"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1440370901">
+            <w:div w:id="1119685132">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="488133977">
+                <w:div w:id="614291781">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1088619254">
+                    <w:div w:id="937172845">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="1054541822">
+            <w:div w:id="22680598">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="699278650">
+                <w:div w:id="1069498025">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="252782729">
+                    <w:div w:id="1763990629">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="1380855972">
-[...10 lines deleted...]
-    </w:div>
   </w:divs>
   <w:encoding w:val="unicode"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vip-edu.mcfr.kz/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vip-edu.mcfr.kz/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -46144,51 +8745,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>41175</Characters>
+  <Pages>23</Pages>
+  <Words>7027</Words>
+  <Characters>40057</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>343</Lines>
-  <Paragraphs>96</Paragraphs>
+  <Lines>333</Lines>
+  <Paragraphs>93</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>DG Win&amp;Soft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>48302</CharactersWithSpaces>
+  <CharactersWithSpaces>46991</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Direktor</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>