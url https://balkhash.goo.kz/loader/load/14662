--- v0 (2025-12-06)
+++ v1 (2026-01-01)
@@ -5,248 +5,347 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="25427"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\User5\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{65D0C60A-C2B8-432E-8D55-A5E5097A154D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{76402F70-B8C4-4EDA-AFE4-999210720A88}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Лист1!$A$1:$M$39</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Лист1!$A$1:$Q$42</definedName>
   </definedNames>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="213" uniqueCount="61">
-[...4 lines deleted...]
-    <t>Математика</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="478" uniqueCount="94">
+  <si>
+    <t>Бейсенбі</t>
+  </si>
+  <si>
+    <t>Жұма</t>
+  </si>
+  <si>
+    <t>Сейсенбі</t>
+  </si>
+  <si>
+    <t>Сәрсенбі</t>
+  </si>
+  <si>
+    <t>Английский язык</t>
+  </si>
+  <si>
+    <t>Казахский язык и литер</t>
+  </si>
+  <si>
+    <t>Биология</t>
+  </si>
+  <si>
+    <t>Химия</t>
+  </si>
+  <si>
+    <t>физика</t>
+  </si>
+  <si>
+    <t>История К</t>
+  </si>
+  <si>
+    <t>История В</t>
+  </si>
+  <si>
+    <t>дүйсенбі</t>
+  </si>
+  <si>
+    <t xml:space="preserve">алгебра </t>
+  </si>
+  <si>
+    <t>География</t>
+  </si>
+  <si>
+    <t>химия</t>
+  </si>
+  <si>
+    <t>информатика</t>
+  </si>
+  <si>
+    <t>Русская литература</t>
+  </si>
+  <si>
+    <t xml:space="preserve">физический культура </t>
+  </si>
+  <si>
+    <t>Информатика</t>
+  </si>
+  <si>
+    <t xml:space="preserve">физика </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Алгебра </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Химия </t>
+  </si>
+  <si>
+    <t xml:space="preserve">География </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Биология </t>
+  </si>
+  <si>
+    <t>Русский язык</t>
+  </si>
+  <si>
+    <t xml:space="preserve">география </t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                      БЕКІТЕМІН:     "Саяқ кентінің №6 ЖББ мектебі" КММ директоры                 М.Ж.Жумашева                 </t>
+  </si>
+  <si>
+    <t>11 "Б" сынып</t>
+  </si>
+  <si>
+    <t>10"Б" сынып</t>
+  </si>
+  <si>
+    <t>9"Б" сынып</t>
+  </si>
+  <si>
+    <t>8"Б" сынып</t>
+  </si>
+  <si>
+    <t>Алгебра</t>
+  </si>
+  <si>
+    <t>Геометрия</t>
+  </si>
+  <si>
+    <t>Физика</t>
+  </si>
+  <si>
+    <t>НВТП</t>
+  </si>
+  <si>
+    <t>Англиийский язык</t>
+  </si>
+  <si>
+    <t>Худож труд</t>
+  </si>
+  <si>
+    <t>11"А" сынып</t>
+  </si>
+  <si>
+    <t>10"А" сынып</t>
   </si>
   <si>
     <t>Дене шынықтыру</t>
   </si>
   <si>
-    <t>Бейсенбі</t>
-[...17 lines deleted...]
-    <t>Казахский язык и литер</t>
+    <t>Ағылшын тілі</t>
+  </si>
+  <si>
+    <t>Қ Тарих</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ағылшын тілі </t>
   </si>
   <si>
     <t>Қазақ әдебиеті</t>
   </si>
   <si>
+    <t>Д Тарих</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дене шынықтыру </t>
+  </si>
+  <si>
+    <t>Құқық негіздері</t>
+  </si>
+  <si>
+    <t>дене шынықтыру</t>
+  </si>
+  <si>
+    <t>қазақ әдебиеті</t>
+  </si>
+  <si>
+    <t>биология</t>
+  </si>
+  <si>
+    <t>ағылшын тілі</t>
+  </si>
+  <si>
+    <t xml:space="preserve">дене шынықтыру </t>
+  </si>
+  <si>
+    <t>8.00-8.45</t>
+  </si>
+  <si>
+    <t>8.50-9.35</t>
+  </si>
+  <si>
+    <t>9.40-10.25</t>
+  </si>
+  <si>
+    <t>10.35-11.20</t>
+  </si>
+  <si>
+    <t>11.25-12.10</t>
+  </si>
+  <si>
+    <t>12.15-13.00</t>
+  </si>
+  <si>
+    <t>13.05-13.50</t>
+  </si>
+  <si>
+    <t>география</t>
+  </si>
+  <si>
+    <t>9"А" сынып</t>
+  </si>
+  <si>
+    <t>9"ә" сынып</t>
+  </si>
+  <si>
+    <t>8"А" сынып</t>
+  </si>
+  <si>
+    <t>8"Ә" сынып</t>
+  </si>
+  <si>
+    <t>Основы права</t>
+  </si>
+  <si>
+    <t>Физическая культура</t>
+  </si>
+  <si>
+    <t>Ағылшын</t>
+  </si>
+  <si>
+    <t>Қазақ тілі</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Д Тарих </t>
+  </si>
+  <si>
+    <t>7 "А" сынып</t>
+  </si>
+  <si>
+    <t>7"Ә" сынып</t>
+  </si>
+  <si>
     <t xml:space="preserve">қазақ тілі </t>
   </si>
   <si>
-    <t>қазақ әдебиет</t>
-[...14 lines deleted...]
-    <t>дүйсенбі</t>
+    <t xml:space="preserve">Қазақ тілі </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Қазақ әдебиеті </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Геометрия </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Қ тарих </t>
+  </si>
+  <si>
+    <t>7 "Б" сынып</t>
+  </si>
+  <si>
+    <t>геометрия</t>
+  </si>
+  <si>
+    <t>АӘДТ</t>
+  </si>
+  <si>
+    <t>Орыс тілі   мен әдебиеті</t>
+  </si>
+  <si>
+    <t>орыс тілі мен әдебиеті</t>
+  </si>
+  <si>
+    <t>Орыс тілі мен әдебиеті</t>
+  </si>
+  <si>
+    <t xml:space="preserve">құқық негіздері </t>
+  </si>
+  <si>
+    <t>көркем еңбек</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Орыс тілі мен әдебиеті </t>
+  </si>
+  <si>
+    <t xml:space="preserve">көркем еңбек </t>
+  </si>
+  <si>
+    <t>Основы прав</t>
+  </si>
+  <si>
+    <t>худ труд</t>
+  </si>
+  <si>
+    <t>қазақ тілі</t>
+  </si>
+  <si>
+    <t>көркемеңбек</t>
+  </si>
+  <si>
+    <t>казахский язык и литер</t>
+  </si>
+  <si>
+    <t>орыс тілі мен әдебиет</t>
   </si>
   <si>
     <t>русский язык</t>
   </si>
   <si>
-    <t>ағылшын тілі</t>
-[...122 lines deleted...]
-    <t>17.25-18.10</t>
+    <t>2022-2023оқу жылының сабақ кестесі</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial Cyr"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
@@ -286,51 +385,51 @@
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="14">
+  <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
@@ -366,222 +465,184 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top/>
-[...9 lines deleted...]
-      </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="medium">
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...2 lines deleted...]
-      <right/>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...3 lines deleted...]
-      <top style="medium">
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
-[...21 lines deleted...]
-      <bottom style="thin">
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="48">
+  <cellXfs count="45">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="17" fontId="5" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" textRotation="90"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
     <cellStyle name="Обычный 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
@@ -890,1090 +951,1787 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:M39"/>
+  <dimension ref="A1:Q41"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A2" zoomScale="73" zoomScaleNormal="70" zoomScaleSheetLayoutView="73" workbookViewId="0">
-      <selection activeCell="H34" sqref="H34"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="B14" zoomScale="85" zoomScaleNormal="70" zoomScaleSheetLayoutView="85" workbookViewId="0">
+      <selection activeCell="I34" sqref="I34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="20.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.5703125" customWidth="1"/>
     <col min="2" max="2" width="5.28515625" customWidth="1"/>
-    <col min="3" max="3" width="13.42578125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="10" max="13" width="20.140625" hidden="1" customWidth="1"/>
+    <col min="3" max="3" width="13.7109375" customWidth="1"/>
+    <col min="7" max="7" width="23.140625" customWidth="1"/>
+    <col min="8" max="8" width="20.85546875" customWidth="1"/>
+    <col min="9" max="11" width="16" customWidth="1"/>
+    <col min="14" max="14" width="22.85546875" customWidth="1"/>
+    <col min="16" max="16" width="30" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="43" t="s">
+    <row r="1" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="40" t="s">
+        <v>93</v>
+      </c>
+      <c r="B1" s="40"/>
+      <c r="C1" s="40"/>
+      <c r="D1" s="40"/>
+      <c r="E1" s="40"/>
+      <c r="F1" s="10"/>
+      <c r="G1" s="10"/>
+    </row>
+    <row r="2" spans="1:16" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="41" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" s="41"/>
+      <c r="C2" s="41"/>
+      <c r="D2" s="41"/>
+      <c r="E2" s="41"/>
+      <c r="F2" s="41"/>
+      <c r="G2" s="41"/>
+    </row>
+    <row r="3" spans="1:16" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="39" t="s">
+        <v>11</v>
+      </c>
+      <c r="B3" s="2"/>
+      <c r="C3" s="18"/>
+      <c r="D3" s="19" t="s">
+        <v>37</v>
+      </c>
+      <c r="E3" s="20" t="s">
+        <v>38</v>
+      </c>
+      <c r="F3" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="G3" s="20" t="s">
+        <v>61</v>
+      </c>
+      <c r="H3" s="32" t="s">
+        <v>62</v>
+      </c>
+      <c r="I3" s="32" t="s">
+        <v>63</v>
+      </c>
+      <c r="J3" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K3" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="L3" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="M3" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="N3" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="O3" s="18" t="s">
+        <v>30</v>
+      </c>
+      <c r="P3" s="20" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A4" s="39"/>
+      <c r="B4" s="17">
+        <v>1</v>
+      </c>
+      <c r="C4" s="17" t="s">
+        <v>52</v>
+      </c>
+      <c r="D4" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H4" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="J4" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K4" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="L4" s="21" t="s">
+        <v>5</v>
+      </c>
+      <c r="M4" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="N4" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="O4" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="B1" s="43"/>
-[...13 lines deleted...]
-      <c r="A2" s="44" t="s">
+      <c r="P4" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A5" s="39"/>
+      <c r="B5" s="17">
+        <v>2</v>
+      </c>
+      <c r="C5" s="17" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="E5" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="G5" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="J5" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="K5" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="L5" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="M5" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="N5" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="O5" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="P5" s="6" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A6" s="39"/>
+      <c r="B6" s="17">
+        <v>3</v>
+      </c>
+      <c r="C6" s="17" t="s">
+        <v>54</v>
+      </c>
+      <c r="D6" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="J6" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K6" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="L6" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="M6" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="N6" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O6" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="P6" s="6" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A7" s="39"/>
+      <c r="B7" s="17">
+        <v>4</v>
+      </c>
+      <c r="C7" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="D7" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="J7" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="K7" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="L7" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="M7" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="N7" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="O7" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="P7" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="39"/>
+      <c r="B8" s="17">
+        <v>5</v>
+      </c>
+      <c r="C8" s="17" t="s">
+        <v>56</v>
+      </c>
+      <c r="D8" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E8" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="G8" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="J8" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="K8" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="L8" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="M8" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="N8" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="O8" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="P8" s="6" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A9" s="39"/>
+      <c r="B9" s="17">
+        <v>6</v>
+      </c>
+      <c r="C9" s="33" t="s">
+        <v>57</v>
+      </c>
+      <c r="D9" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="E9" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="G9" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="J9" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="K9" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="L9" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="M9" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N9" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="O9" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="P9" s="2" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16" s="11" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="42"/>
+      <c r="B10" s="24">
+        <v>7</v>
+      </c>
+      <c r="C10" s="24" t="s">
+        <v>58</v>
+      </c>
+      <c r="D10" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="E10" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="F10" s="12"/>
+      <c r="G10" s="12" t="s">
+        <v>84</v>
+      </c>
+      <c r="H10" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="I10" s="12" t="s">
+        <v>41</v>
+      </c>
+      <c r="J10" s="8"/>
+      <c r="K10" s="3"/>
+      <c r="L10" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="M10" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="N10" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="O10" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="P10" s="8"/>
+    </row>
+    <row r="11" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A11" s="43" t="s">
+        <v>2</v>
+      </c>
+      <c r="B11" s="25">
+        <v>1</v>
+      </c>
+      <c r="C11" s="17" t="s">
+        <v>52</v>
+      </c>
+      <c r="D11" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="E11" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="F11" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" s="23" t="s">
+        <v>8</v>
+      </c>
+      <c r="H11" s="23" t="s">
+        <v>7</v>
+      </c>
+      <c r="I11" s="23" t="s">
+        <v>51</v>
+      </c>
+      <c r="J11" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="K11" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="L11" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="M11" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="N11" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="O11" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="P11" s="9" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A12" s="39"/>
+      <c r="B12" s="17">
+        <v>2</v>
+      </c>
+      <c r="C12" s="17" t="s">
+        <v>53</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E12" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="G12" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H12" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="J12" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="K12" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="L12" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="M12" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="N12" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="O12" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="P12" s="6" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A13" s="39"/>
+      <c r="B13" s="17">
+        <v>3</v>
+      </c>
+      <c r="C13" s="17" t="s">
+        <v>54</v>
+      </c>
+      <c r="D13" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F13" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G13" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H13" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="I13" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="J13" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K13" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="L13" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="M13" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="N13" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="O13" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="P13" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="39"/>
+      <c r="B14" s="17">
+        <v>4</v>
+      </c>
+      <c r="C14" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="D14" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="E14" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="F14" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="H14" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="I14" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="J14" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="K14" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="L14" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="M14" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="N14" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="O14" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="P14" s="6" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="39"/>
+      <c r="B15" s="17">
+        <v>5</v>
+      </c>
+      <c r="C15" s="17" t="s">
+        <v>56</v>
+      </c>
+      <c r="D15" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="E15" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="F15" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="G15" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="H15" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I15" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="J15" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="K15" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="L15" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="M15" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="N15" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="O15" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="P15" s="6" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="39"/>
+      <c r="B16" s="17">
+        <v>6</v>
+      </c>
+      <c r="C16" s="33" t="s">
+        <v>57</v>
+      </c>
+      <c r="D16" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F16" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="H16" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="I16" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="J16" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="L16" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="M16" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="N16" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="O16" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="P16" s="6" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16" s="11" customFormat="1" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="42"/>
+      <c r="B17" s="26">
+        <v>7</v>
+      </c>
+      <c r="C17" s="24" t="s">
+        <v>58</v>
+      </c>
+      <c r="D17" s="22" t="s">
+        <v>78</v>
+      </c>
+      <c r="E17" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="F17" s="22" t="s">
+        <v>81</v>
+      </c>
+      <c r="G17" s="22" t="s">
+        <v>44</v>
+      </c>
+      <c r="H17" s="12"/>
+      <c r="I17" s="5"/>
+      <c r="J17" s="16"/>
+      <c r="K17" s="22"/>
+      <c r="L17" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="M17" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="N17" s="16"/>
+      <c r="O17" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="P17" s="34"/>
+    </row>
+    <row r="18" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A18" s="44" t="s">
+        <v>3</v>
+      </c>
+      <c r="B18" s="25">
+        <v>1</v>
+      </c>
+      <c r="C18" s="17" t="s">
+        <v>52</v>
+      </c>
+      <c r="D18" s="15" t="s">
+        <v>42</v>
+      </c>
+      <c r="E18" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="F18" s="23" t="s">
+        <v>7</v>
+      </c>
+      <c r="G18" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="H18" s="23" t="s">
+        <v>47</v>
+      </c>
+      <c r="I18" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="J18" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="K18" s="7" t="s">
+        <v>91</v>
+      </c>
+      <c r="L18" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="M18" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="N18" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="O18" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="P18" s="9" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A19" s="39"/>
+      <c r="B19" s="17">
+        <v>2</v>
+      </c>
+      <c r="C19" s="17" t="s">
+        <v>53</v>
+      </c>
+      <c r="D19" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F19" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G19" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="H19" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="J19" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="K19" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="L19" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="M19" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N19" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O19" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="P19" s="6" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A20" s="39"/>
+      <c r="B20" s="17">
+        <v>3</v>
+      </c>
+      <c r="C20" s="17" t="s">
+        <v>54</v>
+      </c>
+      <c r="D20" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F20" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="G20" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="H20" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="J20" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="K20" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L20" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="M20" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="N20" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="O20" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="P20" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A21" s="39"/>
+      <c r="B21" s="17">
+        <v>4</v>
+      </c>
+      <c r="C21" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="D21" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E21" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F21" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G21" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H21" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="J21" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="K21" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="L21" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="M21" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="N21" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="O21" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="P21" s="6" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A22" s="39"/>
+      <c r="B22" s="17">
+        <v>5</v>
+      </c>
+      <c r="C22" s="17" t="s">
+        <v>56</v>
+      </c>
+      <c r="D22" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="E22" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F22" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="H22" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="J22" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="K22" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="L22" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="M22" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="N22" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="O22" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="P22" s="6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="39"/>
+      <c r="B23" s="17">
+        <v>6</v>
+      </c>
+      <c r="C23" s="33" t="s">
+        <v>57</v>
+      </c>
+      <c r="D23" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E23" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="G23" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="H23" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="J23" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K23" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="L23" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="M23" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="N23" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="O23" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="P23" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16" s="11" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="39"/>
+      <c r="B24" s="24">
+        <v>7</v>
+      </c>
+      <c r="C24" s="24" t="s">
+        <v>58</v>
+      </c>
+      <c r="D24" s="8"/>
+      <c r="E24" s="8"/>
+      <c r="F24" s="12" t="s">
+        <v>44</v>
+      </c>
+      <c r="G24" s="12" t="s">
+        <v>84</v>
+      </c>
+      <c r="H24" s="12"/>
+      <c r="I24" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="J24" s="3"/>
+      <c r="K24" s="3"/>
+      <c r="L24" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B2" s="44"/>
-[...13 lines deleted...]
-      <c r="A3" s="42" t="s">
+      <c r="M24" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N24" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B3" s="2"/>
-[...1 lines deleted...]
-      <c r="D3" s="17" t="s">
+      <c r="O24" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="P24" s="8" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A25" s="39" t="s">
         <v>0</v>
       </c>
-      <c r="E3" s="17" t="s">
+      <c r="B25" s="25">
+        <v>1</v>
+      </c>
+      <c r="C25" s="17" t="s">
+        <v>52</v>
+      </c>
+      <c r="D25" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="E25" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="F25" s="23" t="s">
+        <v>41</v>
+      </c>
+      <c r="G25" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="H25" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="I25" s="23" t="s">
+        <v>51</v>
+      </c>
+      <c r="J25" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="K25" s="23" t="s">
+        <v>91</v>
+      </c>
+      <c r="L25" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M25" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="N25" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="O25" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="P25" s="9" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A26" s="39"/>
+      <c r="B26" s="17">
+        <v>2</v>
+      </c>
+      <c r="C26" s="17" t="s">
+        <v>53</v>
+      </c>
+      <c r="D26" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="F26" s="35" t="s">
+        <v>32</v>
+      </c>
+      <c r="G26" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H26" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="J26" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="K26" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="L26" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M26" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="N26" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="O26" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="P26" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="F3" s="39" t="s">
-[...2 lines deleted...]
-      <c r="G3" s="39" t="s">
+    </row>
+    <row r="27" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A27" s="39"/>
+      <c r="B27" s="17">
+        <v>3</v>
+      </c>
+      <c r="C27" s="17" t="s">
+        <v>54</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="F27" s="35" t="s">
+        <v>39</v>
+      </c>
+      <c r="G27" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H27" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="I27" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="J27" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="K27" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="L27" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="M27" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="N27" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="O27" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="P27" s="6" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A28" s="39"/>
+      <c r="B28" s="17">
+        <v>4</v>
+      </c>
+      <c r="C28" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="D28" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="E28" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F28" s="35" t="s">
+        <v>33</v>
+      </c>
+      <c r="G28" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="H28" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="I28" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="J28" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="K28" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="L28" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="M28" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="N28" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="O28" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="P28" s="6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A29" s="39"/>
+      <c r="B29" s="17">
+        <v>5</v>
+      </c>
+      <c r="C29" s="17" t="s">
+        <v>56</v>
+      </c>
+      <c r="D29" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E29" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="F29" s="35" t="s">
+        <v>46</v>
+      </c>
+      <c r="G29" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="H29" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="I29" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="J29" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="K29" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="L29" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="M29" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="N29" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="O29" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="P29" s="6" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A30" s="39"/>
+      <c r="B30" s="17">
+        <v>6</v>
+      </c>
+      <c r="C30" s="33" t="s">
+        <v>57</v>
+      </c>
+      <c r="D30" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="E30" s="6"/>
+      <c r="F30" s="36" t="s">
+        <v>6</v>
+      </c>
+      <c r="G30" s="5"/>
+      <c r="H30" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="I30" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="H3" s="18" t="s">
-[...10 lines deleted...]
-      <c r="B4" s="16">
+      <c r="J30" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="K30" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="L30" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="M30" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="N30" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="O30" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="P30" s="6" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="39"/>
+      <c r="B31" s="28"/>
+      <c r="C31" s="24" t="s">
+        <v>58</v>
+      </c>
+      <c r="D31" s="30"/>
+      <c r="E31" s="30"/>
+      <c r="F31" s="35"/>
+      <c r="G31" s="6"/>
+      <c r="H31" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="I31" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="J31" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="K31" s="8" t="s">
+        <v>75</v>
+      </c>
+      <c r="L31" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="M31" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="N31" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="O31" s="29"/>
+      <c r="P31" s="8"/>
+    </row>
+    <row r="32" spans="1:16" s="11" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="39"/>
+      <c r="B32" s="24">
+        <v>7</v>
+      </c>
+      <c r="C32" s="26"/>
+      <c r="D32" s="12"/>
+      <c r="E32" s="8"/>
+      <c r="F32" s="37"/>
+      <c r="G32" s="12"/>
+      <c r="H32" s="12"/>
+      <c r="I32" s="12"/>
+      <c r="O32" s="8"/>
+    </row>
+    <row r="33" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="38" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="24" t="s">
+      <c r="B33" s="14">
+        <v>1</v>
+      </c>
+      <c r="C33" s="17" t="s">
+        <v>52</v>
+      </c>
+      <c r="D33" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="E33" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="F33" s="31" t="s">
+        <v>43</v>
+      </c>
+      <c r="G33" s="31" t="s">
+        <v>77</v>
+      </c>
+      <c r="H33" s="31" t="s">
+        <v>43</v>
+      </c>
+      <c r="I33" s="31" t="s">
+        <v>6</v>
+      </c>
+      <c r="J33" s="9" t="s">
+        <v>74</v>
+      </c>
+      <c r="K33" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="L33" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="M33" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="N33" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="O33" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="P33" s="9" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="34" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A34" s="38"/>
+      <c r="B34" s="20">
+        <v>2</v>
+      </c>
+      <c r="C34" s="17" t="s">
+        <v>53</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F34" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G34" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H34" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="I34" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="J34" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="K34" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="L34" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="M34" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="N34" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="O34" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="P34" s="6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="35" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A35" s="38"/>
+      <c r="B35" s="20">
+        <v>3</v>
+      </c>
+      <c r="C35" s="17" t="s">
+        <v>54</v>
+      </c>
+      <c r="D35" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="F35" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="G35" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="H35" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="I35" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="J35" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="K35" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="L35" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="M35" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="N35" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="O35" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="P35" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="36" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="38"/>
+      <c r="B36" s="20">
+        <v>4</v>
+      </c>
+      <c r="C36" s="17" t="s">
         <v>55</v>
       </c>
-      <c r="D4" s="20" t="s">
-[...5 lines deleted...]
-      <c r="F4" s="31" t="s">
+      <c r="D36" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E36" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="F36" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="G36" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="H36" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="I36" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="J36" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="K36" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="L36" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="M36" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="N36" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="O36" s="8" t="s">
+        <v>5</v>
+      </c>
+      <c r="P36" s="6" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="37" spans="1:17" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="38"/>
+      <c r="B37" s="20">
+        <v>5</v>
+      </c>
+      <c r="C37" s="17" t="s">
+        <v>56</v>
+      </c>
+      <c r="D37" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="E37" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="F37" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="G37" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="H37" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="I37" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="G4" s="5" t="s">
+      <c r="J37" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="K37" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="H4" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I4" s="5" t="s">
+      <c r="L37" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="M37" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="N37" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O37" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="P37" s="6" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="38" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="38"/>
+      <c r="B38" s="20">
+        <v>6</v>
+      </c>
+      <c r="C38" s="33" t="s">
+        <v>57</v>
+      </c>
+      <c r="D38" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E38" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="F38" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="J4" s="10"/>
-[...62 lines deleted...]
-      <c r="B7" s="16">
+      <c r="G38" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="H38" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="I38" s="5"/>
+      <c r="J38" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K38" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="L38" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="M38" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="N38" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="O38" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="C7" s="24" t="s">
+      <c r="P38" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q38" s="8"/>
+    </row>
+    <row r="39" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="38"/>
+      <c r="B39" s="27">
+        <v>7</v>
+      </c>
+      <c r="C39" s="24" t="s">
         <v>58</v>
       </c>
-      <c r="D7" s="2" t="s">
-[...28 lines deleted...]
-      <c r="D8" s="2" t="s">
+      <c r="D39" s="8"/>
+      <c r="E39" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="F39" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="G39" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="H39" s="5"/>
+      <c r="I39" s="5"/>
+      <c r="J39" s="5"/>
+      <c r="K39" s="5"/>
+      <c r="L39" s="6"/>
+      <c r="M39" s="8"/>
+      <c r="N39" s="8" t="s">
         <v>21</v>
       </c>
-      <c r="E8" s="2" t="s">
-[...827 lines deleted...]
-      <c r="J39" s="10"/>
+      <c r="O39" s="8"/>
+      <c r="P39" s="8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="40" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="C40" s="10"/>
+      <c r="D40" s="10"/>
+      <c r="E40" s="10"/>
+    </row>
+    <row r="41" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="E41" s="10"/>
     </row>
   </sheetData>
   <mergeCells count="7">
-    <mergeCell ref="A32:A39"/>
-[...2 lines deleted...]
-    <mergeCell ref="A2:M2"/>
+    <mergeCell ref="A33:A39"/>
+    <mergeCell ref="A25:A32"/>
+    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:A10"/>
     <mergeCell ref="A11:A17"/>
     <mergeCell ref="A18:A24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="97" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Именованные диапазоны</vt:lpstr>
       </vt:variant>