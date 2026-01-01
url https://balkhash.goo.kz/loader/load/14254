--- v0 (2025-12-07)
+++ v1 (2026-01-01)
@@ -1,172 +1,161 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="000802F7" w:rsidRDefault="000802F7" w:rsidP="000802F7">
+    <w:p w:rsidR="007A5963" w:rsidRPr="00B80CBC" w:rsidRDefault="00B80CBC" w:rsidP="00B80CBC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B80CBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КОНКУРС РИСУНКОВ С ДЕТЬМИ НА ТЕМУ «БЫТЬ ЧЕСТНЫМ И ЛЮБИТЬ РОДИНУ»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B80CBC" w:rsidRPr="00B80CBC" w:rsidRDefault="00B80CBC" w:rsidP="00B80CBC">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00B80CBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10D015B7" wp14:editId="19DDB738">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7AC39F77" wp14:editId="3DC9809B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-372745</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
-              <wp:posOffset>1195705</wp:posOffset>
+              <wp:posOffset>1124585</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="6478270" cy="4690745"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:extent cx="6412230" cy="4643120"/>
+            <wp:effectExtent l="0" t="0" r="7620" b="5080"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="1640950913_14-flomaster-club-p-risunok-na-temu-chestnost-krasivie-risunki-14.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6478270" cy="4690745"/>
+                      <a:ext cx="6412230" cy="4643120"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="002C584C" w:rsidRPr="002C584C">
-[...28 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="000802F7" w:rsidRPr="000802F7" w:rsidRDefault="000802F7" w:rsidP="000802F7">
+    <w:p w:rsidR="00B80CBC" w:rsidRPr="00B80CBC" w:rsidRDefault="00B80CBC" w:rsidP="00B80CBC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="000802F7" w:rsidRPr="000802F7">
+    <w:sectPr w:rsidR="00B80CBC" w:rsidRPr="00B80CBC">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -178,55 +167,54 @@
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00682F5A"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00682F5A"/>
+    <w:rsidRoot w:val="001536A7"/>
+    <w:rsid w:val="001536A7"/>
+    <w:rsid w:val="007A5963"/>
+    <w:rsid w:val="00B80CBC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -404,67 +392,67 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000802F7"/>
+    <w:rsid w:val="00B80CBC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="000802F7"/>
+    <w:rsid w:val="00B80CBC"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -624,67 +612,67 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000802F7"/>
+    <w:rsid w:val="00B80CBC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="000802F7"/>
+    <w:rsid w:val="00B80CBC"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
@@ -952,53 +940,53 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>10</Words>
-  <Characters>62</Characters>
+  <Characters>58</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>71</CharactersWithSpaces>
+  <CharactersWithSpaces>67</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>