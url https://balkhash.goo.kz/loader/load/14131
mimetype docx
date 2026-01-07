--- v0 (2025-12-11)
+++ v1 (2026-01-07)
@@ -461,276 +461,50 @@
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">» әңгімесі желісімен </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00850701">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="262626"/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>буктрейлер</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00850701">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="262626"/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> ұсынды.</w:t>
-      </w:r>
-[...224 lines deleted...]
-        <w:t>».</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EB7819" w:rsidRPr="00EB7819" w:rsidRDefault="00EB7819" w:rsidP="00EB7819">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB7819">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>#oqu_agartu_ministrligi;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EB7819" w:rsidRPr="00EB7819" w:rsidRDefault="00EB7819" w:rsidP="00EB7819">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB7819">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
@@ -893,50 +667,52 @@
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00D04E7C">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="262626"/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="262626"/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D04E7C" w:rsidRPr="00D04E7C">
         <w:rPr>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="262626"/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3219450" cy="2693338"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="5" name="Рисунок 5" descr="D:\Системный\Downloads\WhatsApp Image 2023-02-27 at 14.24.02.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -1134,64 +910,61 @@
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A645AC"/>
     <w:rsid w:val="000270B6"/>
     <w:rsid w:val="00111565"/>
     <w:rsid w:val="00117C58"/>
     <w:rsid w:val="001B7C27"/>
     <w:rsid w:val="00224A82"/>
-    <w:rsid w:val="002C7540"/>
     <w:rsid w:val="002E554C"/>
     <w:rsid w:val="003E7956"/>
     <w:rsid w:val="0040563B"/>
     <w:rsid w:val="00433031"/>
     <w:rsid w:val="00773B0A"/>
     <w:rsid w:val="00801240"/>
     <w:rsid w:val="00850701"/>
     <w:rsid w:val="00856423"/>
     <w:rsid w:val="00925B51"/>
-    <w:rsid w:val="009B34D7"/>
     <w:rsid w:val="00A645AC"/>
     <w:rsid w:val="00B76F2B"/>
-    <w:rsid w:val="00C63BA8"/>
     <w:rsid w:val="00D04E7C"/>
     <w:rsid w:val="00DE6D22"/>
     <w:rsid w:val="00EA0F11"/>
     <w:rsid w:val="00EB7819"/>
     <w:rsid w:val="00FC7ACD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -2126,70 +1899,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>172</Words>
-  <Characters>985</Characters>
+  <Words>108</Words>
+  <Characters>618</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>5</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1155</CharactersWithSpaces>
+  <CharactersWithSpaces>725</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>