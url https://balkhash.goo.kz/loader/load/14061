--- v0 (2025-12-10)
+++ v1 (2026-01-12)
@@ -1,299 +1,327 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:body>
-    <w:p w14:paraId="2F556A7D" w14:textId="541450D0" w:rsidR="00C82E1D" w:rsidRPr="004F1B4C" w:rsidRDefault="0032114B" w:rsidP="00B47A15">
+    <w:p w14:paraId="2F556A7D" w14:textId="617343E1" w:rsidR="00C82E1D" w:rsidRPr="004F1B4C" w:rsidRDefault="000F5539" w:rsidP="000F5539">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2023 ж қаңтар айының ҰБТ қортындысы</w:t>
+        <w:t>Итоги ЕНТ январь 2023</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="15715" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="545"/>
         <w:gridCol w:w="2883"/>
         <w:gridCol w:w="2023"/>
         <w:gridCol w:w="1604"/>
         <w:gridCol w:w="1834"/>
         <w:gridCol w:w="2196"/>
         <w:gridCol w:w="2424"/>
         <w:gridCol w:w="2206"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CF533F" w:rsidRPr="00B47A15" w14:paraId="09D2A30F" w14:textId="40140350" w:rsidTr="004F1B4C">
+      <w:tr w:rsidR="000F5539" w:rsidRPr="00B47A15" w14:paraId="09D2A30F" w14:textId="40140350" w:rsidTr="004F1B4C">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AE2FAEC" w14:textId="77777777" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
+          <w:p w14:paraId="7AE2FAEC" w14:textId="4ECEC5A6" w:rsidR="000F5539" w:rsidRPr="00B47A15" w:rsidRDefault="000F5539" w:rsidP="000F5539">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2883" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70C134CE" w14:textId="30A287B0" w:rsidR="00CF533F" w:rsidRPr="00110E53" w:rsidRDefault="00E45877" w:rsidP="00B47A15">
-[...19 lines deleted...]
-              <w:t>жөні</w:t>
+          <w:p w14:paraId="70C134CE" w14:textId="15858C99" w:rsidR="000F5539" w:rsidRPr="00110E53" w:rsidRDefault="000F5539" w:rsidP="000F5539">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47A15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ФИО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2023" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F13B374" w14:textId="41B0CF21" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00E45877" w:rsidP="00B47A15">
+          <w:p w14:paraId="3F13B374" w14:textId="7804B73D" w:rsidR="000F5539" w:rsidRPr="00B47A15" w:rsidRDefault="000F5539" w:rsidP="000F5539">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00461540">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>История Казахстана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1604" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71D84347" w14:textId="7AA8ABFA" w:rsidR="000F5539" w:rsidRPr="00B47A15" w:rsidRDefault="000F5539" w:rsidP="000F5539">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00461540">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">грамотность </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ч</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00461540">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1834" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1099E857" w14:textId="33DA81DE" w:rsidR="000F5539" w:rsidRPr="00B47A15" w:rsidRDefault="000F5539" w:rsidP="000F5539">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00461540">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Математическая грамотность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2196" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B731AA8" w14:textId="235C30B7" w:rsidR="000F5539" w:rsidRPr="00B47A15" w:rsidRDefault="000F5539" w:rsidP="000F5539">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қаз.тарих</w:t>
-[...32 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> предмет 4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2424" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04BB2D25" w14:textId="12A03F9D" w:rsidR="000F5539" w:rsidRPr="00B47A15" w:rsidRDefault="000F5539" w:rsidP="000F5539">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2 предмет 4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> б</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2206" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ACFDB18" w14:textId="4B1F6F63" w:rsidR="000F5539" w:rsidRPr="00B47A15" w:rsidRDefault="000F5539" w:rsidP="000F5539">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Всего</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00E45877">
-[...109 lines deleted...]
-              <w:t>Барлығы</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> б</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F1B4C" w:rsidRPr="00B47A15" w14:paraId="79C8E7BE" w14:textId="7315090C" w:rsidTr="004F1B4C">
         <w:trPr>
           <w:trHeight w:val="579"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="545" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70C62C05" w14:textId="77777777" w:rsidR="004F1B4C" w:rsidRPr="00B47A15" w:rsidRDefault="004F1B4C" w:rsidP="004F1B4C">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
@@ -3184,55 +3212,55 @@
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:zoom w:percent="100"/>
   <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00512BEB"/>
     <w:rsid w:val="00026B17"/>
+    <w:rsid w:val="000F5539"/>
     <w:rsid w:val="00110E53"/>
     <w:rsid w:val="001224DD"/>
     <w:rsid w:val="00123FA0"/>
     <w:rsid w:val="001733E6"/>
-    <w:rsid w:val="0032114B"/>
     <w:rsid w:val="0046460C"/>
     <w:rsid w:val="00477CBF"/>
     <w:rsid w:val="0049080D"/>
     <w:rsid w:val="00491E8A"/>
     <w:rsid w:val="004D3841"/>
     <w:rsid w:val="004F1B4C"/>
     <w:rsid w:val="005012C8"/>
     <w:rsid w:val="00512BEB"/>
     <w:rsid w:val="007116B4"/>
     <w:rsid w:val="007573A3"/>
     <w:rsid w:val="00793301"/>
     <w:rsid w:val="00811A96"/>
     <w:rsid w:val="00895F4F"/>
     <w:rsid w:val="00A6456B"/>
     <w:rsid w:val="00B41241"/>
     <w:rsid w:val="00B47A15"/>
     <w:rsid w:val="00B821FE"/>
     <w:rsid w:val="00C82E1D"/>
     <w:rsid w:val="00CF533F"/>
     <w:rsid w:val="00D4186A"/>
     <w:rsid w:val="00E208F6"/>
     <w:rsid w:val="00E45877"/>
     <w:rsid w:val="00F75C48"/>
     <w:rsid w:val="00FB1AF1"/>
     <w:rsid w:val="00FF2623"/>
@@ -4004,71 +4032,71 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E9C1868-EDFF-40B4-A595-0AF2427C6CCA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>754</Characters>
+  <Pages>2</Pages>
+  <Words>136</Words>
+  <Characters>776</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>885</CharactersWithSpaces>
+  <CharactersWithSpaces>911</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Дина</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>