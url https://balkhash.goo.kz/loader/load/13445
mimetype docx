--- v0 (2025-12-08)
+++ v1 (2026-01-02)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0d5051b" w14:textId="0d5051b">
+    <w:p w14:paraId="aefb632" w14:textId="aefb632">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,470 +76,333 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Білім беру саласындағы ақпараттандыру объектілеріне қойылатын ең төменгі талаптарды бекіту туралы</w:t>
-[...16 lines deleted...]
-        <w:t>Қазақстан Республикасы Оқу-ағарту министрінің 2022 жылғы 14 қарашадағы № 456 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 15 қарашада № 30534 болып тіркелді</w:t>
+        <w:t>Об утверждении минимальных требований к объектам информатизации в области образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра просвещения Республики Казахстан от 14 ноября 2022 года № 456. Зарегистрирован в Министерстве юстиции Республики Казахстан 15 ноября 2022 года № 30534</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Осы бұйрықтың қолданысқа енгізілу тәртібін </w:t>
-      </w:r>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>4 т</w:t>
+        <w:t xml:space="preserve">Порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>. қараңыз</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t>п.4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Білім туралы" Қазақстан Республикасы Заңының 5-бабының </w:t>
-[...39 lines deleted...]
-    </w:p>
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 4-3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан "Об образовании", ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы бұйрықтың қосымшасына сәйкес білім беру саласындағы ақпараттандыру объектілеріне қойылатын ең төменгі </w:t>
-[...38 lines deleted...]
-      2. Цифрлық даму және мемлекеттік қызмет көрсетуді автоматтандыру департаменті заңнамада белгіленген тәртіппен:</w:t>
+      1. Утвердить минимальные требования к объектам информатизации в области образования согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
-[...15 lines deleted...]
-      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Департаменту цифрового развития и автоматизации государственных услуг в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
-[...15 lines deleted...]
-      2) осы бұйрықты ресми жарияланғаннан кейін Қазақстан Республикасы Оқу-ағарту министрлігінің интернет-ресурсында орналастыруды;</w:t>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p>
-[...91 lines deleted...]
-      3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасының Оқу-ағарту вице-министрі А. Б. Ілиясовқа жүктелсін.</w:t>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) размещение настоящего приказа на интернет-ресурсе Министерства просвещения Республики Казахстан после его официального опубликования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p>
-[...54 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Юридический департамент Министерства просвещения Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контроль за исполнением настоящего приказа возложить на вице-министра просвещения Республики Казахстан Ильясова А.Б.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования за исключением подпункта 2) пункта 33 минимальных требований к объектам информатизации в области образования, который вводится в действие с 1 января 2024 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -555,75 +418,92 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Қазақстан Республикасының </w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министр просвещения</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Оқу-ағарту министрі</w:t>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -725,4025 +605,3782 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>Приложение к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Оқу-ағарту министрі</w:t>
+              <w:t>Министр просвещения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2022 жылғы 14 қарашадағы</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 456 бұйрыққа</w:t>
-[...12 lines deleted...]
-              <w:t>қосымша</w:t>
+              <w:t>от 14 ноября 2022 года № 456</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:bookmarkStart w:name="z14" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Білім беру саласындағы ақпараттандыру объектілеріне қойылатын ең төменгі талаптар</w:t>
-[...59 lines deleted...]
-      1) ақпараттандыру объектілері - электрондық ақпараттық ресурстар, бағдарламалық қамтамасыз ету, интернет-ресурс, ақпараттық-коммуникациялық инфрақұрылым;</w:t>
+        <w:t xml:space="preserve"> Минимальные требования к объектам информатизации в области образования</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
-[...15 lines deleted...]
-      2) оқуды басқару жүйесі (Learning Management System – LMS (ЛҰнинг менеджмент систем – ЛМС)) - оқу процесін басқаруды автоматтандыруға арналған бағдарламалық қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Официальный интернет-ресурс организации дошкольного воспитания и обучения, среднего (начального, основного среднего и общего среднего), в том числе специального и специализированного, технического и профессионального, послесреднего образования, используется с доменным именем третьего уровня в зоне edu.kz.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
-[...15 lines deleted...]
-      3) Қазақстан Республикасының Ұлттық куәландырушы орталығы (бұдан әрі – ҚР ҰКО) – мемлекеттік және мемлекеттік емес ақпараттық жүйелерде электрондық құжаттарды қалыптастыру үшін жеке немесе заңды тұлғаларға электрондық цифрлық қолтаңба құралдарын және тіркеу куәліктерін беретін куәландырушы орталық;</w:t>
+    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Основные понятия, используемые в настоящих минимальных требованиях к объектам информатизации в области образования:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
-[...15 lines deleted...]
-      4) цифрлық білім беру ресурсы - оқытуды интерактивті нысанда қамтамасыз ететін оқытылатын бағыттар және (немесе) модульдер бойынша дидактикалық материалдар: фотосуреттер, бейнефрагменттер, статикалық және динамикалық модельдер, виртуалды шындық және интерактивті модельдеу объектілері, дыбыс жазбалары және өзге де цифрлық оқу материалдары;</w:t>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) объекты информатизации – электронные информационные ресурсы, программное обеспечение, интернет-ресурс и информационно-коммуникационная инфраструктура;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
-[...15 lines deleted...]
-      5) электрондық цифрлық қолтаңба (бұдан әрі – ЭЦҚ) – электрондық цифрлық қолтаңба құралдарымен жасалған және электрондық құжаттың анықтығын, оның тиесілілігін және мазмұнының өзгермейтіндігін растайтын электрондық цифрлық нышандар жиынтығы.</w:t>
+    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) система управления обучением (Learning management system – LMS (Ленинг менеджмент систем – ЛМС)) – объект информатизации для автоматизации управления учебным процессом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:p>
-[...74 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z19" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Білім беру саласындағы ақпараттандыру объектілері интернет желісіне қолжетімділігі бар мектепке дейінгі тәрбие мен оқыту, орта (бастауыш, негізгі орта және жалпы орта), оның ішінде арнайы және мамандандырылған, техникалық және кәсіптік, орта білімнен кейінгі және қосымша білім беру ұйымдарында пайдаланылады.</w:t>
+      3) национальный удостоверяющий центр Республики Казахстан (далее – НУЦ РК) – удостоверяющий центр, предоставляющий средства электронной цифровой подписи и регистрационные свидетельства физическим или юридическим лицам для формирования электронных документов в государственных и негосударственных информационных системах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z20" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Білім беру саласындағы ақпараттандыру объектілерінде олардың функционалы бойынша мынадай ең төменгі талаптар болады:</w:t>
+      4) цифровой образовательный ресурс – дидактические материалы по изучаемым дисциплинам и (или) модулям, обеспечивающие обучение в интерактивной форме: фотографии, видеофрагменты, статические и динамические модели, объекты виртуальной реальности и интерактивного моделирования, звукозаписи и иные цифровые учебные материалы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) деректер базасын интеграциялау деңгейінде деректерді беру әдісін пайдалана отырып web (веб) – сервистерді пайдаланумен қоса деректерді ұсыну;</w:t>
+      5) электронная цифровая подпись (далее – ЭЦП) – набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z22" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2) web (веб) - интерфейске бағдарланған стандартталған хаттамалар бойынша барлық маңызды функционалдылыққа қол жеткізуді қамтамасыз ету;</w:t>
+        <w:t xml:space="preserve">
+      3. Объект информатизации в области образования, используемый в организациях дошкольного воспитания и обучения, среднего (начального, основного среднего и общего среднего), в том числе специального и специализированного, технического и профессионального, послесреднего и дополнительного образования, размещается в серверном помещении (центр обработки данных) находящийся на территории Республики Казахстан, с принятием мер по защите персональных данных в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О персональных данных и их защите", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 3 сентября 2013 года№ 909 "Об утверждении Правил осуществления собственником и (или) оператором, а также третьим лицом мер по защите персональных данных", по резервному копированию и хранению информации, бесперебойному функционированию в соответствии с международным стандартом ISO/IEC 27001, ISO/IEC 27002, а также обеспечению круглосуточного доступа, за исключением проведения профилактических и технических работ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) пайдаланушының өз компьютерін басқаруын жоғалтуына әкеп соғатын бағдарламалық компоненттерді немесе деректерді пайдаланушының компьютеріне жазуды алып тастау;</w:t>
+      4. Объекты информатизации в области образования используются в организациях дошкольного воспитания и обучения, среднего (начального, основного среднего и общего среднего), в том числе специального и специализированного, технического и профессионального, послесреднего и дополнительного образования имеющих доступ к сети интернет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z24" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) деректер мен ақпараттық хабарламаларды ұсыну форматтарын стандарттау мен біріздендіруді қолдау;</w:t>
+      При отсутствии доступа к сети интернет используются локальные версии объектов информатизации в области образования при их наличии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) web (веб) - сервистердің жұмыс процесінде берілетін және алынатын клиенттік ақпараттың тұтастығы мен сақталуын қамтамасыз ету;</w:t>
+      5. Объекты информатизации в области образования имеют следующие минимальные требования по их функционалу:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z26" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) әртүрлі браузерлерді қолдай отырып, қосымша шолғыш параметрлерін орындамай, пайдаланушының жұмысын қамтамасыз ету;</w:t>
+      1) предоставление данных с использованием web (веб) – сервисов и метода передачи данных на уровне интеграции баз данных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z27" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) пайдаланушының тіркелу жазбасын жасау, жою және редакциялау;</w:t>
+      2) предоставление доступа ко всей значимой функциональности по стандартизованным протоколам, ориентированным на web (веб) - интерфейс;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z28" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) өзгерістер тарихын сақтай отырып, объектілердің иерархиясын және ұйымдық құрылымға тиесілігін ескере отырып, пайдаланушылардың құқықтарын рөлдер, топтар және қолжетімділік деңгейі бойынша саралау;</w:t>
+      3) исключение записи на компьютер пользователя программных компонентов или данных, влекущих к потере пользователем контроля над своим компьютером;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z29" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) бастапқы құпия сөздерді жасау және пайдаланушылардың құпия сөздерін өзгерту;</w:t>
+      4) поддержка стандартизации и унификации форматов представления данных и информационных сообщений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z30" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) білім беру саласындағы ақпараттандыру объектісіне қол жеткізу құқықтарын және ондағы іс-қимылдарды айқындау үшін пайдаланушыны авторизациялау;</w:t>
+      5) обеспечение целостности и сохранности клиентской информации, передаваемой и получаемой в процессе работы web (веб) - сервисов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z31" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) көп факторлы аутентификацияны қамтамасыз ету, бұл ретте ата-анасының және білім алушының өзге де заңды өкілінің келісімімен он алты жасқа толмаған адам (білім алушы) үшін көп факторлы аутентификация функциясын өшіруге жол беріледі;</w:t>
+      6) обеспечение работы пользователя без выполнения дополнительных настроек браузера с поддержкой различных браузеров.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z32" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12) жарамсыз кілттермен кіру әрекеттерін қарау;</w:t>
+      7) создание, удаление и редактирование учетных записей пользователей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z33" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13) дербес деректерді құру, жою және оған өзгерістер енгізу, білім беру саласындағы ақпараттандыру объектісінің сыни функцияларымен, қосымшаларымен жұмыс бойынша пайдаланушылардың іс-қимыл журналына жазу және таңдалған уақыт кезеңі ішінде нақты пайдаланушылардың іс-әрекеттерімен журналдарды (журналдарды) қарау;</w:t>
+      8) разграничение прав пользователей по ролям, группам и уровню доступа с учетом иерархии объектов и принадлежности к организационной структуре, с сохранением истории изменений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z34" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14) деректер базасын басқару жүйелерінің Оқиғалар журналына жазу;</w:t>
+      9) создание первоначальных паролей и изменение паролей пользователей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z35" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15) статистикалық есептілікті оны сақтау мүмкіндігімен қалыптастыру, оның ішінде кіші жүйелер, рөлдер, пайдаланушылар бөлінісінде есептерді қалыптастыру;</w:t>
+      10) авторизацию пользователя для определения прав доступа к объекту информатизации в области образования и действиям в нем;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z36" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16) қолжетімділігі шектеулі дербес деректердің тұтастығын бақылау құралдарын қолдану;</w:t>
+      11) обеспечение многофакторной аутентификации, при этом допускается отключение функции многофакторной аутентификации для лица (обучающегося), не достигшего шестнадцатилетнего возраста с согласия родителя и иного законного представителя обучающегося;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z37" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17) жүйелік файлдарды рұқсат етілмеген пайдаланушылар мен бағдарламалық процестердің өзгеруінен немесе бүлінуінен қорғау;</w:t>
+      12) просмотр попыток доступа с невалидными ключами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z38" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18) нақты уақыттағы мониторинг, оның ішінде процессорларды жүктеу, ақпарат тасығыштардағы бос орын көлемі, жедел жадты пайдалану көрсеткіштері, желінің жай-күйі, бағдарламалық қамтамасыз ету процестерінің жай-күйі сияқты білім беру саласындағы ақпараттандыру объектісі серверінің немесе серверлерінің (бар болса) негізгі құрылғыларының өнімділігі туралы статистикалық деректерді көрсету;</w:t>
+      13) запись в журнал действий пользователей по созданию, удалению и внесению изменений в персональные данные, по работе с критическими функциями, приложениями объекта информатизации в области образования и просмотр журналов (логов) с действиями конкретных пользователей за выбранный период времени;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z39" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19) білім беру саласындағы ақпараттандыру объектісі (процессор, диск кеңістігі, жедел жады, желі, Операциялық жүйе, бағдарламалық қамтамасыз ету) серверінің немесе серверлерінің негізгі құрылғыларымен байланысты штаттан тыс жағдайлардың туындауы туралы анықтау және хабардар ету;</w:t>
+      14) запись в журнал событий систем управления базами данных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z40" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20) білім беру саласындағы ақпараттандыру объектісінің ақпараттық қауіпсіздігі оқиғалары туралы мәліметтерді жинау (ақпаратты қорғау құралдары, бағдарламалық қамтамасыз ету, серверлік жабдық, телекоммуникациялық жабдық, деректерді сақтау жүйелерінің жабдықтары).</w:t>
+      15) формирование статистической отчетности с возможностью ее сохранения, в том числе формирование отчетов в разрезе подсистем, ролей, пользователей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z41" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Білім беру саласындағы ақпараттандыру объектісі масштабталу бойынша мынадай ең төменгі талаптарды қолдайды:</w:t>
+      16) применение средств контроля целостности персональных данных ограниченного доступа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z42" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) қосымша компоненттер мен функцияларды сатып алу немесе әзірлеу есебінен оның ағымдағы жұмыс істеу қабілетін бұзбай функционалдық ауқымдылығы;</w:t>
+      17) защиту системных файлов от изменения или повреждения неавторизованными пользователями и программными процессами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z43" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) пайдаланушылар саны, сақталатын деректер көлемі, деректермен алмасу қарқындылығы, деректерді өңдеу жылдамдығы, ұсынылатын қызметтер жиынтығы және қолжетімділікті қамтамасыз ету тәсілдері бойынша масштабталу.</w:t>
+      18) мониторинг в реальном времени, в том числе отображение статистических данных о производительности основных устройств сервера или серверов (при наличии) объекта информатизации в области образования, таких как загрузка процессоров, объем свободного места на носителях информации, показатели использования оперативной памяти, состояние сети, состояние процессов программного обеспечения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z44" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Білім беру саласындағы ақпараттандыру объектісінің архитектурасы және жекелеген компоненттерді іске асыру білім беру саласындағы ақпараттандыру объектісінің басқа кіші жүйелеріне қатысты ашықтық пен әмбебаптықты қамтамасыз етеді.</w:t>
+      19) обнаружение и оповещение о возникновении внештатных ситуациях, связанных с основными устройствами сервера или серверов (при наличии) объекта информатизации в области образования (процессор, дисковое пространство, оперативная память, сеть, операционная система, программное обеспечение);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z45" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Білім беру саласындағы ақпараттандыру объектісінің келесі нұсқалары алдыңғы нұсқалар шеңберінде қалыптастырылған электрондық ақпараттық ресурстарды пайдалануды қолдайды.</w:t>
+      20) сбор сведений о событиях информационной безопасности объекта информатизации в области образования (средств защиты информации, программного обеспечения, серверного оборудования, телекоммуникационного оборудования, оборудования систем хранения данных).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z46" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Білім беру саласындағы ақпараттандыру объектісі пайдаланушыларды сәйкестендіру, аутентификациялау және қолжетімділікті басқару құралдарын, оның ішінде бірыңғай кіру (Single Sign-On (Сингл Cайн-Он)) технологияларын қолданады, дербес деректердің және пайдаланушылар құқықтарының құпиялылық саясатын сақтайды.</w:t>
+      6. Объект информатизации в области образования поддерживает следующие минимальные требования по масштабируемости:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z47" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Білім беру саласындағы ақпараттандыру объектісінде пайдаланылатын деректер базасын басқару жүйесі деректерді шифрлауды қолдайды.</w:t>
+      1) функциональную масштабируемость за счет приобретения или разработки дополнительных компонентов и функций без нарушения ее способности по текущему функционированию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z48" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Білім беру саласындағы ақпараттандыру объектісі деректерді шифрлау және берудің қауіпсіз хаттамаларын пайдалану арқылы беру процесінде жеке тұлғалардың дербес деректерінің сақталуын және құпиялылығын қамтамасыз етеді.</w:t>
+      2) масштабируемость по количеству пользователей, объему хранимых данных, интенсивности обмена данными, скорости обработки данных, набору предоставляемых сервисов и способам обеспечения доступа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z49" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Білім беру ұйымы білім беру саласындағы ақпараттандыру объектісін пайдалану процесінде қалыптастырылған электрондық ақпараттық ресурстардың меншік иесі болып табылады.</w:t>
+      7. Архитектура объекта информатизации в области образования поддерживает открытость и универсальность по отношению к другим подсистемам объекта информатизации в области образования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:bookmarkStart w:name="z50" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Білім беру саласындағы ақпараттандыру объектісі білім беру ұйымы ақпараттандыру объектісін пайдалануды аяқтаған кезде түпкі пайдаланушылар үшін негізгі деректерді электрондық, құрылымдалған, ашық түрде (дерекқорлар немесе электрондық кестелер) түсіруді қамтамасыз етеді. Негізгі деректерді түсіру білім беру саласындағы ақпараттандыру объектісінің функционалдығы есебінен автоматты түрде немесе қол режимінде жүзеге асырылады.</w:t>
+      8. Последующие версии объекта информатизации в области образования поддерживают использование электронных информационных ресурсов, сформированных в рамках предыдущих версий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Объект информатизации в области образования применяет средства идентификации, аутентификации и управления доступом пользователей, в том числе технологии единого входа (Single Sign-On (Сингл Сайн-Он)), соблюдает политику конфиденциальности персональных данных и прав пользователей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Система управления базами данных используемая в объекте информатизации в области образования поддерживает шифрование данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Объект информатизации в области образования поддерживает сохранность и конфиденциальность персональных данных физических лиц в процессе их передачи посредством шифрования данных и использования безопасных протоколов передачи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Организация образования является собственником электронных информационных ресурсов, сформированных в процессе эксплуатации объекта информатизации в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z55" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Объект информатизации в области образования поддерживает выгрузку основных данных для конечных пользователей в электронном, структурированном, открытом виде (базы данных или электронные таблицы) при завершении эксплуатации объекта информатизации организацией образования. Выгрузка основных данных осуществляется за счет функциональности объекта информатизации в области образования автоматически, либо в ручном режиме.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z56" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. Объекты информатизации в области образования предназначеные для формирования государственных электронных информационных ресурсов, осуществления государственных функций и оказания государственных услуг подлежат испытаниям на соответствие требованиям информационной безопасности согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проведения испытаний объектов информатизации "электронного правительства" и информационных систем, отнесенных к критически важным объектам информационно-коммуникационной инфраструктуры, на соответствие требованиям информационной безопасности, утвержденных приказом Министра цифрового развития, оборонной и аэрокосмической промышленности Республики Казахстан от 3 июня 2019 года № 111/НҚ (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 18795) и в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "Об информатизации".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Объект информатизации в области образования поддерживает получение данных из информационной системы "Национальная образовательная база данных" (далее – НОБД) и передачу данных в синхронном или асинхронном режиме, необходимых для наполнения НОБД, при наличии предоставления соответствующих сервисов и проведения необходимых работ на стороне НОБД.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z58" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Объект информатизации в области образования поддерживает получение данных и передачу данных в синхронном или асинхронном режиме с объектами информатизации в области образования, при наличии предоставления соответствующих сервисов и проведения необходимых работ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Интерфейс объекта информатизации в области образования поддерживает мультиязычность представления информации на казахском и русском языках, и возможность выбора пользователем языка интерфейса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Информационная система бухгалтерского учета поддерживает автоматизацию ведения бухгалтерского учета, налогового учета, учета персонала и заработной платы, тарификации, учета в образовании, учета контингента, бюджетирование, администрирование в соответствии с нормативно-правовыми актами по ведению бухгалтерского и налогового учета Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Информационная система бухгалтерского учета имеет следующие минимальные требования по их функционалу:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ведение нормативно-справочной информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z63" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ведение главной книги/ книги "журнал главная";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z64" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) учет денежных средств в кассе и на расчетном счете;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z65" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) учет расчетов с клиентами и поставщиками, а также с прочими дебиторами и кредиторами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z66" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) учет расчетов с подотчетными лицами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z67" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) управление командировками;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z68" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) учет товарно-материальных запасов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z69" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) учет расходов по работам и услугам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z70" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) учет прочих доходов и расходов организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z71" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) учет основных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z72" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) учет персонала;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z73" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) учет труда и заработной платы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z74" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) формирование бухгалтерской отчетности (бухгалтерский баланс, отчет о результатах финансовой деятельности, отчет о движении денег на счетах государственного учреждения по источникам финансирования (прямой метод), отчет об изменениях чистых активов/капитала);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z75" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) учет контингента для организаций, финансируемых в рамках подушевого финансирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z76" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Система электронного документооборота поддерживает обмен документами в электронном виде, с использованием ЭЦП НУЦ РК со всеми участниками системы электронного документооборота.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z77" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Система электронного документооборота интегрируется с единой системой электронного документооборота государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z78" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Система электронного документооборота имеет рабочую преднастроенную конфигурацию для автоматизации следующих процессов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z79" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) работа со входящей и исходящей корреспонденцией, с возможностью создавать, регистрировать, отправлять на исполнение, подписывать, закрывать и отправлять документы строго в электронном виде с использованием ЭЦП НУЦ РК;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z80" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) работа с внутренними документами, с возможностью создавать, отправлять по заданному маршруту, согласовывать и исполнять документы строго в электронном виде с использованием ЭЦП НУЦ РК;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z81" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) работа с приказами по основной деятельности, с возможностью создавать приказы, согласовывать их с участниками, отправлять на подпись руководителю, регистрировать и исполнять документы строго в электронном виде с использованием ЭЦП НУЦ РК;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z82" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) работа по кадровым процессам, включая процессы отпуска, командирования, строго в электронном виде с использованием ЭЦП НУЦ РК, с возможностью создавать связанные документы, такие как заявление на отпуск, трудовой договор, дополнительное соглашение, служебная записка на командирование;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z83" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) работа по финансовым процессам, согласованию и подписанию договоров строго в электронном виде с использованием ЭЦП НУЦ РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z84" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Система электронного документооборота имеет следующие минимальные требования по их функционалу:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z85" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ведение полноценной работы посредством web (веб) - интерфейса в основных интернет-браузерах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z86" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) автоматическая регистрация входящих, исходящих, внутренних документов, приказов, договоров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z87" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) последовательное или параллельное согласование документов в электронном виде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z88" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) подписание/согласование документов с помощью ЭЦП НУЦ РК;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z89" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) отправка/прием официальных писем и других документов участников системы электронного документооборота, в электронном виде с использованием ЭЦП НУЦ РК;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z90" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) поиск по отдельным атрибутам документов и служебным словам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z91" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) рассылка уведомлений пользователям о необходимости выполнения действий над документами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z92" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) предварительный просмотр файлов, прикрепленных к карточкам документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z93" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) мониторинг исполнения отправленных документов участникам системы электронного документооборота;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z94" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) автоматическая проверка валидности ЭЦП НУЦ РК при подписании документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z95" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) выгрузка документа с ЭЦП НУЦ РК и поддержка QR (кюар) кода.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z96" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) выгрузка полного архива данных в электронном, структурированном, открытом виде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z97" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) передача документа в архив электронных документов для временного хранения с последующей передачей их на государственное хранение в соответствующие государственные архивы в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z98" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Цифровой образовательный ресурс имеет следующие минимальные требования по их функционалу:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z99" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) поддержка полноценной работы посредством web (веб) - интерфейса в основных интернет-браузерах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z100" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличие интерфейса для навигации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z101" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оповещение пользователя необходимой информацией через электронную почту или SMS (СМС) - сообщения, а также размещение информации на интернет-ресурсе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z102" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ведение обратной связи для предоставления возможности пользователю задавать вопросы по работе с цифровым образовательным ресурсом через электронную почту или с помощью телефонной связи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z103" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) наличие ссылок на интернет-ресурсы подведомственных организаций Министерства просвещения Республики Казахстан, содержащих цифровые и электронные ресурсы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z104" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...7 lines deleted...]
-    </w:p>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Минимальные требования к объектам информатизации в области образования в организациях дошкольного воспитания и обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z105" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Система управленияобучением в организациях дошкольного воспитания и обучения образования имеет следующие минимальные требования по их функционалу:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z106" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) формирование цифрового профиля ребенка (с указанием социального, медицинского и образовательного статусов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z107" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) формирование цифрового профиля педагога/воспитателя (данные об образовании, при наличии: данные о звании, степени, результатах национального квалификационного теста, аттестации, повышения квалификации, сертификатах);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z108" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) формирование возрастных групп (с указанием норматива и свободных мест);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z109" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) формирование расписания организованной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z110" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ведение журнала посещений детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z111" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) расчет персональной педагогической нагрузки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z112" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) ведение аналитического модуля (статистика, отчеты, анкетированиес возможностью перевода в диаграммы и другие формы отчетов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z113" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) ведение обратной связи (анкетирование, часто задаваемые вопросы, чаты, форумы, мессенджеры, рассылка объявлений и сообщений с возможностью вложения файлов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z114" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) ведение нормативно-справочной информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z115" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) настройка ролей воспитательно-образовательного процесса: воспитатель, методист, заведующий, родитель или законный представитель ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z116" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) размещение в цифровом профиле ребенка фотоизображений файлов его творческих работ, со сроком хранения не более 1 календарного месяца;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z117" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) мобильное приложение, при его наличии, для работы на смартфонах, планшетах и других мобильных устройствах с безвозмездным доступом для родителей и иных законных представителей ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z118" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Цифровой образовательный ресурс в организациях дошкольного воспитания и обучения содержит каталог типовых учебных и вариативных образовательных программ, типовых учебных планов дошкольного воспитания и обучения, авторские методические материалы (пособия, сборники, учебно-методические комплексы).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z119" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Минимальные требования к объектам информатизации в области образования в организациях среднего (начального, основного среднего и общего среднего), в том числе специального и специализированного образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z120" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Система управления обучением в организациях среднего (начального, основного среднего и общего среднего), в том числе специального и специализированного образования имеет следующие минимальные требования по их функционалу:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z121" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) формирование цифрового профиля обучающегося (журнал посещения и успеваемости, домашние задания, свидетельства, сертификаты, оценки, расписание, олимпиады, профориентация);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z122" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) формирование цифрового профиля педагога (данные об образовании, при наличии: данные о звании, степени, результатах национального квалификационного теста, аттестации, повышения квалификации, сертификатах);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z123" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) формирование классов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z124" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) управление обучающимися (контингент) и педагогами (персонал);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z125" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ведение мониторинга учебного процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z126" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) формирование учебного плана (добавление заголовка учебного плана, ввод учебного плана);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z127" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) формирование каталога предметов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z128" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) формирование расписания занятий, суммативного оценивания за раздел и суммативного оценивания за четверть;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z129" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) формирование собственных уроков для педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z130" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) проведение дистанционного обучения (создание видеоконференции, чатов, архивирование и хранение данных);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z131" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) формирование домашних заданий, проверка и выставление оценок;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z132" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) ведение журнала посещений и успеваемости;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z133" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) расчет педагогической нагрузки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z134" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) ведение тестирование (промежуточный контроль, прокторинг);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z135" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) ведение аналитического модуля (статистика, отчеты, анкетирование с возможностью перевода в диаграммы и другие формы отчетов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z136" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) ведение обратной связи (анкетирование, часто задаваемые вопросы, чаты, форумы, мессенджеры, рассылка объявлений и сообщений с возможностью вложения файлов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z137" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) ведение нормативно-справочной информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z138" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) настройка ролей учебного процесса: педагог, методист, тьютор, директор, заместитель директора, обучающийся, родитель или законный представитель обучающегося;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z139" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) мобильное приложение, при его наличии, для работы на смартфонах, планшетах и других мобильных устройствах с бевозмездным доступом для обучающихся, родителей и иных законных представителей обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z140" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      14. Мемлекеттік электрондық ақпараттық ресурстарды қалыптастыруға арналған білім беру саласындағы ақпараттандыру объектілері ақпараттық қауіпсіздік талаптарына сәйкестігіне қарай "Электрондық үкіметтің" ақпараттандыру объектілеріне және ақпараттық-коммуникациялық инфрақұрылымның аса маңызды объектілеріне жатқызылған ақпараттық жүйелерге сынақтар жүргізу қағидаларына, Қазақстан Республикасы Цифрлық даму, қорғаныс және аэроғарыш өнеркәсібі министрімен бектіліген 2019 жылғы 3 маусымдағы № 111/НҚ </w:t>
-[...1142 lines deleted...]
-    <w:bookmarkStart w:name="z107" w:id="99"/>
+      28. Цифровой образовательный ресурс в организациях среднего (начального, основного среднего и общего среднего), в том числе специального и специализированного образования содержит каталог цифровых уроков и материалов по всем предметам действующей учебной программы на казахском и русском языках с 1-11 классы. Образовательные материалы состоят из видеоуроков, аудиоматериалов, визуальных изображений, конспектов, интерактивных упражнений, симуляторов, глоссариев, объяснений, которые соответствуют типовым учебным программам по общеобразовательным предметам и курсам по выбору уровней начального, основного среднего и общего среднего образования, утвержденных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра просвещения Республики Казахстан от 16 сентября 2022 года № 399 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 29767).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z141" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      29. Цифровой образовательный ресурс в организациях среднего (начального, основного среднего и общего среднего), в том числе специального и специализированного образования содержит образовательные материалы по учебным предметам в соответствии с типовыми учебными планами начального, основного среднего, общего среднего образования Республики Казахстан, утвержденных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 8 ноября 2012 года № 500 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 8170).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z142" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Цифровой образовательный ресурс в организациях среднего (начального, основного среднего и общего среднего), в том числе специального и специализированного образования содержит образовательные материалы по учебным предметам "Английский язык", "Французский язык", "Немецкий язык", виртуальные симуляторы либо видео лабораторных работ по учебным предметам "Естествознание" (на казахском и русском языках), "Физика" (на казахском и русском языках), "Химия" (на казахском и русском языках), "Биология" (на казахском и русском языках).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z143" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Цифровой образовательный ресурс в организациях среднего (начального, основного среднего и общего среднего), в том числе специального и специализированного образования содержит библиотеку полных текстов и аудио записей всех произведений, вошедших в программу учебного предмета "Литература" (на казахском и русском языках).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z144" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Цифровой образовательный ресурс в организациях среднего (начального, основного среднего и общего среднего), в том числе специального и специализированного образования содержит материалы по проведению контрольных срезов и мониторинга знаний на казахском и русском языках. Пользователю доступно неограниченное количество попыток тестирования попредметно и полное тестирование в любое время на локальных и мобильных устройствах, а также с возможностью работы над ошибками, анализом и мониторингом результатов каждого пользователя. Возможность для каждого обучающегося проверить свой уровень, сдав тест в соответствии с форматом единого национального тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z145" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Цифровой образовательный ресурс в организациях среднего (начального, основного среднего и общего среднего), в том числе специального и специализированного образования имеет следующие минимальные требования по их функционалу:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z146" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) использование методов геймификации учебного процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z147" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличие сурдоперевода для лиц (детей) с нарушениями слуха и аудиосопровождение для лиц (детей) с нарушениями зрения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z148" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Мектепке дейінгі тәрбие және оқыту ұйымдарындағы білім беру саласындағы ақпараттандыру объектілеріне қойылатын ең төменгі талаптар</w:t>
-[...293 lines deleted...]
-    <w:bookmarkStart w:name="z123" w:id="114"/>
+        <w:t xml:space="preserve"> Глава 3. Минимальные требования к объектам информатизации в области образования в организациях технического и профессионального и послесреднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z149" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Система управления обучением в организациях технического и профессионального и послесреднего образования имеет следующие минимальные требования по их функционалу:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z150" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) формирование цифрового профиля студента (студенческий билет, учебные/внеучебные достижения, свидетельства и (или) сертификаты, прохождение профориентации);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z151" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) формирование цифрового профиля педагога (данные об образовании, при наличии: данные о звании, степени, результатах национального квалификационного тестирования, аттестации, повышения квалификации, сертификатах);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z152" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) формирование сведений по выпуску (выдача диплома/транскрипта и сведения по трудоустройству);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z153" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) формирование и управление группами по специальностям (квалификациям)/курсам обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z154" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ведение мониторинга учебного процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z155" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) формирование академических периодов по курсам обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z156" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) формирование рабочего учебного плана и программы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z157" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) проведение дистанционного обучения (создание видеоконференции, чатов, архивирование и хранение данных);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z158" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) учет посещаемости занятий и успеваемости обучающихся (формирование ведомостей);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z159" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) проведение текущего контроля успеваемости, промежуточной и итоговой аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z160" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) ведение профессиональной практики (сведения о прохождении профессиональной практики, сведения по дуальному обучению при наличии, приказ о прохождении практики, наличие наставника, дневник-отчет о прохождении профессиональной практики);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z161" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) расчет годовой педагогической нагрузки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z162" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) формирование сведений о взаимодействии с работодателями (участие в индустриальном и (или) попечительском совете, совместная разработка образовательных программ, прохождение курсов повышения квалификации и стажировки педагогов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z163" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) проведение анкетирования (оценка педагогического состава студентами и педагогами);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z164" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) учет заселения и управление местами в общежитии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z165" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) ведение онлайн-библиотеки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z166" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) ведение аналитического модуля (статистика, отчеты, анкетирование);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z167" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) ведение обратной связи (анкетирование, часто задаваемые вопросы, чаты, форумы, мессенджеры, рассылка объявлений и сообщений с возможностью вложения файлов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z168" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) ведение нормативно-справочной информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z169" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) настройка ролей учебного процесса: педагог, методист, тьютор, руководитель (директор), заместитель руководителя (директора), обучающийся, родитель или законный представитель обучающегося;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z170" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) мобильное приложение, при его наличии, для работы на смартфонах, планшетах и других мобильных устройствах с бесплатным доступом для обучающихся, родителей и иных законных представителей обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z171" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Цифровой образовательный ресурс в организациях технического и профессионального, послесреднего образования содержит дидактические материалы по изучаемым дисциплинам и (или) модулям обеспечивающие обучение в интерактивной форме: фотографии, видеофрагменты, статические и динамические модели, объекты виртуальной реальности и интерактивного моделирования, звукозаписи и иные цифровые учебные материалы в соответствии с образовательной программой.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z172" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Орта (бастауыш, негізгі орта және жалпы орта), оның ішінде арнайы және мамандандырылған білім беру ұйымдарындағы білім беру саласындағы ақпараттандыру объектілеріне қойылатын ең төменгі талаптар</w:t>
-[...402 lines deleted...]
-    <w:bookmarkEnd w:id="134"/>
+        <w:t xml:space="preserve"> Глава 4. Минимальные требования к объектам информатизации в области образования в организациях дополнительного образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z173" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Система управления обучением в организациях дополнительного образования имеет следующие минимальные требования по их функционалу:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z174" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) формирование цифрового профиля ребенка/слушателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z175" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) формирование цифрового профиля педагога (данные об образовании, при наличии: данные о звании, степени, результатах национального квалификационного теста, аттестации, повышения квалификации, сертификатах);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z176" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) комплектование групп (объединений);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z177" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ведение мониторинга учебного процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z178" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) формирование учебного плана (добавление заголовка учебного плана, ввод учебного плана);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z179" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) формирование каталога занятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z180" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) формирование образовательных программ дополнительного образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z181" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) составление расписания занятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z182" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) ведение журнала посещений и успеваемости;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z183" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) расчет педагогической нагрузки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z184" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) выдача электронных сертификатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z185" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) ведение аналитического модуля (статистика, отчеты, анкетирование с возможностью перевода в диаграммы и другие формы отчетов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z186" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) ведение обратной связи (анкетирование, часто задаваемые вопросы, чаты, форумы, мессенджеры, рассылка объявлений и сообщений с возможностью вложения файлов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z187" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) ведение нормативно-справочной информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z188" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) настройка ролей образовательного процесса: педагог, руководитель организации, обучающийся, родитель или законный представитель обучающегося;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z189" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) мобильное приложение, при его наличии, для работы на смартфонах, планшетах и других мобильных устройствах с безвозмездным доступом для обучающихся, родителей и иных законных представителей обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z190" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...1084 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>