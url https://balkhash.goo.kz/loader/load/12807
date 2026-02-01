--- v0 (2025-12-17)
+++ v1 (2026-02-01)
@@ -75,264 +75,362 @@
       </w:r>
       <w:r w:rsidR="004F1B4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.10.22</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="15715" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="545"/>
         <w:gridCol w:w="2883"/>
         <w:gridCol w:w="2023"/>
         <w:gridCol w:w="1604"/>
         <w:gridCol w:w="1834"/>
         <w:gridCol w:w="2196"/>
         <w:gridCol w:w="2424"/>
         <w:gridCol w:w="2206"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CF533F" w:rsidRPr="00B47A15" w14:paraId="09D2A30F" w14:textId="40140350" w:rsidTr="004F1B4C">
+      <w:tr w:rsidR="008B0F53" w:rsidRPr="00B47A15" w14:paraId="09D2A30F" w14:textId="40140350" w:rsidTr="004F1B4C">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AE2FAEC" w14:textId="77777777" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
+          <w:p w14:paraId="7AE2FAEC" w14:textId="77777777" w:rsidR="008B0F53" w:rsidRPr="00B47A15" w:rsidRDefault="008B0F53" w:rsidP="008B0F53">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2883" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70C134CE" w14:textId="77777777" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00B47A15">
+          <w:p w14:paraId="70C134CE" w14:textId="3DF48724" w:rsidR="008B0F53" w:rsidRPr="00B47A15" w:rsidRDefault="008B0F53" w:rsidP="008B0F53">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ФИО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2023" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F13B374" w14:textId="727C712B" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
+          <w:p w14:paraId="3F13B374" w14:textId="0A715C46" w:rsidR="008B0F53" w:rsidRPr="00B47A15" w:rsidRDefault="008B0F53" w:rsidP="008B0F53">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B47A15">
-[...4 lines deleted...]
-              <w:t>Матем</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Математическая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B47A15">
-[...5 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>грамотность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71D84347" w14:textId="40ADE751" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="71D84347" w14:textId="6A89CEE2" w:rsidR="008B0F53" w:rsidRPr="00B47A15" w:rsidRDefault="008B0F53" w:rsidP="008B0F53">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>грамотность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>чтения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1099E857" w14:textId="56AE3D97" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
+          <w:p w14:paraId="1099E857" w14:textId="03CF37DC" w:rsidR="008B0F53" w:rsidRPr="00B47A15" w:rsidRDefault="008B0F53" w:rsidP="008B0F53">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B47A15">
-[...4 lines deleted...]
-              <w:t>Қаз.тарих</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>История</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Казахстана</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2196" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B731AA8" w14:textId="2FCBB31C" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
-[...17 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="7B731AA8" w14:textId="434E7524" w:rsidR="008B0F53" w:rsidRPr="00B47A15" w:rsidRDefault="008B0F53" w:rsidP="008B0F53">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>предмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2424" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04BB2D25" w14:textId="37BA1821" w:rsidR="008B0F53" w:rsidRPr="00B47A15" w:rsidRDefault="008B0F53" w:rsidP="008B0F53">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>предмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> б</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2206" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ACFDB18" w14:textId="1E69D26B" w:rsidR="008B0F53" w:rsidRPr="00B47A15" w:rsidRDefault="008B0F53" w:rsidP="008B0F53">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Всего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...46 lines deleted...]
-              <w:t>Барлығы</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> б</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F1B4C" w:rsidRPr="00B47A15" w14:paraId="79C8E7BE" w14:textId="7315090C" w:rsidTr="004F1B4C">
         <w:trPr>
           <w:trHeight w:val="579"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="545" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70C62C05" w14:textId="77777777" w:rsidR="004F1B4C" w:rsidRPr="00B47A15" w:rsidRDefault="004F1B4C" w:rsidP="004F1B4C">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
@@ -3285,64 +3383,80 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2196" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="474C3CD6" w14:textId="77777777" w:rsidR="004F1B4C" w:rsidRPr="00B47A15" w:rsidRDefault="004F1B4C" w:rsidP="004F1B4C">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2424" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52C6AE11" w14:textId="27118831" w:rsidR="004F1B4C" w:rsidRPr="00B47A15" w:rsidRDefault="00AA5AD7" w:rsidP="004F1B4C">
-[...12 lines deleted...]
-              <w:t>Орташа балл</w:t>
+          <w:p w14:paraId="52C6AE11" w14:textId="64CA8EE1" w:rsidR="004F1B4C" w:rsidRPr="00B47A15" w:rsidRDefault="008B0F53" w:rsidP="004F1B4C">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Средний</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA5AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2206" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B10913A" w14:textId="65E7DE8E" w:rsidR="004F1B4C" w:rsidRPr="00811A96" w:rsidRDefault="00AA5AD7" w:rsidP="004F1B4C">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>46</w:t>
@@ -3380,80 +3494,81 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00512BEB"/>
     <w:rsid w:val="00026B17"/>
     <w:rsid w:val="001224DD"/>
     <w:rsid w:val="00123FA0"/>
     <w:rsid w:val="001733E6"/>
     <w:rsid w:val="0046460C"/>
     <w:rsid w:val="00477CBF"/>
     <w:rsid w:val="0049080D"/>
     <w:rsid w:val="00491E8A"/>
     <w:rsid w:val="004D3841"/>
     <w:rsid w:val="004F1B4C"/>
     <w:rsid w:val="005012C8"/>
     <w:rsid w:val="00512BEB"/>
     <w:rsid w:val="007116B4"/>
     <w:rsid w:val="007573A3"/>
     <w:rsid w:val="00793301"/>
     <w:rsid w:val="00811A96"/>
     <w:rsid w:val="00817B0B"/>
     <w:rsid w:val="00895F4F"/>
+    <w:rsid w:val="008B0F53"/>
     <w:rsid w:val="00A6456B"/>
     <w:rsid w:val="00AA5AD7"/>
     <w:rsid w:val="00B41241"/>
     <w:rsid w:val="00B47A15"/>
     <w:rsid w:val="00B821FE"/>
     <w:rsid w:val="00C82E1D"/>
     <w:rsid w:val="00CF533F"/>
     <w:rsid w:val="00D4186A"/>
     <w:rsid w:val="00E208F6"/>
     <w:rsid w:val="00F75C48"/>
     <w:rsid w:val="00FF2623"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -4212,70 +4327,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E9C1868-EDFF-40B4-A595-0AF2427C6CCA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>134</Words>
-  <Characters>769</Characters>
+  <Words>142</Words>
+  <Characters>813</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>902</CharactersWithSpaces>
+  <CharactersWithSpaces>954</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Дина</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>