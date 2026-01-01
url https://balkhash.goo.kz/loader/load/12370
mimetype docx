--- v0 (2025-12-06)
+++ v1 (2026-01-01)
@@ -1,703 +1,635 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w:rsidR="00D47979" w:rsidRDefault="00D47979" w:rsidP="00DE4C00">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="78" w:line="322" w:lineRule="exact"/>
         <w:ind w:left="1570"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                   </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00734F74" w:rsidRPr="007444CF" w:rsidRDefault="00D47979" w:rsidP="00734F74">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="78" w:line="322" w:lineRule="exact"/>
         <w:ind w:left="1570"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007444CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                          </w:t>
       </w:r>
       <w:r w:rsidR="00734F74" w:rsidRPr="007444CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
         <w:t xml:space="preserve">                     </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D47979" w:rsidRPr="002555F7" w:rsidRDefault="00734F74" w:rsidP="00734F74">
+    <w:p w:rsidR="00D47979" w:rsidRPr="007444CF" w:rsidRDefault="00734F74" w:rsidP="00734F74">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="78" w:line="322" w:lineRule="exact"/>
         <w:ind w:left="1570"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007444CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                               </w:t>
+        <w:t xml:space="preserve">                                                           </w:t>
       </w:r>
-      <w:r w:rsidR="002555F7">
+      <w:r w:rsidR="00B13D5C" w:rsidRPr="007444CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Бекітемін</w:t>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007444CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00D47979" w:rsidRPr="007444CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Утверждаю</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D47979" w:rsidRPr="007444CF" w:rsidRDefault="00DF18D5" w:rsidP="00D47979">
+    <w:p w:rsidR="00D47979" w:rsidRPr="007444CF" w:rsidRDefault="00D47979" w:rsidP="00D47979">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="78" w:line="322" w:lineRule="exact"/>
         <w:ind w:left="1570"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="007444CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
-        <w:t xml:space="preserve">                  </w:t>
+        <w:t xml:space="preserve">                   </w:t>
       </w:r>
-      <w:r w:rsidR="002555F7">
+      <w:r w:rsidR="00734F74" w:rsidRPr="007444CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
-        <w:t xml:space="preserve"> «</w:t>
+        <w:t xml:space="preserve">         </w:t>
       </w:r>
-      <w:r w:rsidR="00D47979" w:rsidRPr="007444CF">
+      <w:r w:rsidRPr="007444CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
-        <w:t>№10</w:t>
+        <w:t xml:space="preserve">Директор КГУ «ОШ №10» </w:t>
       </w:r>
-      <w:r w:rsidR="002555F7">
-[...29 lines deleted...]
-      <w:r w:rsidR="00D47979" w:rsidRPr="007444CF">
+      <w:r w:rsidR="00B13D5C" w:rsidRPr="007444CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
-        <w:t>»</w:t>
+        <w:t>_______</w:t>
       </w:r>
-      <w:r w:rsidR="002555F7">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007444CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> КММ директоры</w:t>
+        <w:t>Укпешова</w:t>
       </w:r>
-      <w:r w:rsidR="00D47979" w:rsidRPr="007444CF">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007444CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B13D5C" w:rsidRPr="007444CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
-        <w:t>_______</w:t>
-[...17 lines deleted...]
-        </w:rPr>
         <w:t>С.Г.</w:t>
       </w:r>
-      <w:r w:rsidR="00D47979" w:rsidRPr="007444CF">
-[...17 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="002555F7" w:rsidRDefault="00D47979" w:rsidP="00D47979">
+    <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00D47979" w:rsidP="00D47979">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="78" w:line="322" w:lineRule="exact"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-4"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007444CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                               </w:t>
+        <w:t xml:space="preserve">                                                                                </w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:spacing w:before="78" w:line="322" w:lineRule="exact"/>
+      <w:r w:rsidR="00DE4C00" w:rsidRPr="007444CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>ПЛАН</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C2284B" w:rsidRPr="00C2284B" w:rsidRDefault="00C2284B" w:rsidP="00C2284B">
+    <w:p w:rsidR="00D47979" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00DE4C00">
       <w:pPr>
-        <w:pStyle w:val="a7"/>
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1572"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C2284B">
+      <w:r w:rsidRPr="007444CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
         </w:rPr>
-        <w:t>2022-2023 оқу жылына арналған</w:t>
+        <w:t>работы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007444CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007444CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>добровольного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007444CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007444CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>школьного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007444CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007444CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>клуба</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007444CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007444CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007444CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Адал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007444CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007444CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Ұрпақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007444CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="00D47979" w:rsidRPr="007444CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C2284B" w:rsidRPr="00C2284B" w:rsidRDefault="00C2284B" w:rsidP="00C2284B">
+    <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00D47979" w:rsidP="00DE4C00">
       <w:pPr>
-        <w:pStyle w:val="a7"/>
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1572"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C2284B">
+      <w:r w:rsidRPr="007444CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
         </w:rPr>
-        <w:t>«Адал Ұрпақ» ерікті мектеп клубы жұмысының</w:t>
+        <w:t xml:space="preserve">     на 2022-2023</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE4C00" w:rsidRPr="007444CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебный год</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE4C00" w:rsidRDefault="00C2284B" w:rsidP="00C2284B">
-[...35 lines deleted...]
-    <w:p w:rsidR="00B972E0" w:rsidRDefault="002555F7" w:rsidP="00090093">
+    <w:p w:rsidR="00090093" w:rsidRPr="007444CF" w:rsidRDefault="00090093" w:rsidP="00090093">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="1572"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="007444CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мақсаты</w:t>
+        <w:t>Цель:</w:t>
       </w:r>
-      <w:r w:rsidR="00090093" w:rsidRPr="00B972E0">
-[...8 lines deleted...]
-      <w:r w:rsidR="00090093" w:rsidRPr="00B972E0">
+      <w:r w:rsidRPr="007444CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B972E0">
+      <w:r w:rsidRPr="007444CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Патриот пен азаматтың</w:t>
+        <w:t>создание</w:t>
       </w:r>
-      <w:r w:rsidR="00B972E0" w:rsidRPr="00B972E0">
+      <w:r w:rsidRPr="007444CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...76 lines deleted...]
-        <w:t>дамуы мен қалыптасуы үшін мектепте жағдайлар жасау</w:t>
+        <w:t xml:space="preserve"> условий в школе для становления и развития высоконравственного, ответственного, инициативного и социально-компетентного гражданина и патриота</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B972E0" w:rsidRPr="00B972E0" w:rsidRDefault="00B972E0" w:rsidP="00090093">
-[...14 lines deleted...]
-    <w:p w:rsidR="003E02B9" w:rsidRPr="007444CF" w:rsidRDefault="002555F7" w:rsidP="003E02B9">
+    <w:p w:rsidR="003E02B9" w:rsidRPr="007444CF" w:rsidRDefault="003E02B9" w:rsidP="003E02B9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="1572"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...11 lines deleted...]
-      <w:r w:rsidR="003E02B9" w:rsidRPr="007444CF">
+      <w:r w:rsidRPr="007444CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>:</w:t>
+        <w:t>Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003058DA" w:rsidRPr="003058DA" w:rsidRDefault="003058DA" w:rsidP="003E02B9">
+    <w:p w:rsidR="003E02B9" w:rsidRPr="007444CF" w:rsidRDefault="003E02B9" w:rsidP="00DE4C00">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1572"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007444CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>1.Ф</w:t>
+      </w:r>
+      <w:r w:rsidR="00D47979" w:rsidRPr="007444CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ормирование </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007444CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>антикоррупционной культуры в школьной среде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E02B9" w:rsidRPr="007444CF" w:rsidRDefault="003E02B9" w:rsidP="003E02B9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="1572"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="007444CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. </w:t>
+        <w:t>2.Поощрение инициатив</w:t>
       </w:r>
-      <w:r w:rsidR="00B972E0">
+      <w:r w:rsidR="00D47979" w:rsidRPr="007444CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мектеп ортасында сыбайлас жемқорлыққа қарсы мәдениетті қалыптастыру;</w:t>
+        <w:t xml:space="preserve"> по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007444CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>укреплению нетерпимого отношения к коррупции;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003058DA" w:rsidRDefault="003E02B9" w:rsidP="003E02B9">
+    <w:p w:rsidR="00D47979" w:rsidRPr="007444CF" w:rsidRDefault="003E02B9" w:rsidP="003E02B9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="1572"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B972E0">
+      <w:r w:rsidRPr="007444CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2.</w:t>
+        <w:t>3. Участие в</w:t>
       </w:r>
-      <w:r w:rsidR="003058DA">
+      <w:r w:rsidR="00D47979" w:rsidRPr="007444CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Сыбайлас жемқорлыққа төзімсіз қарым-қатынасты нығайту жөніндегі бастамасын мадақтау;</w:t>
+        <w:t xml:space="preserve"> организации </w:t>
       </w:r>
-    </w:p>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003058DA">
+      <w:r w:rsidRPr="007444CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">3. </w:t>
+        <w:t>мероприятий антикоррупционного</w:t>
       </w:r>
-      <w:r w:rsidR="0059490C">
+      <w:r w:rsidR="00D47979" w:rsidRPr="007444CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Сыбайлас жемқорлық сипаттағы іс-шараларын ұйымдастыруға қатысу.</w:t>
+        <w:t xml:space="preserve"> характера.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE4C00" w:rsidRPr="003058DA" w:rsidRDefault="00DE4C00" w:rsidP="00DE4C00">
+    <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00DE4C00">
       <w:pPr>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="117" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="535"/>
         <w:gridCol w:w="3968"/>
         <w:gridCol w:w="1702"/>
         <w:gridCol w:w="2137"/>
         <w:gridCol w:w="2401"/>
@@ -716,620 +648,662 @@
               <w:spacing w:before="157"/>
               <w:ind w:left="8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="002555F7" w:rsidRDefault="002555F7" w:rsidP="00F06E2D">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="003E02B9" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="157"/>
               <w:ind w:left="120" w:right="115"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
-              <w:t>Іс</w:t>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE4C00" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>ероприятия</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="003E02B9" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="322" w:lineRule="exact"/>
+              <w:ind w:left="381" w:right="244" w:hanging="125"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="-2"/>
-[...5 lines deleted...]
-            <w:r>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="002555F7" w:rsidP="00277F38">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>классы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2137" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="003E02B9" w:rsidP="005F634C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="322" w:lineRule="exact"/>
-              <w:ind w:right="244"/>
-              <w:jc w:val="center"/>
+              <w:ind w:left="245" w:firstLine="393"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...30 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
-              <w:t>мерзімдер</w:t>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE4C00" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>роки</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DE4C00" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00277F38" w:rsidRDefault="00277F38" w:rsidP="00277F38">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="003E02B9" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="157"/>
-              <w:jc w:val="center"/>
+              <w:ind w:left="112"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE4C00" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>тветственные</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE4C00" w:rsidRPr="00E124CF" w:rsidTr="00F06E2D">
+      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="00F06E2D">
         <w:trPr>
           <w:trHeight w:val="965"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="535" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="5"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00C2284B" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="120" w:right="109"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Организовать</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельность добровольного школьного</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="305" w:lineRule="exact"/>
               <w:ind w:left="120" w:right="115"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C2284B">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>клуба</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C2284B">
-[...4 lines deleted...]
-                <w:szCs w:val="27"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>АдалҰрпақ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C2284B">
-[...4 lines deleted...]
-                <w:szCs w:val="27"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00C2284B">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00C2284B" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00E34F3E" w:rsidP="00F06E2D">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="003E02B9" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="133" w:right="124"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>5-11</w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>5-11-е</w:t>
             </w:r>
             <w:r w:rsidR="00DE4C00" w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>сыныптар</w:t>
+            <w:r w:rsidR="00DE4C00" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>классы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2137" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="002555F7" w:rsidRDefault="003E02B9" w:rsidP="00F06E2D">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="324"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>12</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003E02B9" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 12</w:t>
             </w:r>
             <w:r w:rsidR="002F795D" w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>.09.22</w:t>
             </w:r>
-            <w:r w:rsidR="002555F7">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00E124CF" w:rsidRDefault="00E124CF" w:rsidP="001873C7">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="003E02B9" w:rsidP="003E02B9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="305" w:lineRule="exact"/>
+              <w:ind w:left="122" w:right="116"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>зам. директора по ВР Кириченко Л.В.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003E02B9" w:rsidRPr="007444CF" w:rsidRDefault="003E02B9" w:rsidP="003E02B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="305" w:lineRule="exact"/>
               <w:ind w:left="122" w:right="116"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:spacing w:val="-2"/>
-[...125 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ст.вож</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Павлюк</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.В.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E34F3E" w:rsidRPr="00E124CF" w:rsidTr="00F06E2D">
+      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="00F06E2D">
         <w:trPr>
           <w:trHeight w:val="964"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="535" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E34F3E" w:rsidRPr="00E124CF" w:rsidRDefault="00E34F3E" w:rsidP="00E34F3E">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00E34F3E" w:rsidRPr="007444CF" w:rsidRDefault="00E34F3E" w:rsidP="00E34F3E">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="5"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF4FEF" w:rsidRDefault="00E34F3E" w:rsidP="00EF4FEF">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="624" w:firstLine="105"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Создать постоянно обновляемый</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>уголок</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="304" w:lineRule="exact"/>
               <w:ind w:left="619"/>
-              <w:jc w:val="center"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Парасатты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1340,5036 +1314,5536 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>азамат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00EF4FEF">
-[...32 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E34F3E" w:rsidRPr="007444CF" w:rsidRDefault="00E34F3E" w:rsidP="00E34F3E">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00E34F3E" w:rsidRPr="007444CF" w:rsidRDefault="00E34F3E" w:rsidP="00E34F3E">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="133" w:right="124"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">1-9 </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>классы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2137" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E34F3E" w:rsidRDefault="00E34F3E" w:rsidP="00E34F3E">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> дейін</w:t>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="324"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidR="003E02B9" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 12</w:t>
+            </w:r>
+            <w:r w:rsidR="002F795D" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.09.22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E124CF" w:rsidRPr="00E124CF" w:rsidRDefault="00E124CF" w:rsidP="001873C7">
+          <w:p w:rsidR="003E02B9" w:rsidRPr="007444CF" w:rsidRDefault="003E02B9" w:rsidP="003E02B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="305" w:lineRule="exact"/>
               <w:ind w:left="122" w:right="116"/>
-              <w:jc w:val="center"/>
-[...39 lines deleted...]
-          <w:p w:rsidR="00E34F3E" w:rsidRPr="00E124CF" w:rsidRDefault="00E124CF" w:rsidP="001873C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>зам. директора по ВР Кириченко Л.В.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="003E02B9" w:rsidP="003E02B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="304" w:lineRule="exact"/>
               <w:ind w:left="121" w:right="116"/>
-              <w:jc w:val="center"/>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> Г.В.Павлюк</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ст.вож</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Павлюк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E34F3E" w:rsidRPr="00E20624" w:rsidTr="00F06E2D">
+      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="00F06E2D">
         <w:trPr>
           <w:trHeight w:val="1288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="535" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E34F3E" w:rsidRPr="00E124CF" w:rsidRDefault="00E34F3E" w:rsidP="00E34F3E">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00E34F3E" w:rsidRPr="007444CF" w:rsidRDefault="00E34F3E" w:rsidP="00E34F3E">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="5"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E34F3E" w:rsidRPr="007444CF" w:rsidRDefault="00E34F3E" w:rsidP="00E34F3E">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="115" w:right="105" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
+              <w:t>Разрабо</w:t>
+            </w:r>
+            <w:r w:rsidR="003E02B9" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тать и утвердить </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>план работы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>клуба</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Адал</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-11"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Ұрпақ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>»</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> клубы жұмысының жоспарын әзірлесін және бекітсін</w:t>
+              <w:t>».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E34F3E" w:rsidRPr="007444CF" w:rsidRDefault="00E34F3E" w:rsidP="00E34F3E">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="10"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00E34F3E" w:rsidRPr="007444CF" w:rsidRDefault="00E34F3E" w:rsidP="00E34F3E">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="003E02B9" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="133" w:right="123"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">1-11 </w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>1-11 –</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>сыныптар</w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>ые</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00DE4C00" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>классы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2137" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E34F3E" w:rsidRDefault="00E34F3E" w:rsidP="00E34F3E">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> дейін</w:t>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="324"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003E02B9" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 12</w:t>
+            </w:r>
+            <w:r w:rsidR="002F795D" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>.09.22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E20624" w:rsidRPr="00E124CF" w:rsidRDefault="00E20624" w:rsidP="001873C7">
+          <w:p w:rsidR="003E02B9" w:rsidRPr="007444CF" w:rsidRDefault="003E02B9" w:rsidP="003E02B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="305" w:lineRule="exact"/>
-              <w:ind w:left="122" w:right="116"/>
-[...40 lines deleted...]
-          <w:p w:rsidR="00E34F3E" w:rsidRPr="00E20624" w:rsidRDefault="00E20624" w:rsidP="001873C7">
+              <w:ind w:right="116"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>зам. директора по ВР Кириченко Л.В.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="003E02B9" w:rsidP="003E02B9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="129" w:firstLine="79"/>
-              <w:jc w:val="center"/>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> Г.В.Павлюк</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ст.вож</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Павлюк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="00F06E2D">
         <w:trPr>
           <w:trHeight w:val="966"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="535" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00E20624" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="5"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00C2284B" w:rsidRDefault="00C2284B" w:rsidP="00F06E2D">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="118" w:right="110" w:firstLine="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>На сайте школы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>создать рубрику</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>клуба</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="305" w:lineRule="exact"/>
               <w:ind w:left="120" w:right="110"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-            <w:r w:rsidR="00DE4C00" w:rsidRPr="003058DA">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00DE4C00" w:rsidRPr="00C2284B">
-[...4 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>Адал</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00DE4C00" w:rsidRPr="003058DA">
+            <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00DE4C00" w:rsidRPr="00C2284B">
-[...5 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>Ұрпақ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00DE4C00" w:rsidRPr="003058DA">
+            <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="003058DA" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="157" w:line="242" w:lineRule="auto"/>
               <w:ind w:left="480" w:right="400" w:hanging="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2137" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00E124CF" w:rsidP="001873C7">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="003E02B9" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="157" w:line="242" w:lineRule="auto"/>
               <w:ind w:left="816" w:hanging="492"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...15 lines deleted...]
-            <w:r w:rsidR="001873C7">
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE4C00" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>ентябрь</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DE4C00" w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00E34F3E">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DE4C00" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00DE4C00" w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
-              <w:t>мамыр</w:t>
+              <w:t>май</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00E124CF" w:rsidP="001873C7">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="003E02B9" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="7"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Д.С.</w:t>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t>Новокшонова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="001873C7">
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Д.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="129"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE4C00" w:rsidRPr="00E20624" w:rsidTr="00F06E2D">
+      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="00F06E2D">
         <w:trPr>
           <w:trHeight w:val="959"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="535" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00090093" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="5"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00113D7C" w:rsidRDefault="005B5C61" w:rsidP="00F06E2D">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="311" w:lineRule="exact"/>
+              <w:ind w:left="120" w:right="115"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Встречи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>членов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>клуба</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="324" w:lineRule="exact"/>
               <w:ind w:left="382" w:right="370" w:hanging="5"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Адал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00DE4C00" w:rsidRPr="005B5C61">
-[...6 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00DE4C00" w:rsidRPr="007444CF">
-[...6 lines deleted...]
-              <w:t>Адал</w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Ұрпақ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00DE4C00" w:rsidRPr="005B5C61">
-[...3 lines deleted...]
-                <w:szCs w:val="27"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>» с сотрудниками</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...43 lines deleted...]
-              <w:t>і</w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Агентства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00E34F3E" w:rsidRDefault="00E34F3E" w:rsidP="00E34F3E">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="150"/>
               <w:ind w:left="480" w:right="400" w:hanging="60"/>
-              <w:jc w:val="center"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Члены</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>клуба</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2137" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00277F38" w:rsidRDefault="00277F38" w:rsidP="00277F38">
+          <w:p w:rsidR="00090093" w:rsidRPr="007444CF" w:rsidRDefault="00090093" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="150"/>
               <w:ind w:left="816" w:hanging="492"/>
-              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00090093" w:rsidP="00090093">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="150"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>договоренности</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE4C00" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2401" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00090093" w:rsidRPr="007444CF" w:rsidRDefault="00090093" w:rsidP="00B13D5C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="305" w:lineRule="exact"/>
+              <w:ind w:right="116"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>зам. директора по ВР Кириченко Л.В.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00090093" w:rsidP="00090093">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="129"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Сенімхат</w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ст.вож</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...124 lines deleted...]
-              <w:t>Г.В.Павлюк</w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Павлюк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="00F06E2D">
         <w:trPr>
           <w:trHeight w:val="642"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="535" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00090093" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="157"/>
               <w:ind w:left="5"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00B33531" w:rsidRDefault="003058DA" w:rsidP="00F06E2D">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="318" w:lineRule="exact"/>
+              <w:ind w:left="173"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Проведение</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="305" w:lineRule="exact"/>
               <w:ind w:left="242"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
-[...38 lines deleted...]
-              <w:t xml:space="preserve"> өткізу</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«Час</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>добропорядочности»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="006228AD">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="318" w:lineRule="exact"/>
               <w:ind w:left="131" w:right="124"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>1-</w:t>
             </w:r>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="001873C7" w:rsidP="006228AD">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="305" w:lineRule="exact"/>
               <w:ind w:left="133" w:right="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>сыныптар</w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>классы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2137" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="006228AD" w:rsidRDefault="006228AD" w:rsidP="006228AD">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="157"/>
               <w:ind w:left="269"/>
-              <w:jc w:val="center"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Ай</w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>ежемесячно</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...17 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E20624" w:rsidRPr="00E124CF" w:rsidRDefault="00E20624" w:rsidP="006228AD">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00734F74" w:rsidP="00734F74">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="305" w:lineRule="exact"/>
               <w:ind w:left="122" w:right="116"/>
-              <w:jc w:val="center"/>
-[...61 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>зам.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> директора по ВР Кириченко Л.В.,</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE4C00" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DE4C00" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">классные </w:t>
+            </w:r>
+            <w:r w:rsidR="00DE4C00" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00090093" w:rsidRPr="007444CF" w:rsidTr="00734F74">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="535" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00090093" w:rsidRPr="007444CF" w:rsidRDefault="00090093" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="157"/>
               <w:ind w:left="5"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00090093" w:rsidRPr="0021180E" w:rsidRDefault="00090093" w:rsidP="0021180E">
+          <w:p w:rsidR="00090093" w:rsidRPr="007444CF" w:rsidRDefault="00090093" w:rsidP="00090093">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="318" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="5C5C5C"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0021180E">
+            <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0021180E">
+              <w:t>И</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Құқық негіздері</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>зучение тем антикоррупционной направленности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на уроках</w:t>
             </w:r>
             <w:r w:rsidR="00734F74" w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>»</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> сабақтарында сыбайлас жемқорлықтың бағыттары тақырыптарын зерделеу</w:t>
+              <w:t xml:space="preserve"> «Основы права»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00090093" w:rsidRPr="007444CF" w:rsidRDefault="006228AD" w:rsidP="00F06E2D">
+          <w:p w:rsidR="00090093" w:rsidRPr="007444CF" w:rsidRDefault="00734F74" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="318" w:lineRule="exact"/>
               <w:ind w:left="131" w:right="124"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">9-шы </w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9-ые </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>сыныптар</w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...10 lines deleted...]
-          <w:p w:rsidR="00B13D5C" w:rsidRPr="007444CF" w:rsidRDefault="006228AD" w:rsidP="00F06E2D">
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B13D5C" w:rsidRPr="007444CF" w:rsidRDefault="00B13D5C" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="318" w:lineRule="exact"/>
               <w:ind w:left="131" w:right="124"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">10, 11 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>сыныптар</w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2137" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00090093" w:rsidRPr="006228AD" w:rsidRDefault="006228AD" w:rsidP="006228AD">
+          <w:p w:rsidR="00090093" w:rsidRPr="007444CF" w:rsidRDefault="00734F74" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="157"/>
               <w:ind w:left="269"/>
-              <w:jc w:val="center"/>
-[...38 lines deleted...]
-              <w:t>бойынша</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>по плану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00090093" w:rsidRPr="007444CF" w:rsidRDefault="00E20624" w:rsidP="006228AD">
+          <w:p w:rsidR="00090093" w:rsidRPr="007444CF" w:rsidRDefault="00B13D5C" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="322" w:lineRule="exact"/>
               <w:ind w:left="297" w:hanging="159"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Б.Т.</w:t>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t>Сарсембеков</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-          <w:p w:rsidR="00B13D5C" w:rsidRPr="007444CF" w:rsidRDefault="00E20624" w:rsidP="006228AD">
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Б.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B13D5C" w:rsidRPr="007444CF" w:rsidRDefault="00B13D5C" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="322" w:lineRule="exact"/>
               <w:ind w:left="297" w:hanging="159"/>
-              <w:jc w:val="center"/>
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сидорова Н.В.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F795D" w:rsidRPr="00E20624" w:rsidTr="00F06E2D">
+      <w:tr w:rsidR="002F795D" w:rsidRPr="007444CF" w:rsidTr="00F06E2D">
         <w:trPr>
           <w:trHeight w:val="644"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="535" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002F795D" w:rsidRPr="007444CF" w:rsidRDefault="002F795D" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="156"/>
               <w:ind w:left="5"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002F795D" w:rsidRPr="007444CF" w:rsidRDefault="0021180E" w:rsidP="001F3A82">
+          <w:p w:rsidR="001F3A82" w:rsidRPr="007444CF" w:rsidRDefault="001F3A82" w:rsidP="001F3A82">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34" w:line="322" w:lineRule="exact"/>
+              <w:ind w:left="120" w:right="117"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Диспут</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«Что</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-19"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заставляет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>человека брать взятки?»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002F795D" w:rsidRPr="007444CF" w:rsidRDefault="002F795D" w:rsidP="001F3A82">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="156"/>
               <w:ind w:left="120" w:right="110"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007444CF">
-[...43 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002F795D" w:rsidRPr="007444CF" w:rsidRDefault="006228AD" w:rsidP="006228AD">
+          <w:p w:rsidR="002F795D" w:rsidRPr="007444CF" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="322" w:lineRule="exact"/>
               <w:ind w:left="480" w:right="400" w:hanging="60"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:spacing w:val="-2"/>
-[...4 lines deleted...]
-              <w:t>Клуб мүше-лері</w:t>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Члены клуба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2137" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002F795D" w:rsidRPr="00277F38" w:rsidRDefault="001F3A82" w:rsidP="00277F38">
+          <w:p w:rsidR="002F795D" w:rsidRPr="001F3A82" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="156"/>
               <w:ind w:left="523"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>16.09</w:t>
             </w:r>
-            <w:r w:rsidR="00277F38">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002F795D" w:rsidRPr="00E20624" w:rsidRDefault="00E20624" w:rsidP="006228AD">
+          <w:p w:rsidR="001F3A82" w:rsidRPr="007444CF" w:rsidRDefault="001F3A82" w:rsidP="001F3A82">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="305" w:lineRule="exact"/>
-              <w:ind w:left="122" w:right="116"/>
-[...67 lines deleted...]
-              <w:t xml:space="preserve"> Г.В.Павлюк</w:t>
+              <w:ind w:right="116"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>зам. директора по ВР Кириченко Л.В.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002F795D" w:rsidRPr="007444CF" w:rsidRDefault="001F3A82" w:rsidP="001F3A82">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="156"/>
+              <w:ind w:left="129"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ст.вож</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Павлюк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE4C00" w:rsidRPr="00E20624" w:rsidTr="00F06E2D">
+      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="00F06E2D">
         <w:trPr>
           <w:trHeight w:val="1041"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="535" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00E20624" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="11"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="001F3A82" w:rsidRPr="00E20624" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3A82" w:rsidRPr="001F3A82" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="5"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="5"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001F3A82" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="34" w:line="322" w:lineRule="exact"/>
               <w:ind w:left="120" w:right="117"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00404CCF" w:rsidRDefault="00404CCF" w:rsidP="00F06E2D">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34" w:line="322" w:lineRule="exact"/>
+              <w:ind w:left="120" w:right="117"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Диспут</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="120" w:right="109"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«Что</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-19"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00DE4C00" w:rsidRPr="007444CF">
-[...33 lines deleted...]
-              <w:t xml:space="preserve"> пікірталас</w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заставляет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>человека брать взятки?»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001F3A82" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="195"/>
               <w:ind w:left="480" w:right="400" w:hanging="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00315685" w:rsidRDefault="00315685" w:rsidP="00315685">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="195"/>
               <w:ind w:left="480" w:right="400" w:hanging="60"/>
-              <w:jc w:val="center"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Члены</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>клуба</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2137" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="006228AD">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="11"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="001F3A82" w:rsidRDefault="001F3A82" w:rsidP="006228AD">
+          <w:p w:rsidR="001F3A82" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="523"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="002F795D" w:rsidP="006228AD">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="002F795D" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="523"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>23.09.22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E20624" w:rsidRDefault="00E20624" w:rsidP="00315685">
+          <w:p w:rsidR="001F3A82" w:rsidRDefault="001F3A82" w:rsidP="006B1190">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="305" w:lineRule="exact"/>
+              <w:ind w:right="116"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3A82" w:rsidRDefault="001F3A82" w:rsidP="006B1190">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="305" w:lineRule="exact"/>
+              <w:ind w:right="116"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006B1190" w:rsidRPr="007444CF" w:rsidRDefault="006B1190" w:rsidP="006B1190">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="305" w:lineRule="exact"/>
+              <w:ind w:right="116"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>зам. директора по ВР Кириченко Л.В.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="006B1190" w:rsidP="006B1190">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="129"/>
-              <w:jc w:val="center"/>
-[...79 lines deleted...]
-              <w:t xml:space="preserve"> Г.В.Павлюк</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ст.вож</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Павлюк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE4C00" w:rsidRPr="00E20624" w:rsidTr="00F06E2D">
+      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="00F06E2D">
         <w:trPr>
           <w:trHeight w:val="966"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="535" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00E20624" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="95" w:right="88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00404CCF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="322" w:lineRule="exact"/>
               <w:ind w:left="120" w:right="110"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
-[...36 lines deleted...]
-              <w:t xml:space="preserve"> жобалар конкурсы</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Конкурс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-16"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>проектов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-19"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Карта </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>коррупционных правонарушений»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00315685" w:rsidP="00315685">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">7,8 </w:t>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="002F795D" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7,8 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>сыныптар</w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2137" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00315685">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="006B1190" w:rsidP="00315685">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="006B1190" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="600"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="002F795D" w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>.10.22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E20624" w:rsidRDefault="00E20624" w:rsidP="00315685">
+          <w:p w:rsidR="006B1190" w:rsidRPr="007444CF" w:rsidRDefault="006B1190" w:rsidP="006B1190">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="305" w:lineRule="exact"/>
+              <w:ind w:right="116"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>зам. директора по ВР Кириченко Л.В.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="006B1190" w:rsidP="006B1190">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="129"/>
-              <w:jc w:val="center"/>
-[...79 lines deleted...]
-              <w:t xml:space="preserve"> Г.В.Павлюк</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ст.вож</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Павлюк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE4C00" w:rsidRPr="00E20624" w:rsidTr="00F06E2D">
+      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="00F06E2D">
         <w:trPr>
           <w:trHeight w:val="964"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="535" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00E20624" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="95" w:right="88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00404CCF" w:rsidRDefault="00404CCF" w:rsidP="00404CCF">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="318" w:lineRule="exact"/>
+              <w:ind w:left="120" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Конкурс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>эссе</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="322" w:lineRule="exact"/>
               <w:ind w:left="120" w:right="109"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
-[...23 lines deleted...]
-                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«Коррупция.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Твоё</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>НЕТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F795D" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>име</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ет значение»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="002F795D" w:rsidP="002F795D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00DE4C00" w:rsidRPr="00404CCF">
-[...60 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2137" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="006B1190" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="523"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidR="002F795D" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>.10.22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2401" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006B1190" w:rsidRPr="007444CF" w:rsidRDefault="006B1190" w:rsidP="006B1190">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="305" w:lineRule="exact"/>
+              <w:ind w:right="116"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>зам. директора по ВР Кириченко Л.В.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="006B1190" w:rsidP="006B1190">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="129"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>сынып</w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ст.вож</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...136 lines deleted...]
-              <w:t xml:space="preserve"> Г.В.Павлюк</w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Павлюк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE4C00" w:rsidRPr="00E20624" w:rsidTr="00F06E2D">
+      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="00F06E2D">
         <w:trPr>
           <w:trHeight w:val="645"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="535" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="160"/>
               <w:ind w:left="95" w:right="88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="004B4CE8" w:rsidRDefault="00404CCF" w:rsidP="002F795D">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="319" w:lineRule="exact"/>
+              <w:ind w:left="120" w:right="115"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Диалоговая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>площадка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="002F795D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="2" w:line="305" w:lineRule="exact"/>
               <w:ind w:left="120" w:right="112"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«Коррупция.</w:t>
+            </w:r>
+            <w:r w:rsidR="002F795D" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ей не место в нашем обществе</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE06C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>!</w:t>
+            </w:r>
+            <w:r w:rsidR="002F795D" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="002F795D" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00CC0323">
-[...17 lines deleted...]
-            <w:r w:rsidR="00DE4C00" w:rsidRPr="007444CF">
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="002F795D" w:rsidRPr="007444CF">
-[...80 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2137" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00CC0323" w:rsidRDefault="006B1190" w:rsidP="00315685">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="006B1190" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="160"/>
               <w:ind w:left="523"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="ru-RU"/>
-[...8 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
-            <w:r w:rsidR="002F795D" w:rsidRPr="00CC0323">
-[...5 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidR="002F795D" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>.10.22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E20624" w:rsidRDefault="00E20624" w:rsidP="00315685">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="006B1190" w:rsidP="006B1190">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="305" w:lineRule="exact"/>
               <w:ind w:right="116"/>
-              <w:jc w:val="center"/>
-[...81 lines deleted...]
-              <w:t xml:space="preserve"> Г.В.Павлюк</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>зам. директора по ВР Кириченко Л.В.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                             </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ст.вож</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Павлюк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DE4C00" w:rsidRPr="00E20624" w:rsidRDefault="00DE4C00" w:rsidP="00DE4C00">
+    <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00DE4C00">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00DE4C00" w:rsidRPr="00E20624" w:rsidSect="00D47979">
+        <w:sectPr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidSect="00D47979">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="0" w:right="440" w:bottom="625" w:left="500" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="10774" w:type="dxa"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="568"/>
-        <w:gridCol w:w="4110"/>
-        <w:gridCol w:w="1560"/>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="1701"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="2410"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DE4C00" w:rsidRPr="00E20624" w:rsidTr="00277F38">
+      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="007444CF">
         <w:trPr>
           <w:trHeight w:val="967"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00E20624" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="9"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00CC0323" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="95" w:right="88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CC0323">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="004B4CE8" w:rsidRDefault="00DE4C00" w:rsidP="004B4CE8">
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="318" w:lineRule="exact"/>
               <w:ind w:left="120" w:right="261"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:spacing w:val="-2"/>
-[...30 lines deleted...]
-              <w:ind w:left="120" w:right="261"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Диспут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«Коррупция</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="320" w:lineRule="atLeast"/>
+              <w:ind w:left="120" w:right="262"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
-[...53 lines deleted...]
-              <w:t xml:space="preserve">11 </w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>явление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>политическое</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>экономическое?»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="006B1190" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 11 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>сынып</w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="004B4CE8" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="9"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="006B1190" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="512" w:right="501"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
             <w:r w:rsidR="002F795D" w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>.10.22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00E20624" w:rsidRDefault="00E20624" w:rsidP="00315685">
+          <w:p w:rsidR="006B1190" w:rsidRPr="007444CF" w:rsidRDefault="006B1190" w:rsidP="006B1190">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="305" w:lineRule="exact"/>
+              <w:ind w:right="116"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>зам. директора по ВР Кириченко Л.В.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="006B1190" w:rsidP="006B1190">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="122" w:right="116"/>
-              <w:jc w:val="center"/>
-[...64 lines deleted...]
-              <w:t xml:space="preserve"> Г.В.Павлюк</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ст.вож</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Павлюк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE4C00" w:rsidRPr="00E20624" w:rsidTr="00277F38">
+      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="007444CF">
         <w:trPr>
           <w:trHeight w:val="642"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="157"/>
               <w:ind w:left="95" w:right="88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="004B4CE8" w:rsidRDefault="00DE4C00" w:rsidP="004B4CE8">
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="322" w:lineRule="exact"/>
-              <w:ind w:left="191"/>
-[...79 lines deleted...]
-              <w:t>Клуб мүшелері</w:t>
+              <w:ind w:left="626" w:hanging="435"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Круглый</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>стол</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«Источники</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и причины коррупции»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="006B1190" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Члены клуба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="002F795D" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="157"/>
               <w:ind w:left="512" w:right="501"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>10.11.22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00E20624" w:rsidRDefault="00E20624" w:rsidP="006B1190">
+          <w:p w:rsidR="006B1190" w:rsidRPr="007444CF" w:rsidRDefault="006B1190" w:rsidP="006B1190">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="305" w:lineRule="exact"/>
+              <w:ind w:right="116"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>зам. директора по ВР Кириченко Л.В.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="006B1190" w:rsidP="006B1190">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="157"/>
               <w:ind w:left="122" w:right="116"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-              </w:rPr>
-[...59 lines deleted...]
-              <w:t xml:space="preserve"> Г.В.Павлюк</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ст.вож</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Павлюк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE4C00" w:rsidRPr="00E20624" w:rsidTr="00277F38">
+      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="007444CF">
         <w:trPr>
           <w:trHeight w:val="965"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00E20624" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="95" w:right="88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00ED7B56" w:rsidRDefault="00ED7B56" w:rsidP="00F06E2D">
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="322" w:lineRule="exact"/>
               <w:ind w:left="145" w:right="135"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-              </w:rPr>
-[...14 lines deleted...]
-                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Круглый</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...20 lines deleted...]
-                <w:szCs w:val="27"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>стол</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«Коррупция</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">антикоррупционная </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">политика </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>школы»</w:t>
+            </w:r>
+            <w:r w:rsidR="006B1190" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  с</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="006B1190" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> участием школьного самоуправления                </w:t>
+            </w:r>
+            <w:r w:rsidR="001F3A82">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">                     </w:t>
             </w:r>
-            <w:r w:rsidR="00571641" w:rsidRPr="00ED7B56">
-[...88 lines deleted...]
-              <w:t>Клуб мүшелері</w:t>
+            <w:r w:rsidR="006B1190" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>( учащихся , родителей)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="006B1190" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Члены клуба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="002F795D" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="512" w:right="501"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>17.11.22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00E20624" w:rsidRDefault="00E20624" w:rsidP="006B1190">
+          <w:p w:rsidR="006B1190" w:rsidRPr="007444CF" w:rsidRDefault="006B1190" w:rsidP="006B1190">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="305" w:lineRule="exact"/>
+              <w:ind w:right="116"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>зам. директора по ВР Кириченко Л.В.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="006B1190" w:rsidP="006B1190">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="122" w:right="116"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-              </w:rPr>
-[...59 lines deleted...]
-              <w:t xml:space="preserve"> Г.В.Павлюк</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ст.вож</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Павлюк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="00277F38">
+      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="007444CF">
         <w:trPr>
           <w:trHeight w:val="964"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00E20624" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="95" w:right="88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00571641" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="318" w:lineRule="exact"/>
               <w:ind w:left="120" w:right="116"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidRPr="00571641">
+            <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00571641">
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>декабря</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00571641">
+            <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00571641" w:rsidRPr="00571641" w:rsidRDefault="00571641" w:rsidP="00571641">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="322" w:lineRule="exact"/>
               <w:ind w:left="120" w:right="116"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-              </w:rPr>
-[...11 lines deleted...]
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00571641" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Международный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>день</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="305" w:lineRule="exact"/>
               <w:ind w:left="120" w:right="115"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-              </w:rPr>
-[...25 lines deleted...]
-              <w:t xml:space="preserve">1-11 </w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>борьбы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>против</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>коррупции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="006B1190" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1-11 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>сыныптар</w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...58 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006B1190" w:rsidRPr="007444CF" w:rsidRDefault="006B1190" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>( отд.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> план)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00277F38" w:rsidP="00F06E2D">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="006B1190" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="510" w:right="501"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            <w:r w:rsidR="006B1190" w:rsidRPr="007444CF">
+            <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="002F795D" w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.12.22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00E20624" w:rsidP="007B7465">
+          <w:p w:rsidR="006B1190" w:rsidRPr="007444CF" w:rsidRDefault="006B1190" w:rsidP="006B1190">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="305" w:lineRule="exact"/>
+              <w:ind w:right="116"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>зам. директора по ВР Кириченко Л.В.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="006B1190" w:rsidP="006B1190">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="122" w:right="116"/>
-              <w:jc w:val="center"/>
-[...65 lines deleted...]
-              <w:t xml:space="preserve"> Г.В.Павлюк</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ст.вож</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Павлюк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B1190" w:rsidRPr="007444CF" w:rsidTr="00277F38">
+      <w:tr w:rsidR="006B1190" w:rsidRPr="007444CF" w:rsidTr="007444CF">
         <w:trPr>
           <w:trHeight w:val="964"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006B1190" w:rsidRPr="007444CF" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006B1190" w:rsidRPr="00571641" w:rsidRDefault="00571641" w:rsidP="00F06E2D">
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006B1190" w:rsidRPr="007444CF" w:rsidRDefault="006B1190" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="318" w:lineRule="exact"/>
               <w:ind w:left="120" w:right="116"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
-[...18 lines deleted...]
-              <w:t>Таза алақандар</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Акция «Чистые ладони»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006B1190" w:rsidRPr="007444CF" w:rsidRDefault="006B1190" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1-11 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006B1190" w:rsidRPr="007444CF" w:rsidRDefault="002731B4" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
             </w:r>
             <w:r w:rsidR="006B1190" w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>»</w:t>
-[...71 lines deleted...]
-              </w:rPr>
               <w:t>5-9.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006B1190" w:rsidRPr="007444CF" w:rsidRDefault="007B7465" w:rsidP="007B7465">
+          <w:p w:rsidR="006B1190" w:rsidRPr="007444CF" w:rsidRDefault="006B1190" w:rsidP="006B1190">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="305" w:lineRule="exact"/>
               <w:ind w:right="116"/>
-              <w:jc w:val="center"/>
-[...46 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>зам. директора по ВР Кириченко Л.В.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>М.А.</w:t>
-[...8 lines deleted...]
-              </w:rPr>
               <w:t>Ливицкая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="006B1190" w:rsidRPr="007444CF">
-[...10 lines deleted...]
-          <w:p w:rsidR="006B1190" w:rsidRPr="007444CF" w:rsidRDefault="006B1190" w:rsidP="007B7465">
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М.А.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006B1190" w:rsidRPr="007444CF" w:rsidRDefault="006B1190" w:rsidP="006B1190">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="305" w:lineRule="exact"/>
               <w:ind w:right="116"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE4C00" w:rsidRPr="00E20624" w:rsidTr="00277F38">
+      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="007444CF">
         <w:trPr>
           <w:trHeight w:val="645"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="159"/>
               <w:ind w:left="95" w:right="88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00571641" w:rsidRDefault="00DE4C00" w:rsidP="00571641">
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="324" w:lineRule="exact"/>
-              <w:ind w:left="266"/>
-[...68 lines deleted...]
-              <w:t>Клуб мүшелері</w:t>
+              <w:ind w:left="341" w:hanging="75"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Деловая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-19"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>игра</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-19"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«Получение государственной услуги»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="006B1190" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Члены клуба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00084252" w:rsidP="00F97487">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00084252" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="159"/>
               <w:ind w:left="512" w:right="501"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
             <w:r w:rsidR="002F795D" w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
             <w:r w:rsidR="002F795D" w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>2.22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E20624" w:rsidRDefault="00E20624" w:rsidP="007B7465">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="006B1190" w:rsidP="006B1190">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="305" w:lineRule="exact"/>
               <w:ind w:right="116"/>
-              <w:jc w:val="center"/>
-[...81 lines deleted...]
-              <w:t xml:space="preserve"> Г.В.Павлюк</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>зам. директора по ВР Кириченко Л.В.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ст.вож</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Павлюк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE4C00" w:rsidRPr="00E20624" w:rsidTr="00277F38">
+      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="007444CF">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="154"/>
               <w:ind w:left="95" w:right="88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="0075316F" w:rsidRDefault="0075316F" w:rsidP="0075316F">
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="002731B4" w:rsidP="002731B4">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="315" w:lineRule="exact"/>
+              <w:ind w:left="120" w:right="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выставка </w:t>
+            </w:r>
+            <w:r w:rsidR="00DE4C00" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>плакатов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="002731B4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="305" w:lineRule="exact"/>
               <w:ind w:right="111"/>
-              <w:jc w:val="center"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00F97487" w:rsidP="00F06E2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«Коррупция</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>глазами</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>детей»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="002731B4" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="154"/>
               <w:ind w:left="133" w:right="122"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">9,10 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>сыныптар</w:t>
+              <w:t>кл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="315" w:lineRule="exact"/>
               <w:ind w:left="593"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>22.12.</w:t>
             </w:r>
@@ -6405,321 +6879,297 @@
             </w:pPr>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
             <w:r w:rsidR="002F795D" w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>.12.22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E20624" w:rsidRDefault="00E20624" w:rsidP="007B7465">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="002731B4" w:rsidP="002731B4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="154"/>
               <w:ind w:right="116"/>
-              <w:jc w:val="center"/>
-[...80 lines deleted...]
-              <w:t xml:space="preserve"> Г.В.Павлюк</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">зам. директора по ВР Кириченко Л.В. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ст.вож</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Павлюк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE4C00" w:rsidRPr="00E20624" w:rsidTr="00277F38">
+      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="007444CF">
         <w:trPr>
           <w:trHeight w:val="961"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00E20624" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="95" w:right="88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="002F71C2" w:rsidP="00F06E2D">
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="120" w:right="111"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...27 lines deleted...]
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="002F71C2" w:rsidRDefault="002F71C2" w:rsidP="00F06E2D">
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Распространение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>буклетов, листовок «СТОП –</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="304" w:lineRule="exact"/>
               <w:ind w:left="120" w:right="117"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
-[...36 lines deleted...]
-            <w:tcW w:w="1560" w:type="dxa"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Коррупция!»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="002731B4" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="154" w:line="322" w:lineRule="exact"/>
               <w:ind w:left="131" w:right="124"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00F97487">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">,8 </w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,8</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00F97487">
-[...7 lines deleted...]
-              <w:t>сыныптар</w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="133" w:right="121"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="002731B4" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="154" w:line="322" w:lineRule="exact"/>
               <w:ind w:left="631"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -6758,2672 +7208,2724 @@
             </w:pPr>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="002F795D" w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>.01.23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00E20624" w:rsidRDefault="00E20624" w:rsidP="00F06E2D">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="002731B4" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="122" w:right="116"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-              </w:rPr>
-[...59 lines deleted...]
-              <w:t xml:space="preserve"> Г.В.Павлюк</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">зам. директора по ВР Кириченко Л.В. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ст.вож</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Павлюк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE4C00" w:rsidRPr="00050913" w:rsidTr="00277F38">
+      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="007444CF">
         <w:trPr>
           <w:trHeight w:val="645"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="160"/>
               <w:ind w:left="95" w:right="88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00050913" w:rsidRDefault="00DE4C00" w:rsidP="00050913">
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="322" w:lineRule="exact"/>
-              <w:jc w:val="center"/>
-[...63 lines deleted...]
-              <w:t xml:space="preserve">10,11 </w:t>
+              <w:ind w:left="910" w:hanging="528"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Диспут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«Легко</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ли</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>всегда быть честным?»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="002731B4" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10,11 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>сыныптар</w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00050913" w:rsidRDefault="00C73AC6" w:rsidP="00F97487">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00C73AC6" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="160"/>
               <w:ind w:left="512" w:right="501"/>
-              <w:rPr>
-[...10 lines deleted...]
-                <w:szCs w:val="27"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>25.01.23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00050913" w:rsidRDefault="00F97487" w:rsidP="00F97487">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="002731B4" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="160"/>
               <w:ind w:left="122" w:right="116"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-              </w:rPr>
-[...50 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сидорова Н.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="00277F38">
+      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="007444CF">
         <w:trPr>
           <w:trHeight w:val="642"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00050913" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="157"/>
               <w:ind w:left="95" w:right="88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00050913">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00050913" w:rsidRDefault="00DE4C00" w:rsidP="00050913">
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="322" w:lineRule="exact"/>
               <w:ind w:left="1226" w:hanging="1004"/>
-              <w:jc w:val="center"/>
-[...36 lines deleted...]
-                <w:szCs w:val="27"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Флешмоб</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...25 lines deleted...]
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00050913" w:rsidRDefault="00DE4C00" w:rsidP="00F97487">
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«Мы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>за</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>МИР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">без </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>коррупции»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="157"/>
               <w:ind w:left="133" w:right="124"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">7-9 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00F97487">
-[...7 lines deleted...]
-              <w:t>сыныптар</w:t>
+            <w:r w:rsidR="002731B4" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002731B4" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00050913" w:rsidRDefault="00C73AC6" w:rsidP="00F97487">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00C73AC6" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="157"/>
               <w:ind w:left="510" w:right="501"/>
-              <w:rPr>
-[...10 lines deleted...]
-                <w:szCs w:val="27"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>3.02.23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00F97487" w:rsidP="00F97487">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="002731B4" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="157"/>
               <w:ind w:left="122" w:right="116"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Аға</w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ст.вож</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00050913">
-[...56 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="002731B4" w:rsidRPr="007444CF">
+            <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Павлюк</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="002731B4" w:rsidRPr="007444CF">
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.В.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, Лоскутова Л.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="00277F38">
+      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="007444CF">
         <w:trPr>
           <w:trHeight w:val="965"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="95" w:right="88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00517F49" w:rsidRDefault="00517F49" w:rsidP="00517F49">
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="319" w:lineRule="exact"/>
+              <w:ind w:left="470"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Профилактический</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>час</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="322" w:lineRule="exact"/>
               <w:ind w:left="698" w:hanging="248"/>
-              <w:jc w:val="center"/>
-[...51 lines deleted...]
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="002731B4" w:rsidP="00F97487">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«Нулевая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-16"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>терпимость</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>правонарушениям»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="002731B4" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="158" w:line="322" w:lineRule="exact"/>
               <w:ind w:left="131" w:right="124"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F97487">
-[...5 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00F97487">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">,6 </w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,6</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00F97487">
-[...7 lines deleted...]
-              <w:t>сыныптар</w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F97487">
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="002731B4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="121"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00C73AC6" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="510" w:right="501"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="ru-RU"/>
-[...38 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>6.02.23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00F97487" w:rsidRDefault="00F97487" w:rsidP="00F06E2D">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="002731B4" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="122" w:right="116"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="00277F38">
+      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="007444CF">
         <w:trPr>
           <w:trHeight w:val="642"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00F97487" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="157"/>
               <w:ind w:left="95" w:right="88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00F97487">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="322" w:lineRule="exact"/>
               <w:ind w:left="1272" w:hanging="903"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">» </w:t>
+              <w:t>Диспут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«Как</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бороться</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">со </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>взятками»,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="002731B4" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      9 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00A26F32">
-[...6 lines deleted...]
-              <w:t>пікірталас</w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...35 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00C73AC6" w:rsidP="00F97487">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00C73AC6" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="157"/>
               <w:ind w:left="512" w:right="501"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>13.02.2</w:t>
             </w:r>
             <w:r w:rsidR="00084252" w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00F97487" w:rsidP="00F97487">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00084252" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="157"/>
               <w:ind w:left="122" w:right="116"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Б.Т.</w:t>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t>Сарсембеков</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00084252" w:rsidRPr="007444CF">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Б.Т.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="00277F38">
+      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="007444CF">
         <w:trPr>
           <w:trHeight w:val="644"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="158"/>
               <w:ind w:left="95" w:right="88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00277F38" w:rsidRDefault="00DE4C00" w:rsidP="00277F38">
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="322" w:lineRule="exact"/>
-              <w:ind w:left="403"/>
-[...8 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="1222" w:hanging="819"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Деловая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>игра</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>Адалдық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>қызметкер</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00277F38">
-[...57 lines deleted...]
-              <w:t xml:space="preserve">10 </w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="002731B4" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>сынып</w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00C73AC6" w:rsidP="00F97487">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00C73AC6" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="158"/>
               <w:ind w:left="512" w:right="501"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
             <w:r w:rsidR="00084252" w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>.02.23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00F97487" w:rsidP="00F97487">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00084252" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="158"/>
               <w:ind w:left="122" w:right="116"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сидорова Н.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="00277F38">
+      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="007444CF">
         <w:trPr>
           <w:trHeight w:val="642"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="157"/>
               <w:ind w:left="95" w:right="88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00277F38" w:rsidRDefault="00DE4C00" w:rsidP="00277F38">
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="322" w:lineRule="exact"/>
               <w:ind w:left="1198" w:hanging="1044"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:spacing w:val="-2"/>
-[...22 lines deleted...]
-            <w:r w:rsidRPr="00277F38">
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Конкурс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>стенгазет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00277F38">
-[...4 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>"STOP</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
               </w:rPr>
               <w:t xml:space="preserve">— </w:t>
             </w:r>
-            <w:r w:rsidR="00277F38">
-[...15 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Коррупция</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>!"</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00277F38" w:rsidRDefault="00277F38" w:rsidP="00277F38">
-[...28 lines deleted...]
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00277F38" w:rsidRDefault="00C73AC6" w:rsidP="00F06E2D">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00C73AC6" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="157"/>
               <w:ind w:left="133" w:right="123"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="ru-RU"/>
-[...7 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>5-7</w:t>
             </w:r>
-            <w:r w:rsidR="00F97487" w:rsidRPr="00277F38">
-[...5 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidR="002731B4" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00F97487" w:rsidRPr="00277F38">
-[...7 lines deleted...]
-              <w:t>сыныптар</w:t>
+            <w:r w:rsidR="002731B4" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>кл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002731B4" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00277F38" w:rsidRDefault="00084252" w:rsidP="00F97487">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00084252" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="322" w:lineRule="exact"/>
               <w:ind w:left="523" w:hanging="10"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="ru-RU"/>
-[...7 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>3.03.23</w:t>
             </w:r>
-            <w:r w:rsidR="00DE4C00" w:rsidRPr="00277F38">
+            <w:r w:rsidR="00DE4C00" w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00DE4C00" w:rsidRPr="00277F38">
-[...4 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidR="00DE4C00" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00277F38">
-[...5 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>10.03.23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00681156" w:rsidP="00F06E2D">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00084252" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="157"/>
               <w:ind w:left="122" w:right="116"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Школьный парламент, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>сынып</w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...18 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>. рук.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="00277F38">
+      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="007444CF">
         <w:trPr>
           <w:trHeight w:val="965"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="95" w:right="88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00277F38" w:rsidRDefault="00DE4C00" w:rsidP="00277F38">
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="120" w:right="112"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Информационный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>час</w:t>
+            </w:r>
+            <w:r w:rsidR="00084252" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                     </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00084252" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-15"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidR="00277F38">
-[...36 lines deleted...]
-              <w:pStyle w:val="TableParagraph"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О бытовой и деловой</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="304" w:lineRule="exact"/>
+              <w:ind w:left="120" w:right="117"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">8 </w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>коррупции»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00C73AC6" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    8 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>сынып</w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00C147C1">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="8"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00084252" w:rsidP="00C147C1">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00084252" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="510" w:right="501"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>3.04.23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00247580" w:rsidRDefault="00247580" w:rsidP="00F06E2D">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00084252" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="122" w:right="116"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Сынып</w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...15 lines deleted...]
-              <w:t>жетекшісі</w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>. рук.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="00277F38">
+      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="007444CF">
         <w:trPr>
           <w:trHeight w:val="966"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="95" w:right="88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C73AC6" w:rsidRPr="007444CF" w:rsidRDefault="00A26F32" w:rsidP="00A26F32">
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="318" w:lineRule="exact"/>
+              <w:ind w:left="470"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Профилактический</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>час</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C73AC6" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00C73AC6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="324" w:lineRule="exact"/>
-              <w:ind w:left="856" w:hanging="142"/>
-[...114 lines deleted...]
-            <w:r w:rsidR="00C147C1">
+              <w:ind w:left="1462" w:hanging="881"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«Антикоррупционный ликбез»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00084252" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7</w:t>
+            </w:r>
+            <w:r w:rsidR="00C73AC6" w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">-11 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00C147C1">
-[...6 lines deleted...]
-              <w:t>сыныптар</w:t>
+            <w:r w:rsidR="00C73AC6" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C73AC6" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00C147C1">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="7"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00084252" w:rsidP="00C147C1">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00084252" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="512" w:right="501"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>10.04.23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00247580" w:rsidRDefault="00247580" w:rsidP="00F06E2D">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00084252" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="122" w:right="116"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
-[...29 lines deleted...]
-              <w:t>жетекшісі</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл. рук.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE4C00" w:rsidRPr="00681156" w:rsidTr="00277F38">
+      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="007444CF">
         <w:trPr>
           <w:trHeight w:val="1069"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="304" w:lineRule="exact"/>
               <w:ind w:left="95" w:right="88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00277F38" w:rsidRDefault="00084252" w:rsidP="00A26F32">
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00084252">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="304" w:lineRule="exact"/>
               <w:ind w:left="120" w:right="112"/>
-              <w:jc w:val="center"/>
-[...89 lines deleted...]
-              <w:t xml:space="preserve">1-9 </w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Профилактический</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>час</w:t>
+            </w:r>
+            <w:r w:rsidR="00084252" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00084252" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«Основы</w:t>
+            </w:r>
+            <w:r w:rsidR="00084252" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00084252" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">общественного </w:t>
+            </w:r>
+            <w:r w:rsidR="00084252" w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>порядка»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00084252" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1-9 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>сыныптар</w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="007444CF" w:rsidP="00C147C1">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="007444CF" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="304" w:lineRule="exact"/>
               <w:ind w:left="512" w:right="501"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
             <w:r w:rsidR="00084252" w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>.04.23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00681156" w:rsidRDefault="00681156" w:rsidP="00681156">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00084252" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="304" w:lineRule="exact"/>
               <w:ind w:left="122" w:right="116"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-              </w:rPr>
-[...23 lines deleted...]
-                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Соцпедагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007444CF">
-[...32 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00084252" w:rsidRPr="007444CF">
+            <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Сабитова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00084252" w:rsidRPr="00681156">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> З.Я., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>сынып</w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00681156">
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>. рук.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="00277F38">
+      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="007444CF">
         <w:trPr>
           <w:trHeight w:val="966"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00681156" w:rsidRDefault="007444CF" w:rsidP="00F06E2D">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="007444CF" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="9"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00681156">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="95" w:right="88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00A26F32" w:rsidRDefault="00DE4C00" w:rsidP="00A26F32">
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="320" w:lineRule="exact"/>
+              <w:ind w:left="598"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Конкурс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>презентаций</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00084252">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="322" w:lineRule="exact"/>
               <w:ind w:left="247" w:firstLine="468"/>
-              <w:jc w:val="center"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidR="00277F38">
-[...7 lines deleted...]
-            </w:r>
             <w:r w:rsidR="00084252" w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – </w:t>
-[...8 lines deleted...]
-              <w:t>сыбайлас жемқорлықтан еркін мемлекет</w:t>
+              <w:t>Казахстан – государство свободное от коррупции</w:t>
             </w:r>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00A26F32">
-[...17 lines deleted...]
-              <w:jc w:val="center"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="007444CF" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">10,11 </w:t>
+              <w:t xml:space="preserve"> 10,11 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>сыныптар</w:t>
+              <w:t>кл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="007444CF" w:rsidP="00C147C1">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="007444CF" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="158"/>
               <w:ind w:left="523" w:hanging="10"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00084252" w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
@@ -9462,789 +9964,826 @@
             <w:r w:rsidR="00DE4C00" w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.05.2</w:t>
             </w:r>
             <w:r w:rsidR="00084252" w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00681156" w:rsidP="00681156">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00084252" w:rsidP="00084252">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="122" w:right="116"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Сынып</w:t>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...56 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>рук.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п3резиденты классов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="00277F38">
+      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="007444CF">
         <w:trPr>
           <w:trHeight w:val="966"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="95" w:right="88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="00A26F32" w:rsidRDefault="00A26F32" w:rsidP="00F06E2D">
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="318" w:lineRule="exact"/>
+              <w:ind w:left="120" w:right="115"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Диалоговая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>площадка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="324" w:lineRule="exact"/>
               <w:ind w:left="120" w:right="111"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«Закон,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-20"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00DE4C00" w:rsidRPr="007444CF">
-[...7 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Справедливость, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>равноправие»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRDefault="007444CF" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
-[...22 lines deleted...]
-            </w:r>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Члены</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007444CF" w:rsidRPr="007444CF" w:rsidRDefault="007444CF" w:rsidP="00F06E2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:spacing w:val="-2"/>
-[...40 lines deleted...]
-              <w:t>Клуб мүшелері</w:t>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>клуба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00C147C1">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="7"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="007444CF" w:rsidP="00C147C1">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="007444CF" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="512" w:right="501"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r w:rsidR="00084252" w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.05.23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00E20624" w:rsidP="00084252">
+          <w:p w:rsidR="00084252" w:rsidRPr="007444CF" w:rsidRDefault="00084252" w:rsidP="00084252">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="305" w:lineRule="exact"/>
+              <w:ind w:right="116"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>зам. директора по ВР Кириченко Л.В.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00084252" w:rsidP="00084252">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="122" w:right="116"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...57 lines deleted...]
-              <w:t xml:space="preserve"> Г.В.Павлюк</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ст.вож</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Павлюк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="00277F38">
+      <w:tr w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidTr="007444CF">
         <w:trPr>
           <w:trHeight w:val="321"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="001F3A82" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="301" w:lineRule="exact"/>
               <w:ind w:left="95" w:right="88"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007629B9" w:rsidRDefault="007629B9" w:rsidP="00F06E2D">
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="301" w:lineRule="exact"/>
               <w:ind w:left="658"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Итоговое</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заседание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007444CF" w:rsidRDefault="007444CF" w:rsidP="007444CF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
-[...17 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Члены</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="007444CF" w:rsidP="007444CF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Клуб мүшелері</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>клуба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00084252" w:rsidP="00C147C1">
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00084252" w:rsidP="00F06E2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="301" w:lineRule="exact"/>
               <w:ind w:left="512" w:right="501"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007444CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>22.05.23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00E20624" w:rsidP="00084252">
+          <w:p w:rsidR="00084252" w:rsidRPr="007444CF" w:rsidRDefault="00084252" w:rsidP="00084252">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="305" w:lineRule="exact"/>
+              <w:ind w:right="116"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>зам. директора по ВР Кириченко Л.В.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00084252" w:rsidP="00084252">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="301" w:lineRule="exact"/>
               <w:ind w:left="122" w:right="116"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...57 lines deleted...]
-              <w:t xml:space="preserve"> Г.В.Павлюк</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ст.вож</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Павлюк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.В.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007444CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00DE4C00" w:rsidRPr="007444CF" w:rsidRDefault="00DE4C00" w:rsidP="00DE4C00">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001B6623" w:rsidRPr="007444CF" w:rsidRDefault="001B6623">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001B6623" w:rsidRPr="007444CF" w:rsidSect="001F3A82">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="142" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="86"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008D0DBD"/>
-    <w:rsid w:val="00050913"/>
     <w:rsid w:val="00084252"/>
     <w:rsid w:val="00090093"/>
-    <w:rsid w:val="00113D7C"/>
-    <w:rsid w:val="001873C7"/>
     <w:rsid w:val="001B6623"/>
     <w:rsid w:val="001F3A82"/>
-    <w:rsid w:val="0021180E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002555F7"/>
     <w:rsid w:val="002731B4"/>
-    <w:rsid w:val="00277F38"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002F71C2"/>
     <w:rsid w:val="002F795D"/>
-    <w:rsid w:val="003058DA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003253D0"/>
     <w:rsid w:val="003E02B9"/>
-    <w:rsid w:val="00404CCF"/>
-[...4 lines deleted...]
-    <w:rsid w:val="005B5C61"/>
     <w:rsid w:val="005F634C"/>
-    <w:rsid w:val="006228AD"/>
-    <w:rsid w:val="00681156"/>
     <w:rsid w:val="006B1190"/>
     <w:rsid w:val="00734F74"/>
     <w:rsid w:val="007444CF"/>
-    <w:rsid w:val="0075316F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007B7465"/>
     <w:rsid w:val="008D0DBD"/>
-    <w:rsid w:val="00A26F32"/>
-    <w:rsid w:val="00A87B2C"/>
     <w:rsid w:val="00B13D5C"/>
-    <w:rsid w:val="00B33531"/>
-    <w:rsid w:val="00B972E0"/>
     <w:rsid w:val="00BE06C2"/>
-    <w:rsid w:val="00C147C1"/>
-    <w:rsid w:val="00C2284B"/>
     <w:rsid w:val="00C73AC6"/>
-    <w:rsid w:val="00CC0323"/>
     <w:rsid w:val="00D47979"/>
     <w:rsid w:val="00DE4C00"/>
-    <w:rsid w:val="00DF18D5"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00F97487"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3FDA3EED"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{322829CA-5123-4B41-9221-79EB1B559AFF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10723,70 +11262,55 @@
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BE06C2"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BE06C2"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
-[...13 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -11018,71 +11542,71 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>4760</Characters>
+  <Pages>1</Pages>
+  <Words>745</Words>
+  <Characters>4253</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>39</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>35</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5583</CharactersWithSpaces>
+  <CharactersWithSpaces>4989</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>10 школа</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>