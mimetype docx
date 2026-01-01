--- v0 (2025-12-08)
+++ v1 (2026-01-01)
@@ -1,3169 +1,1748 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00D22A7C" w:rsidRPr="00156DF9" w:rsidRDefault="00D22A7C" w:rsidP="00156DF9">
+    <w:p w:rsidR="00B12829" w:rsidRDefault="00B12829" w:rsidP="00226A98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B12829">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии со статьей 139 Трудового кодекса Республики Казахстан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КГКП</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B12829">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Дворец школьников</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7AA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имени Агыбай батыра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B12829">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>отдела</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7AA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования города Балхаша у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B12829">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>правления образования Карагандинской области</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7AA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, находящегося по адресу: ул. Агыбай батыра, 32, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B12829">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс на</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7AA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">занятие вакантных  должностей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогов дополнительного образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B12829">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA7AA4" w:rsidRPr="00621F3F" w:rsidRDefault="00EA7AA4" w:rsidP="00226A98">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагог дополнительного образования  шахматного кружка «Ладья»</w:t>
+      </w:r>
+      <w:r w:rsidR="00621F3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00621F3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ставка (</w:t>
+      </w:r>
+      <w:r w:rsidR="00621F3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> час</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00621F3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00621F3F" w:rsidRPr="00621F3F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00621F3F" w:rsidRPr="00621F3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>согласно квалификационным требованиям, с окладом, соответствующим занимаемой должности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00621F3F" w:rsidRPr="00621F3F" w:rsidRDefault="00621F3F" w:rsidP="00226A98">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00621F3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Педагог дополнительного образования  </w:t>
+      </w:r>
+      <w:r w:rsidR="00226A98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кружка «Авиа-ракетомоделирование</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00621F3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,  1,5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00621F3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ставка (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00621F3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> часов), согласно квалификационным требованиям, с окладом, соответствующим занимаемой должности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00621F3F" w:rsidRPr="00621F3F" w:rsidRDefault="00621F3F" w:rsidP="00226A98">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00621F3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагог дополнительного образования  секции «Бокс»,  1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00621F3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ставка (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00621F3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> часов), согласно квалификационным требованиям, с окладом, соответствующим занимаемой должности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00621F3F" w:rsidRPr="00621F3F" w:rsidRDefault="00621F3F" w:rsidP="00226A98">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00621F3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Педагог дополнительного образования  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>музыкальной студии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00621F3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Шабыт»,  1,5 ставка (26 часов), согласно квалификационным требованиям, с окладом, соответствующим занимаемой должности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B12829" w:rsidRDefault="00B12829" w:rsidP="00226A98">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B12829">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Квалификационные требования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B12829" w:rsidRDefault="00B12829" w:rsidP="00226A98">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...369 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B12829">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Высшее и (или) послевузовское педагогическое образование или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку или техническое и профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы; </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z1763"/>
+      <w:r w:rsidRPr="00B12829">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D22A7C" w:rsidRPr="00156DF9" w:rsidRDefault="00D22A7C" w:rsidP="00156DF9">
+    <w:p w:rsidR="00621F3F" w:rsidRPr="00621F3F" w:rsidRDefault="00621F3F" w:rsidP="00226A98">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
-[...219 lines deleted...]
-        <w:t>.</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00621F3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Функциональные обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D22A7C" w:rsidRPr="00156DF9" w:rsidRDefault="00D22A7C" w:rsidP="00156DF9">
-[...790 lines deleted...]
-    <w:p w:rsidR="00D22A7C" w:rsidRPr="00156DF9" w:rsidRDefault="00D22A7C" w:rsidP="00156DF9">
+    <w:p w:rsidR="00621F3F" w:rsidRPr="00621F3F" w:rsidRDefault="00621F3F" w:rsidP="00226A98">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық білім немесе өзге де кәсіптік білім немесе тиісті бейін бойынша педагогикалық қайта даярлауды немесе техникалық және кәсіптік білім беруді растайтын құжат, жұмыс стажына талаптар қойылмайды; </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00621F3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рганизует разнообразную творческую деятельность обучающихся в области дополнительного о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бразования,     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00621F3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>комплектует состав обучающихся, воспитанников в кружках, секциях, студиях, клубных и других детских объединений, принимает меры по сохранению их в течение срока обучения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D22A7C" w:rsidRPr="00156DF9" w:rsidRDefault="00D22A7C" w:rsidP="00D22A7C">
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="00B12829" w:rsidRPr="00B12829" w:rsidRDefault="00B12829" w:rsidP="00226A98">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B12829">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Размер заработной платы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...27 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
+      <w:r w:rsidRPr="00B12829">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выплачивается в зависимости от уровня образования, опыта работы, квалификационной категории.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00D22A7C" w:rsidRPr="00156DF9" w:rsidRDefault="00D22A7C" w:rsidP="00156DF9">
-[...19 lines deleted...]
-    <w:p w:rsidR="00D22A7C" w:rsidRPr="00156DF9" w:rsidRDefault="00D22A7C" w:rsidP="00D22A7C">
+    <w:p w:rsidR="00B12829" w:rsidRPr="00B12829" w:rsidRDefault="00B12829" w:rsidP="00226A98">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...171 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D22A7C" w:rsidRPr="00156DF9" w:rsidRDefault="00D22A7C" w:rsidP="00156DF9">
-[...19 lines deleted...]
-    <w:p w:rsidR="00D22A7C" w:rsidRPr="00156DF9" w:rsidRDefault="00D22A7C" w:rsidP="00D22A7C">
+    <w:p w:rsidR="00621F3F" w:rsidRPr="00621F3F" w:rsidRDefault="00621F3F" w:rsidP="00226A98">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...177 lines deleted...]
-        <w:t>;</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00621F3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лицо, изъявившее желание принять участие в конкурсе, в сроки приема документов, указанных в объявлении, направляет следующие документы в электронном или бумажном виде:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D22A7C" w:rsidRPr="00156DF9" w:rsidRDefault="00D22A7C" w:rsidP="00D22A7C">
+    <w:p w:rsidR="00621F3F" w:rsidRPr="00621F3F" w:rsidRDefault="00621F3F" w:rsidP="00226A98">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...97 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00621F3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D22A7C" w:rsidRPr="00156DF9" w:rsidRDefault="00D22A7C" w:rsidP="00D22A7C">
+    <w:p w:rsidR="00621F3F" w:rsidRPr="00621F3F" w:rsidRDefault="00621F3F" w:rsidP="00226A98">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...56 lines deleted...]
-        <w:t>;</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00621F3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) документ, удостоверяющий личность либо электронный </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D22A7C" w:rsidRPr="00156DF9" w:rsidRDefault="00D22A7C" w:rsidP="00D22A7C">
+    <w:p w:rsidR="00621F3F" w:rsidRPr="00621F3F" w:rsidRDefault="00621F3F" w:rsidP="00226A98">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...56 lines deleted...]
-        <w:t>;</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00621F3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7) справку с психоневрологической организации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D22A7C" w:rsidRPr="00156DF9" w:rsidRDefault="00D22A7C" w:rsidP="00D22A7C">
+    <w:p w:rsidR="00621F3F" w:rsidRPr="00621F3F" w:rsidRDefault="00621F3F" w:rsidP="00226A98">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...280 lines deleted...]
-        <w:t>);</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00621F3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8) справку с наркологической организации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D22A7C" w:rsidRPr="00156DF9" w:rsidRDefault="00D22A7C" w:rsidP="00D22A7C">
+    <w:p w:rsidR="00621F3F" w:rsidRPr="00621F3F" w:rsidRDefault="00621F3F" w:rsidP="00226A98">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...152 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00621F3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D22A7C" w:rsidRPr="00156DF9" w:rsidRDefault="00D22A7C" w:rsidP="00156DF9">
+    <w:p w:rsidR="00621F3F" w:rsidRPr="00621F3F" w:rsidRDefault="00621F3F" w:rsidP="00226A98">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...389 lines deleted...]
-        <w:r w:rsidRPr="00156DF9">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00621F3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00621F3F" w:rsidRPr="00621F3F" w:rsidRDefault="00621F3F" w:rsidP="00226A98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B12829" w:rsidRPr="00B12829" w:rsidRDefault="00D35201" w:rsidP="00226A98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Срок подачи документов до 3 сентября </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D35201">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022 года. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B12829" w:rsidRPr="00B12829">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Документы принимаются к рассмотрению </w:t>
+      </w:r>
+      <w:r w:rsidR="00B12829">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурсной </w:t>
+      </w:r>
+      <w:r w:rsidR="00B12829" w:rsidRPr="00B12829">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">комиссией по почте, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B12829">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нарочно</w:t>
+      </w:r>
+      <w:r w:rsidR="00B12829" w:rsidRPr="00B12829">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по адресу: г. Балхаш, ул. Агыбай батыра, дом 32, и по электронной почте: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidR="00B12829" w:rsidRPr="00AD6B01">
           <w:rPr>
             <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
+            <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>dvorec.shkolnikov32@mail.ru</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00156DF9">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B12829" w:rsidRPr="00B12829">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00156DF9">
-        <w:rPr>
+      <w:r w:rsidR="00B12829">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C12BE5" w:rsidRPr="00156DF9" w:rsidRDefault="00D22A7C" w:rsidP="00D22A7C">
+    <w:p w:rsidR="00B12829" w:rsidRPr="00B12829" w:rsidRDefault="00B12829" w:rsidP="00226A98">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> телефоны: 4-10-65.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B12829">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Телефон для справок: 4-10-65.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00C12BE5" w:rsidRPr="00156DF9">
+    <w:p w:rsidR="00B12829" w:rsidRPr="00B12829" w:rsidRDefault="00B12829" w:rsidP="00226A98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00B12829" w:rsidRPr="00B12829">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="0CB52C52"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="849862A2"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="214A51B9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DE9C9576"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="2A5D6140"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="04190025"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="1"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="432"/>
+        </w:tabs>
+        <w:ind w:left="432" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="2"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="576"/>
+        </w:tabs>
+        <w:ind w:left="576" w:hanging="576"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="3"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="4"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="864"/>
+        </w:tabs>
+        <w:ind w:left="864" w:hanging="864"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="5"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1008"/>
+        </w:tabs>
+        <w:ind w:left="1008" w:hanging="1008"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="6"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1152"/>
+        </w:tabs>
+        <w:ind w:left="1152" w:hanging="1152"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="7"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1296"/>
+        </w:tabs>
+        <w:ind w:left="1296" w:hanging="1296"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="8"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="9"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1584"/>
+        </w:tabs>
+        <w:ind w:left="1584" w:hanging="1584"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="45F7553F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A4EED74C"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="001A0457"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00D36068"/>
+    <w:rsidRoot w:val="00B33FF6"/>
+    <w:rsid w:val="001C3752"/>
+    <w:rsid w:val="00226A98"/>
+    <w:rsid w:val="0046693A"/>
+    <w:rsid w:val="00483C2C"/>
+    <w:rsid w:val="00621F3F"/>
+    <w:rsid w:val="00633C7B"/>
+    <w:rsid w:val="00640572"/>
+    <w:rsid w:val="0065354B"/>
+    <w:rsid w:val="006D4D48"/>
+    <w:rsid w:val="0088507D"/>
+    <w:rsid w:val="008C0D26"/>
+    <w:rsid w:val="0092453D"/>
+    <w:rsid w:val="00B12829"/>
+    <w:rsid w:val="00B33FF6"/>
+    <w:rsid w:val="00B5131C"/>
+    <w:rsid w:val="00B55B41"/>
+    <w:rsid w:val="00CE70C1"/>
+    <w:rsid w:val="00D35201"/>
+    <w:rsid w:val="00D5640D"/>
+    <w:rsid w:val="00EA7AA4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-        <w:szCs w:val="28"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
@@ -3251,120 +1830,513 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00B12829"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B12829"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:right="-625"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B12829"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:aliases w:val=" Знак15,Знак15"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B12829"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B12829"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="3"/>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B12829"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="4"/>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B12829"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="5"/>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="70"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B12829"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="6"/>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="80"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B12829"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="7"/>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="90"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B12829"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="8"/>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D22A7C"/>
-[...1 lines deleted...]
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+    <w:rsid w:val="00B12829"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B12829"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B12829"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a6">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00B12829"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:rsid w:val="00B12829"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:rsid w:val="00B12829"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:aliases w:val=" Знак15 Знак,Знак15 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:rsid w:val="00B12829"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:rsid w:val="00B12829"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:rsid w:val="00B12829"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="Заголовок 6 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:rsid w:val="00B12829"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="Заголовок 7 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="7"/>
+    <w:rsid w:val="00B12829"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="Заголовок 8 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="8"/>
+    <w:rsid w:val="00B12829"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="Заголовок 9 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="9"/>
+    <w:rsid w:val="00B12829"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-        <w:szCs w:val="28"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
@@ -3452,101 +2424,509 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00B12829"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B12829"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:right="-625"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B12829"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:aliases w:val=" Знак15,Знак15"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B12829"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B12829"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="3"/>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B12829"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="4"/>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B12829"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="5"/>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="70"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B12829"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="6"/>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="80"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B12829"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="7"/>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="90"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B12829"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="8"/>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D22A7C"/>
-[...1 lines deleted...]
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+    <w:rsid w:val="00B12829"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B12829"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B12829"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a6">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00B12829"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:rsid w:val="00B12829"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:rsid w:val="00B12829"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:aliases w:val=" Знак15 Знак,Знак15 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:rsid w:val="00B12829"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:rsid w:val="00B12829"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:rsid w:val="00B12829"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="Заголовок 6 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:rsid w:val="00B12829"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="Заголовок 7 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="7"/>
+    <w:rsid w:val="00B12829"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="Заголовок 8 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="8"/>
+    <w:rsid w:val="00B12829"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="Заголовок 9 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="9"/>
+    <w:rsid w:val="00B12829"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="2010131198">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dvorec.shkolnikov32@mail.ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dvorec.shkolnikov32@mail.ru" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3795,65 +3175,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>380</Words>
-  <Characters>2170</Characters>
+  <Words>420</Words>
+  <Characters>2396</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
+  <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2545</CharactersWithSpaces>
+  <CharactersWithSpaces>2811</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь Windows</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>