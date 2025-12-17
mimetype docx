--- v0 (2025-12-10)
+++ v1 (2025-12-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d8128af" w14:textId="d8128af">
+    <w:p w14:paraId="c73f738" w14:textId="c73f738">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,387 +76,376 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Жалпы білім беретін пәндер бойынша республикалық және халықаралық олимпиадалар мен ғылыми жобалар конкурстарының (ғылыми жарыстардың), орындаушылар конкурстарының, кәсіби шеберлік конкурстарының және спорттық жарыстардың тізбесін бекіту туралы</w:t>
+        <w:t>Об утверждении Перечня республиканских и международных олимпиад и конкурсов научных проектов (научных соревнований) по общеобразовательным предметам, конкурсов исполнителей, конкурсов профессионального мастерства и спортивных соревнований</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2011 жылғы 7 желтоқсандағы № 514 Бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2011 жылы 27 желтоқсанда № 7355 тіркелді.</w:t>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 7 декабря 2011 года № 514. Зарегистрирован в Министерстве юстиции Республики Казахстан 27 декабря 2011 года № 7355.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Білім туралы" Қазақстан Республикасының 2007 жылғы 27 шілдедегі Заңының 5-бабы </w:t>
+      В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>29-1) тармақшасына</w:t>
+        <w:t xml:space="preserve"> подпунктом 29-1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес </w:t>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан от 27 июля 2007 года "Об образовании" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>БҰЙЫРАМЫН:</w:t>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      1. Қоса беріліп отырған Жалпы білім беретін пәндер бойынша республикалық және халықаралық олимпиадалар мен ғылыми жобалар конкурстарының (ғылыми жарыстардың), орындаушылар конкурстарының, кәсіби шеберлік конкурстарының және спорттық жарыстардың </w:t>
+        <w:t>
+      1. Утвердить прилагаемый</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>тізбесі</w:t>
+        <w:t xml:space="preserve"> Перечень</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бекітілсін.</w:t>
+        <w:t xml:space="preserve"> республиканских и международных олимпиад и конкурсов научных проектов (научных соревнований) по общеобразовательным предметам, конкурсов исполнителей, конкурсов профессионального мастерства и спортивных соревнований.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Мектепке дейінгі және орта білім департаменті (Ж.А.Жонтаева):</w:t>
+      2. Департаменту дошкольного и среднего образования (Жонтаева Ж.А.):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) осы бұйрықтың белгіленген тәртіппен Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін қамтамасыз етсін;</w:t>
+      1) представить настоящий приказ в установленном порядке на государственную регистрацию в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) мемлекеттік тіркеуден өткеннен кейін осы бұйрықты бұқаралық ақпарат құралдарында жарияласын.</w:t>
+      2) после прохождения государственной регистрации опубликовать настоящий приказ в средствах массовой информации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Осы бұйрықтың орындалуын бақылау вице-министр М.Н.Сарыбековке жүктелсін.</w:t>
+      3. Контроль за исполнением настоящего приказа возложить на вице-министра Сарыбекова М.Н.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Осы бұйрық алғаш ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="3590"/>
+        <w:gridCol w:w="8710"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="3590" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...11 lines deleted...]
-              <w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Министр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8710" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Б. Жумагулов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
 </w:t>
-            </w:r>
-[...76 lines deleted...]
-    </w:tbl>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -490,15635 +479,15606 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
-[...194 lines deleted...]
-              <w:t>№ 514 бұйрығымен бекітілген</w:t>
+              <w:t xml:space="preserve">Утвержден приказом </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Министра образования и науки </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 7 декабря 2011 года № 514</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жалпы білім беретін пәндер бойынша республикалық және халықаралық олимпиадалар мен ғылыми жобалар конкурстарының (ғылыми жарыстардың), орындаушылар конкурстарының, кәсіби шеберлік конкурстарының және спорттық жарыстардың тізбесі</w:t>
+        <w:t xml:space="preserve"> Перечень республиканских и международных олимпиад и конкурсов научных проектов (научных соревнований) по общеобразовательным предметам, конкурсов исполнителей, конкурсов профессионального мастерства и спортивных соревнований</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Тізбе жаңа редакцияда - ҚР Білім және ғылым министрінің 25.05.2021 </w:t>
+      Сноска. Перечень - в редакции приказа Министра образования и науки РК от 25.05.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 232</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1- тарау. Республикалық және халықаралық олимпиадалар 1- параграф. Жалпы білім беретін пәндер бойынша халықаралық олимпиадалар:</w:t>
+        <w:t xml:space="preserve"> Глава 1. Республиканские и международные олимпиады</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:tbl>
-[...2401 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2 - параграф. Жалпы білім беретін пәндер бойынша республикалық олимпиадалар:</w:t>
+        <w:t xml:space="preserve"> Параграф 1. Международные олимпиады по общеобразовательным предметам:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1414"/>
-        <w:gridCol w:w="10886"/>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="10455"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10886" w:type="dxa"/>
+            <w:tcW w:w="10455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Олимпиадалар атауы</w:t>
-[...10 lines deleted...]
-            <w:tcW w:w="1414" w:type="dxa"/>
+              <w:t xml:space="preserve"> Наименование олимпиад</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10886" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международная олимпиада по математике (IMO);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10886" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международная олимпиада по физике (IPhO);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10886" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международная олимпиада по химии (IChO);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10886" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международная олимпиада по биологии (IBO);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10886" w:type="dxa"/>
-[...29 lines deleted...]
-Жаратылыстану-математика циклы пәндері бойынша Президенттік олимпиада.</w:t>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международная олимпиада по географии (IGеO);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международная олимпиада по информатике (IOI);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международная олимпиада по лингвистике (IOL);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международная олимпиада по астрономии и астрофизике (IOAA);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международная олимпиада по астрономии (IAO);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международная олимпиада по философии (IPO);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международная олимпиада по экономике (IEO);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балканская олимпиада по математике (BMO);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балканская математическая олимпиада среди юниоров (JBMO);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Западно-Китайская математическая олимпиада;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международная дистанционная Азиатско-Тихоокеанская математическая олимпиада (для учащихся 9-11 (12) классов);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международная математическая олимпиада "Шелковый путь" (для учащихся 9-11 (12) классов);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международная О. Жаутыковская олимпиада по математике, физике и информатике для учащихся специализированных школ;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международная естественно-научная олимпиада среди юниоров (IJSO);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международная Менделеевская олимпиада школьников по химии;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международная олимпиада по казахскому языку и литературе для детей казахской диаспоры "Қазақстан-атажұртым, қасиетіманатілім" для учащихся 9-11 классов;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международная олимпиада школьников "Туймаада" по математике, физике, химии, информатике;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Азиатская олимпиада по физике (APhO);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международная олимпиада школьников по физике, химии и математике "Лаборатория подготовки талантов" (для учащихся 7-8 классов);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Европейская олимпиада по географии (EGeo);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Азиатская олимпиада по биологии (ABO);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Европейская математическая олимпиада для девочек (EGMO);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Европейская физическая олимпиада (EuPho);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Центрально-Европейская олимпиада по информатике (CEOI);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Европейская юниорская олимпиада по информатике (EJOI);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Евразийская олимпиада по информатике (для стран ШОС).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="10"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3 - параграф. Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының студенттеріне арналған республикалық олимпиадалар:</w:t>
+        <w:t xml:space="preserve"> Параграф 2. Республиканские олимпиады по общеобразовательным предметам:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1398"/>
-        <w:gridCol w:w="10902"/>
+        <w:gridCol w:w="1511"/>
+        <w:gridCol w:w="10789"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcW w:w="1511" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10902" w:type="dxa"/>
+            <w:tcW w:w="10789" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Олимпиада атауы</w:t>
-[...10 lines deleted...]
-            <w:tcW w:w="1398" w:type="dxa"/>
+              <w:t xml:space="preserve"> Наименование олимпиад</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1511" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10902" w:type="dxa"/>
-[...29 lines deleted...]
-Жалпы білім беретін пәндер бойынша техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының 1-2 курс студенттеріне арналған республикалық олимпиада;</w:t>
+            <w:tcW w:w="10789" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканская олимпиада для учащихся 2-4 классов по общеобразовательным предметам;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1511" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10789" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканская олимпиада для учащихся 5-6 классов по общеобразовательным предметам;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1511" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10789" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканская олимпиада для учащихся 7-8 классов по общеобразовательным предметам;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1511" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10789" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканская олимпиада для учащихся 9-11 (12) классов по общеобразовательным предметам;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1511" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10789" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Президентская олимпиада по предметам естественно-математического цикла.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z16" w:id="11"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4 - параграф. Мамандандырылған олимпиадалар:</w:t>
+        <w:t xml:space="preserve"> Параграф 3. Республиканские олимпиады для студентов технического и профессионального, послесреднего образования:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1353"/>
-        <w:gridCol w:w="10947"/>
+        <w:gridCol w:w="1661"/>
+        <w:gridCol w:w="10639"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1353" w:type="dxa"/>
+            <w:tcW w:w="1661" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10947" w:type="dxa"/>
+            <w:tcW w:w="10639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Олимпиадалар атауы</w:t>
-[...10 lines deleted...]
-            <w:tcW w:w="1353" w:type="dxa"/>
+              <w:t xml:space="preserve"> Наименование олимпиад</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10947" w:type="dxa"/>
-[...1261 lines deleted...]
-Жалпы білім беретін мектептерге арналған "Ақбота" зияткерлік олимпиадасы.</w:t>
+            <w:tcW w:w="10639" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканская олимпиада для студентов 1-2 курсов организаций технического и профессионального, послесреднего образования по общеобразовательным дисциплинам;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5 - параграф. Жоғары оқу орындарының олимпиадалары:</w:t>
+        <w:t xml:space="preserve"> Параграф 4. Специализированные олимпиады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="986"/>
-        <w:gridCol w:w="11314"/>
+        <w:gridCol w:w="1525"/>
+        <w:gridCol w:w="10775"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcW w:w="1525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11314" w:type="dxa"/>
+            <w:tcW w:w="10775" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Олимпиадалар атауы</w:t>
-[...10 lines deleted...]
-            <w:tcW w:w="986" w:type="dxa"/>
+              <w:t xml:space="preserve"> Наименование олимпиад</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11314" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcW w:w="10775" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Национальная интеллектуальная олимпиада для сельских школ "Мың бала";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11314" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcW w:w="10775" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканская олимпиада по казахскому языку и литературе имени К. Битибаевой;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11314" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcW w:w="10775" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканская комплексная олимпиада "Сардар" среди учащихся 11-х классов;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11314" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcW w:w="10775" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканская олимпиада по химии имени К. Сатпаева для учащихся 9 классов;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11314" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcW w:w="10775" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканская математическая олимпиада "Бастау" для учащихся 2-4 классов;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11314" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcW w:w="10775" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканская олимпиада по казахскому языку "Жарқынболашақ" для учащихся 7-11 классов;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11314" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcW w:w="10775" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специализариованная профильная олимпиада по химии имени А. Бектурова среди учащихся 10-11 (12) классов;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11314" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcW w:w="10775" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканская олимпиада "Тарихата" среди учащихся 5-9 классов;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11314" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcW w:w="10775" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканская олимпиада по казахскому языку среди учащихся некоренной национальности "Тіл – тәуелсіздіктұғыры" для учащихся 9-11 классов;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11314" w:type="dxa"/>
-[...29 lines deleted...]
-Astana IT University-нің "AITU icode" республикалық бағдарламалау олимпиадасы.</w:t>
+            <w:tcW w:w="10775" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканская олимпиада по финансам и экономике для 9 – 10 (11) классов;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10775" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Олимпиада по экологии для учащихся 9-11 (12) классов;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10775" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканская олимпиада по казахскому языку и литературе "Абайтану";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10775" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Олимпиада "Қазақстанбілімолимпиадасы" для учащихся 10-11 классов специализированных организаций образования, АОО "Назарбаев Интеллектуальные школы", международных школ;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10775" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканская олимпиада по электронике и смарт-технологиям для учащихся 7- 11 классов;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10775" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Олимпиада "IQanat";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10775" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Олимпиада "Youngchallenger" для частных и международных школ;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10775" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Интеллектуальная олимпиада "Ақбота" для общеобразовательных школ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z18" w:id="13"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Ғылыми жобалар конкурстары (ғылыми жарыстар) 1 - параграф. Жалпы білім беретін пәндер бойынша халықаралық ғылыми жобалар конкурстары (ғылыми жарыстары):</w:t>
+        <w:t xml:space="preserve"> Параграф 5. Вузовские олимпиады для школьников:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="917"/>
-        <w:gridCol w:w="11383"/>
+        <w:gridCol w:w="991"/>
+        <w:gridCol w:w="11309"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="917" w:type="dxa"/>
+            <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11383" w:type="dxa"/>
+            <w:tcW w:w="11309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Ғылыми жобалар конкурстарының атауы</w:t>
-[...10 lines deleted...]
-            <w:tcW w:w="917" w:type="dxa"/>
+              <w:t xml:space="preserve"> Наименование олимпиад</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11383" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="917" w:type="dxa"/>
+            <w:tcW w:w="11309" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международная олимпиада "Аль-Фараби" для учащихся 11 классов;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11383" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="917" w:type="dxa"/>
+            <w:tcW w:w="11309" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканская предметная олимпиада Казахстанско-Британского технического университета для школьников 10-12 классов;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11383" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="917" w:type="dxa"/>
+            <w:tcW w:w="11309" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Олимпиада по повышению квалификации "SPT" по профильным предметам среди выпускников школ и колледжей университета имени Сулеймана Демиреля;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11383" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="917" w:type="dxa"/>
+            <w:tcW w:w="11309" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканская предметная олимпиада "Абай сыйы" среди школьников 11 (12) классов Казахского национального педагогического университета имени Абая;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11383" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="917" w:type="dxa"/>
+            <w:tcW w:w="11309" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканская олимпиада "Ясауи" для учащихся 11 (12) классов Международного казахско-турецкого университета имени Ахмеда Ясави;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11383" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="917" w:type="dxa"/>
+            <w:tcW w:w="11309" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международная олимпиада по физике Карагандинского Государственного университета имени Е.А. Букетова;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11383" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="917" w:type="dxa"/>
+            <w:tcW w:w="11309" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Традиционная олимпиада по предметам естествознания для учащихся 9-10 классов Казахского Национального педагогического женского университета;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11383" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="917" w:type="dxa"/>
+            <w:tcW w:w="11309" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканская олимпиада "Білім шыңы" по предметам физика, математика, информатика для учащихся 10-11 (12) классов Казахского Национального педагогического женского университета;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11383" w:type="dxa"/>
-[...29 lines deleted...]
-"First Robotics" робототехника бойынша халықаралық біріншілігі.</w:t>
+            <w:tcW w:w="11309" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканская олимпиада по общеобразовательным предметам Евразийского Национального университета имени Л.Н.Гумилева;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="991" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11309" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканская олимпиада по истории Казахстана, краеведению и археологии "Туған ел. Туған жер. Туған глобал." Восточно-Казахстанского университета имени С. Аманжолова;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="991" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11309" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканская олимпиада по программированию AstanaITUniversity – "AITUicode".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2- параграф. Ғылыми жобалардың республикалық конкурстары:</w:t>
+        <w:t xml:space="preserve"> Глава 2. Конкурсы научных проектов (научные соревнования)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:tbl>
-[...245 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="15"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3 - параграф. Ғылыми жобалардың мамандандырылған конкурстары:</w:t>
+        <w:t xml:space="preserve"> Параграф 1. Международные конкурсы научных проектов (научные соревнования) по общеобразовательным предметам:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="804"/>
-        <w:gridCol w:w="11496"/>
+        <w:gridCol w:w="607"/>
+        <w:gridCol w:w="11693"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcW w:w="607" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcW w:w="11693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Конкурстар атауы</w:t>
-[...10 lines deleted...]
-            <w:tcW w:w="804" w:type="dxa"/>
+              <w:t xml:space="preserve"> Наименование конкурсов научных проектов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="607" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11496" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcW w:w="11693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международные соревнования по науке и технике "ISEF Regeneron" для учащихся 9-11 (12) классов (физика);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="607" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11496" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcW w:w="11693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международный конкурс исследовательских проектов по математике и механике имени У.Джолдасбекова для учащихся 11 (12) классов (математика, физика);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="607" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11496" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcW w:w="11693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международный конкурс "Математика и проектирование";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="607" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11496" w:type="dxa"/>
-[...29 lines deleted...]
-9-10 сынып оқушыларына арналған жас тарихшылардың "Менің шағын Отаным" атты республикалық интеллектуалдық конкурсы.</w:t>
+            <w:tcW w:w="11693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всероссийская олимпиада научно-исследовательских проектов по проблемам защиты окружающей среды "Человек-Земля-Космос" для учащихся 9-11 (12) классов (биология, география, химия, всемирная история);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международные научные соревнования по космическим исследованиям "Открываем мир науки"для учащихся 9-11 (12) классов (физика, биология);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международный научный конкурс "MOSTRATEC" (история, право, лингвистика, психология) для учащихся 9-11 классов;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международные соревнования по компьютерным проектам (информатика) "INFOMATRIX-ASIA" для учащихся 9-11 (12) классов;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Конкурс научных проектов "GoogleScienceFair";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международное первенство по робототехнике "First Robotics".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4 - параграф. Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының студенттеріне арналған республикалық конкурстар:</w:t>
+        <w:t xml:space="preserve"> Параграф 2. Республиканские конкурсы научных проектов:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="869"/>
-        <w:gridCol w:w="11431"/>
+        <w:gridCol w:w="1231"/>
+        <w:gridCol w:w="11069"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="869" w:type="dxa"/>
+            <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11431" w:type="dxa"/>
+            <w:tcW w:w="11069" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> конкурстар атауы</w:t>
-[...10 lines deleted...]
-            <w:tcW w:w="869" w:type="dxa"/>
+              <w:t xml:space="preserve"> Наименование конкурсов научных проектов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11431" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="869" w:type="dxa"/>
+            <w:tcW w:w="11069" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский конкурс научных проектов (научных соревнований) по общеобразовательным предметам для учащихся 8-11 (12) классов;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11431" w:type="dxa"/>
-[...260 lines deleted...]
-Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының студенттері арасында "Жас турист" конкурсы.</w:t>
+            <w:tcW w:w="11069" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Национальный конкурс исследовательских проектов и творческих работ учащихся 2-7 классов "Зерде".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3- тарау. Орындаушылар конкурстары</w:t>
+        <w:t xml:space="preserve"> Параграф 3. Специализированные конкурсы научных проектов:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="790"/>
+        <w:gridCol w:w="11510"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11510" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Наименование конкурсов научных проектов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11510" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский конкурс экологических проектов "ProEco" для учащихся 5-8 классов;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11510" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский конкурс научных проектов по робототехнике "FirstRobotics" для учащихся 1-11 (12) классов;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11510" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фестиваль робототехники, программирования и инновационных технологий "Roboland";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11510" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский интеллектуальный конкурс юных историков "Моя малая родина" для учащихся 9-10 классов.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1 - параграф. Орындаушылардың халықаралық конкурстары:</w:t>
+        <w:t xml:space="preserve"> Параграф 4. Конкурсы для студентов технического и профессионального, послесреднего образования:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2607"/>
-        <w:gridCol w:w="9693"/>
+        <w:gridCol w:w="824"/>
+        <w:gridCol w:w="11476"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2607" w:type="dxa"/>
+            <w:tcW w:w="824" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9693" w:type="dxa"/>
+            <w:tcW w:w="11476" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Конкурстар атауы</w:t>
-[...10 lines deleted...]
-            <w:tcW w:w="2607" w:type="dxa"/>
+              <w:t xml:space="preserve"> Наименование конкурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9693" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="2607" w:type="dxa"/>
+            <w:tcW w:w="11476" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканские конкурсы идей по разработке IT-решений в различных отраслях с применением цифровых навыков – Hackathon среди студентов организаций технического и профессионального, послесреднего образования;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9693" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="2607" w:type="dxa"/>
+            <w:tcW w:w="11476" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Республиканский Конкурс туристско-краеведческо- экологических исследовательской работы "Гулденебер, Қазақстан!"; </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9693" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="2607" w:type="dxa"/>
+            <w:tcW w:w="11476" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский конкурс "ТОП 100 студентов колледжей Республики Казахстан";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9693" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="2607" w:type="dxa"/>
+            <w:tcW w:w="11476" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский Гранд турнир "Я - предприниматель" среди студентов организаций технического и профессионального, послесреднего образования;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9693" w:type="dxa"/>
-[...106 lines deleted...]
-Музыкалық колледждері орындаушыларының халықаралық конкурсы.</w:t>
+            <w:tcW w:w="11476" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Конкурс "Жас турист" среди студентов организаций технического и профессионального, послесреднего образования.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z24" w:id="19"/>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2 - параграф. Орындаушылардың республикалық конкурстары:</w:t>
+        <w:t xml:space="preserve"> Глава 3. Конкурсы исполнителей</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:tbl>
-[...322 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="20"/>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3- параграф. Мамандандырылған байқаулар:</w:t>
+        <w:t xml:space="preserve"> Параграф 1. Международные конкурсы исполнителей:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1955"/>
-        <w:gridCol w:w="10345"/>
+        <w:gridCol w:w="2215"/>
+        <w:gridCol w:w="10085"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1955" w:type="dxa"/>
+            <w:tcW w:w="2215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10345" w:type="dxa"/>
+            <w:tcW w:w="10085" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Шығармашылық байқаулардың атауы</w:t>
-[...10 lines deleted...]
-            <w:tcW w:w="1955" w:type="dxa"/>
+              <w:t xml:space="preserve"> Наименование конкурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10345" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="1955" w:type="dxa"/>
+            <w:tcW w:w="10085" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международный конкурс скрипачей;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10345" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="1955" w:type="dxa"/>
+            <w:tcW w:w="10085" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международный конкурс пианистов;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10345" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="1955" w:type="dxa"/>
+            <w:tcW w:w="10085" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международный конкурс исполнителей на народных, духовых и ударных инструментах;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10345" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="1955" w:type="dxa"/>
+            <w:tcW w:w="10085" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международный конкурс исполнителей "Астана – Мерей";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10345" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="1955" w:type="dxa"/>
+            <w:tcW w:w="10085" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международные конкурсы исполнителей, имеющие регистрацию в международной федерации фестивальных организаций (ЮНЕСКО);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10345" w:type="dxa"/>
-[...1415 lines deleted...]
-Қазақстан Республикасының мамандырылған мектептері мен музыкалық колледждері оқушылары арасындағы республикалық кіші олимпиадасы (Қазақ ұлттық консерваториясы).</w:t>
+            <w:tcW w:w="10085" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международный конкурс исполнителей музыкальных колледжей.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z26" w:id="21"/>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4-тарау. Кәсіби шеберлік конкурстары</w:t>
+        <w:t xml:space="preserve"> Параграф 2. Республиканские конкурсы исполнителей:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z27" w:id="22"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2075"/>
+        <w:gridCol w:w="10225"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Наименование конкурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 Республиканский конкурс молодых исполнителей Казахстана среди учащихся специализированных организаций образования для одаренных детей;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 Республиканский конкурс исполнителей музыкальных колледжей;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 Республиканский фестиваль-конкурс юных музыкантов-учащихся детских музыкальных школ и школ искусств.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1 - параграф. Халықаралық кәсіби шеберлік конкурстары:</w:t>
+        <w:t xml:space="preserve"> Параграф 3. Специализированные конкурсы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="847"/>
-        <w:gridCol w:w="11453"/>
+        <w:gridCol w:w="1983"/>
+        <w:gridCol w:w="10317"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
+            <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11453" w:type="dxa"/>
+            <w:tcW w:w="10317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Халықаралық конкурстар атауы</w:t>
-[...10 lines deleted...]
-            <w:tcW w:w="847" w:type="dxa"/>
+              <w:t xml:space="preserve"> Наименование конкурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11453" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="847" w:type="dxa"/>
+            <w:tcW w:w="10317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Республиканский конкурс по ораторскому искусству и музыкальной импровизации "Ақберен"; </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11453" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="847" w:type="dxa"/>
+            <w:tcW w:w="10317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский творческий конкурс "Абай оқулары";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11453" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="847" w:type="dxa"/>
+            <w:tcW w:w="10317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский конкурс научно-творческих проектов "Мағжан оқулары";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11453" w:type="dxa"/>
-[...29 lines deleted...]
- "WorldSkills" өзге елдердегі халықаралық чемпионаттары.</w:t>
+            <w:tcW w:w="10317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский конкурс научно-творческих проектов "Әбіш оқулары";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский конкурс "Мәшhүр Жүсіп оқулары";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский конкурс "Ілияс окуляры";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский конкурс "Жыр алыбы-Жамбыл";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Конкурс "Мақатаев оқулары";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Игра-конкурс по информатике "Bebras";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Игра-конкурс "Кенгуру".</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Конкурс юных художников "Бояулар құпиясы" (в том числе районный, городской, областной, республиканский);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фестиваль-конкурс театрального искусства "Театрдың ғажайып әлемі" (в том числе районный, городской, областной, республиканский);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Хореографический фестиваль-конкурс "Ақшағала" (в том числе районный, городской, областной, республиканский);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Соревнования технического творчества и изобретательства (авиа, ракето, авто, судомоделирование) (в том числе районный, городской, областной, республиканский);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Форум "Открываем мир профессий" (в том числе районный, городской, областной, республиканский);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Конкурс инновационных идей "Первый шаг к великому изобретению" (в том числе районный, городской, областной, республиканский);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фестиваль детского кино "Дети Казахстана в мире без границ!" (в том числе районный, городской, областной, республиканский);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Форум юных краеведов, экологов и натуралистов "Табиғатты аяла" (в том числе районный, городской, областной, республиканский);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Слет туристских экспедиционных отрядов "Менің Отаным – Қазақстан" (в том числе районный, городской, областной, республиканский);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выставка-конкурс художественного и декоративно-прикладного детского творчества "Алтын қазына" (в том числе районный, городской, областной, республиканский);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Финал военно-спортивной игры "Алау" (в том числе районный, городской, областной, республиканский);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Конкурс творческих проектов "Моя инициатива – моей Родине" (в том числе районный, городской, областной, республиканский);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский интеллектуальный турнир среди школьников "Ашық алаң" (районный, городской, областной, республиканский);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Малая олимпиада среди учащихся специализированных школ и студентов музыкальных колледжей Республики Казахстан (Казахская национальная консерватория).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z28" w:id="23"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2 - параграф. Республикалық кәсіби шеберлік конкурстары:</w:t>
+        <w:t xml:space="preserve"> Глава 4. Конкурсы профессионального мастерства</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:tbl>
-[...322 lines deleted...]
-    <w:bookmarkStart w:name="z29" w:id="24"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3 - параграф. Педагогтердің шығармашылық шеберлігіне арналған іс-шаралар тізілімі:</w:t>
+        <w:t xml:space="preserve"> Параграф 1. Международные конкурсы профессионального мастерства:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1679"/>
-        <w:gridCol w:w="10621"/>
+        <w:gridCol w:w="847"/>
+        <w:gridCol w:w="11453"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1679" w:type="dxa"/>
+            <w:tcW w:w="847" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10621" w:type="dxa"/>
+            <w:tcW w:w="11453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Педагогтерге арналған іс-шаралар атауы</w:t>
-[...10 lines deleted...]
-            <w:tcW w:w="1679" w:type="dxa"/>
+              <w:t xml:space="preserve"> Наименование международных конкурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10621" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="1679" w:type="dxa"/>
+            <w:tcW w:w="11453" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международные чемпионаты "WorldSkills International";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10621" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="1679" w:type="dxa"/>
+            <w:tcW w:w="11453" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международный чемпионат "WorldSkills Europe";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10621" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="1679" w:type="dxa"/>
+            <w:tcW w:w="11453" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международный чемпионат "WorldSkills Asia";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10621" w:type="dxa"/>
-[...2262 lines deleted...]
- Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының педагогтері арасындағы мәдениет және өнер саласында саласы бойынша кәсіби шеберліктің республикалық конкурсы.</w:t>
+            <w:tcW w:w="11453" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международные чемпионаты "WorldSkills других стран".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z30" w:id="25"/>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5-тарау. Спорттық жарыстар</w:t>
+        <w:t xml:space="preserve"> Параграф 2. Республиканские конкурсы профессионального мастерства:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z31" w:id="26"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="844"/>
+        <w:gridCol w:w="11456"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Наименование республиканских конкурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Региональные конкурсы профессионального мастерства "WorldSkills Kazakhstan";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отраслевые/корпоративные чемпионаты "WorldSkills";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский чемпионат "WorldSkills Kazakhstan".</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1 - параграф. Халықаралық спорттық конкурстар:</w:t>
+        <w:t xml:space="preserve"> Параграф 3. Конкурсы профессионального мастерства для педагогов:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4049"/>
-        <w:gridCol w:w="8251"/>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="10455"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4049" w:type="dxa"/>
+            <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8251" w:type="dxa"/>
+            <w:tcW w:w="10455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Спорттық жарыстардың атауы</w:t>
-[...10 lines deleted...]
-            <w:tcW w:w="4049" w:type="dxa"/>
+              <w:t xml:space="preserve"> Наименование мероприятий для педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8251" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="4049" w:type="dxa"/>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский и областной конкурс "Лучший педагог";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8251" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="4049" w:type="dxa"/>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский конкурс "Лучший педагог" реабилитационного центра и кабинета психолого-педагогической коррекции";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8251" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="4049" w:type="dxa"/>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Республиканский конкурс "Педагог-инноватор специального оборудования"; </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8251" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="4049" w:type="dxa"/>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский конкурс "Лучший педагог психолого-медико-педагогической консультации";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8251" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="4049" w:type="dxa"/>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский конкурс "Лучший психолог года";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8251" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="4049" w:type="dxa"/>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский конкурс "Лучшая авторская программа";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8251" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="4049" w:type="dxa"/>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский конкурс "Фестиваль педагогических идей";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8251" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="4049" w:type="dxa"/>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканская олимпиада для учителей математики "Математическая регата";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8251" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="4049" w:type="dxa"/>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканская олимпиада для молодых педагогов "Талантливый учитель-одаренным детям";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8251" w:type="dxa"/>
-[...29 lines deleted...]
-Дүниежүзілік жазғы және қысқы универсиада.</w:t>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканская олимпиада по предметам для учителей "ПедСтарт";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Республиканский конкурс для учителей начальных классов "Алтын тұғыр"; </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Эстафета лучших педагогов страны" в рамках виртуального образовательного маршрута";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский конкурс "Лучший педагог дошкольной организации";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский конкурс "Методист года дошкольной организации";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский конкурс видео-уроков и видео-лекций для организаций дошкольного, среднего, дополнительного, технического и профессионального, послесреднего, высшего образования "Панорама педагогических идей";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Защита реальных проектов;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Социальные идеи и проекты; </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лучшая авторская программа;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский конкурс молодых педагогов "Новой школе – современный учитель"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Республиканский конкурс инновационных работ педагогов организаций технического и профессионального, послесреднего образования; </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский конкурс профессионального мастерства среди педагогов организаций технического и профессионального, послесреднего образования по нефтегазовой отрасли;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский конкурс профессионального мастерства среди педагогов организаций технического и профессионального, послесреднего образования по отрасли транспорта и связи;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский конкурс профессионального мастерства среди педагогов организаций технического и профессионального, послесреднего образования по инженерной отрасли;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский конкурс профессионального мастерства среди педагогов организаций технического и профессионального, послесреднего образования по строительной отрасли;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский конкурс профессионального мастерства среди педагогов организаций технического и профессионального, послесреднего образования по сельскохозяйственной отрасли;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский конкурс профессионального мастерства среди педагогов организаций технического и профессионального, послесреднего образования по энергетической отрасли;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский конкурс профессионального мастерства среди педагогов организаций технического и профессионального, послесреднего образования по педагогической отрасли;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский конкурс профессионального мастерства среди педагогов организаций технического и профессионального, послесреднего образования по горно-металлургической отрасли;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский конкурс профессионального мастерства среди педагогов организаций технического и профессионального, послесреднего образования по отрасли сервиса и обслуживания;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский конкурс профессионального мастерства среди педагогов организаций технического и профессионального, послесреднего образования по IT отрасли;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский конкурс профессионального мастерства среди педагогов организаций технического и профессионального, послесреднего образования по отрасли здравоохранения;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский конкурс профессионального мастерства среди педагогов организаций технического и профессионального, послесреднего образования по отрасли спорта;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский конкурс профессионального мастерства среди педагогов организаций технического и профессионального, послесреднего образования по отрасли культуры и искусства.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z32" w:id="27"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2 - параграф. Республикалық спорттық жарыстар:</w:t>
+        <w:t xml:space="preserve"> Глава 5. Спортивные соревнования</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 1. Международные спортивные соревнования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2979"/>
-        <w:gridCol w:w="9321"/>
+        <w:gridCol w:w="3440"/>
+        <w:gridCol w:w="8860"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2979" w:type="dxa"/>
+            <w:tcW w:w="3440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9321" w:type="dxa"/>
+            <w:tcW w:w="8860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Спорттық жарыстардың атауы</w:t>
-[...10 lines deleted...]
-            <w:tcW w:w="2979" w:type="dxa"/>
+              <w:t xml:space="preserve"> Наименование спортивных соревнований</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9321" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="2979" w:type="dxa"/>
+            <w:tcW w:w="8860" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Летние Олимпийские игры;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9321" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="2979" w:type="dxa"/>
+            <w:tcW w:w="8860" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зимние Олимпийские игры;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9321" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="2979" w:type="dxa"/>
+            <w:tcW w:w="8860" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Летние Азиатские игры;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9321" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="2979" w:type="dxa"/>
+            <w:tcW w:w="8860" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зимние Азиатские игры;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9321" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="2979" w:type="dxa"/>
+            <w:tcW w:w="8860" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Азиатские игры в закрытых помещениях;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9321" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="2979" w:type="dxa"/>
+            <w:tcW w:w="8860" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международные спортивные игры среди юниоров стран союза независимых государств и Балтии;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9321" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="2979" w:type="dxa"/>
+            <w:tcW w:w="8860" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чемпионат Мира (Азии) среди юношей и юниоров по видам спорта;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9321" w:type="dxa"/>
-[...29 lines deleted...]
-Ұлттық спорттық ойындар (тоғызқұмалақ, асық ату).</w:t>
+            <w:tcW w:w="8860" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всемирные юношеские олимпийские игры;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8860" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всемирная летняя и зимняя гимназиада;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8860" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всемирная летняя и зимняя универсиада.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 2. Республиканские спортивные соревнования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2955"/>
+        <w:gridCol w:w="9345"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9345" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Наименование спортивных соревнований</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9345" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Казахстанская спартакиада колледжей;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9345" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Казахстанская летняя и зимняя гимназиада школьников;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9345" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чемпионаты (первенства) Республики Казахстан по видам спорта;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9345" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кубок Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9345" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Спартакиада Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9345" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Спартакиада для педагогов Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9345" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Национальная школьная лига по видам спорта;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9345" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Национальные спортивные игры (тогызкумалак, асык ату).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -16126,51 +16086,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>