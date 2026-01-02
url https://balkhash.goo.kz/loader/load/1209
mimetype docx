--- v0 (2025-12-10)
+++ v1 (2026-01-02)
@@ -1,2166 +1,1082 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="0000"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3480"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D01892" w:rsidTr="00D01892">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D01892" w:rsidRDefault="00D01892">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Утвержден</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+              <w:t>постановлением акимата</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+              <w:t>Карагандинской области</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+              <w:t>от 23 июня 2015 года</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+              <w:t>№ 34/18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00D01892" w:rsidRDefault="00D01892" w:rsidP="00D01892">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Регламент государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>"Прием документов и выдача направлений на предоставление отдыха детям из малообеспеченных семей в загородных и пришкольных лагерях"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D01892" w:rsidRDefault="00D01892" w:rsidP="00D01892">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D01892" w:rsidRDefault="00D01892" w:rsidP="00D01892">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      1. Государственная услуга "Прием документов и выдача направлений на предоставление отдыха детям из малообеспеченных семей в загородных и пришкольных лагерях" (далее – государственная услуга) оказывается местными исполнительными органами, организациями образования районов и городов Карагандинской области (далее – услугодатель).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="z52"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:t>      Прием заявления и выдача результата оказания государственных услуг осуществляется через канцелярию услугодателя.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t xml:space="preserve">      2. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z53"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:t>Форма оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t xml:space="preserve">      3. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="z54"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>Результатом оказания государственной услуги – направление в загородные и пришкольные лагеря, согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:anchor="z314" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+          </w:rPr>
+          <w:t>стандарту</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> государственной услуги "Прием документов и выдача направлений на предоставление отдыха детям из малообеспеченных семей в загородных и пришкольных лагерях", утвержденному приказом Министра образования и науки Республики Казахстан от 13 апреля 2015 года № 198 "Об утверждении стандартов государственных услуг, оказываемых в сфере семьи и детей" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 11184) (далее – Стандарт).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z55"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:t>      Форма предоставления результата оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D01892" w:rsidRDefault="00D01892" w:rsidP="00D01892">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2. Описание порядка действий структурных подразделений</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>(работников) услугодателя в процессе оказания</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D01892" w:rsidRDefault="00D01892" w:rsidP="00D01892">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      4. Основанием для начала процедуры (действия) по оказанию государственной услуги является заявление с предоставлением необходимых документов, указанных в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z325" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+          </w:rPr>
+          <w:t>пункте 9</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Стандарта.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t xml:space="preserve">      5. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="z58"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:t>Содержание процедур (действий), входящих в состав процесса оказания государственной услуги, длительность выполнения, сроки осуществления:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="z59"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:t>      действие 1 - прием и регистрация документов сотрудником канцелярии отдела, передача документов руководителю отдела - 20 минут;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="z60"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:t>      действие 2 - рассмотрение документов руководителем отдела, передача документов специалисту отдела – 30 минут;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="z61"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:t>      действие 3 - рассмотрение документов специалистом, на соответствие предъявляемым требованиям предусмотренным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z325" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+          </w:rPr>
+          <w:t>пунктом 9</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Стандарта и подготовка направления в загородные и пришкольные лагеря – десять рабочих дней;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="z62"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:t>      действие 4 - подписание результата государственной услуги руководителем отдела - 20 минут;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="z63"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:t>      действие 5 - направление подписанного руководителем отдела результата оказания государственной услуги услугополучателю – один рабочий день.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="z64"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:t>      Срок оказания государственной услуги:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="z65"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:t>      с момента сдачи пакета документов услугодателю – пятнадцать рабочих дней.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      6. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="z66"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:t>Результатом процедуры (действия) по оказанию государственной услуги по действию 1, указанному в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z58" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+          </w:rPr>
+          <w:t>пункте 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящего регламента, является передача документов руководителю отдела. Передача документов руководителю отдела является основанием для начала выполнения действия 2, указанного в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z58" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+          </w:rPr>
+          <w:t>пункте 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящего регламента. Результатом действия 2, указанного в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z58" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+          </w:rPr>
+          <w:t>пункте 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящего регламента, является рассмотрение документов руководителем отдела и передача документов специалисту отдела, которые являются основанием для начала выполнения действия 3, указанного в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z58" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+          </w:rPr>
+          <w:t>пункте 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящего регламента. Результатом по действию 3, указанному в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z58" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+          </w:rPr>
+          <w:t>пункте 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящего регламента является рассмотрение документов специалистом отдела на соответствие предъявляемым требованиям, предусмотренным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z325" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+          </w:rPr>
+          <w:t>пунктом 9</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Стандарта и подготовка решения, которое является основанием для начала выполнения действия 4, указанного в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z58" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+          </w:rPr>
+          <w:t>пункте 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящего регламента. Результатом по действию 4, указанному в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z58" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+          </w:rPr>
+          <w:t>пункте 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящего регламента является подписание результата оказания государственной услуги руководителем отдела, который является основанием для начала выполнения действия 5 указанного в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z58" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+          </w:rPr>
+          <w:t>пункте 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящего регламента. Результатом по действию 5, указанному в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z58" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+          </w:rPr>
+          <w:t>пункте 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящего регламента является направление подписанного руководителем отдела результата оказания государственной услуги услугополучателю.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D01892" w:rsidRDefault="00D01892" w:rsidP="00D01892">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>3. Описание порядка взаимодействия структурных подразделений</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>(работников) услугодателя в процессе оказания</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D01892" w:rsidRDefault="00D01892" w:rsidP="00D01892">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      7. Перечень структурных подразделений (работников) услугодателя, которые участвуют в процессе оказания государственной услуги:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="z69"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:t>сотрудник канцелярии отдела;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="z70"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:t>руководитель отдела;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="z71"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:t>ответственный отдела.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t xml:space="preserve">      8. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="z72"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:t>Описание последовательности процедур (действий) между структурными подразделениями (работниками) с указанием длительности каждой процедуры (действия), необходимых для оказания государственной услуги:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="z73"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:t>прием и регистрация документов сотрудником канцелярии отдела, передача документов руководителю отдела - 20 минут;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="z74"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:t>рассмотрение документов руководителем отдела, передача документов специалисту отдела – 30 минут;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="z75"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:t>рассмотрение документов специалистом, на соответствие предъявляемым требованиям предусмотренным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z325" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+          </w:rPr>
+          <w:t>пунктом 9</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Стандарта и подготовка направления в загородные и пришкольные лагеря – десять рабочих дней;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t xml:space="preserve">      4) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="20" w:name="z76"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:t>подписание результата государственной услуги руководителем отдела - 20 минут;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t xml:space="preserve">      5) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="z77"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:t>направление подписанного руководителем отдела результата оказания государственной услуги услугополучателю – один рабочий день.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="z78"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:t>      Описание последовательности процедур (действий) между структурными подразделениями (работниками) с указанием длительности каждой процедуры (действия) сопровождается справочником бизнес-процессов согласно приложению к настоящему регламенту.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D01892" w:rsidRDefault="00D01892" w:rsidP="00D01892">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>4. Описание порядка взаимодействия с центром обслуживания населения и (или) иными услугодателями, а также порядка использования информационных систем в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D01892" w:rsidRDefault="00D01892" w:rsidP="00D01892">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>      9. Государственная услуга не автоматизирована и через центр обслуживания населения не оказывается.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5850"/>
         <w:gridCol w:w="3465"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00671648" w:rsidRPr="00671648" w:rsidTr="00671648">
+      <w:tr w:rsidR="00D01892" w:rsidTr="00D01892">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00671648" w:rsidRPr="00671648" w:rsidRDefault="00671648" w:rsidP="00671648">
-[...10 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="00D01892" w:rsidRDefault="00D01892"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00671648" w:rsidRPr="00671648" w:rsidRDefault="00671648" w:rsidP="00671648">
+          <w:p w:rsidR="00D01892" w:rsidRDefault="00D01892">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...4 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00671648">
-[...6 lines deleted...]
-              <w:t>Қарағанды облысы әкімдігінің</w:t>
+            <w:r>
+              <w:t>Приложение</w:t>
             </w:r>
-            <w:r w:rsidRPr="00671648">
-[...5 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:br/>
-              <w:t>2015 жылғы 23 маусымдағы</w:t>
+              <w:t>к регламенту</w:t>
             </w:r>
-            <w:r w:rsidRPr="00671648">
-[...5 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:br/>
-              <w:t>№ 34/18 қаулысымен</w:t>
+              <w:t>государственной услуги</w:t>
             </w:r>
-            <w:r w:rsidRPr="00671648">
-[...5 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:br/>
-              <w:t>бекітілген</w:t>
+              <w:t>"Прием документов и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+              <w:t>выдача направлений на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+              <w:t>предоставление отдыха</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+              <w:t>детям из</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+              <w:t>малообеспеченных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+              <w:t>семей в загородных и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+              <w:t>пришкольных лагерях"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00671648" w:rsidRPr="00671648" w:rsidRDefault="00671648" w:rsidP="00671648">
+    <w:p w:rsidR="00D01892" w:rsidRDefault="00D01892" w:rsidP="00D01892">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-        <w:outlineLvl w:val="2"/>
+        <w:pStyle w:val="3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Справочник бизнес-процессов оказания государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>"Прием документов и выдача направлений на предоставление отдыха детям из малообеспеченных семей в загородных и пришкольных лагерях"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D01892" w:rsidRDefault="00507B32" w:rsidP="00D01892">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:noProof/>
         </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5857875" cy="3810000"/>
+            <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="2"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId18" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5857875" cy="3810000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D01892" w:rsidRDefault="00D01892" w:rsidP="00D01892">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00671648">
+      <w:r>
+        <w:t>      Условные обозначения</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D01892" w:rsidRDefault="00507B32" w:rsidP="00D01892">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:noProof/>
         </w:rPr>
-        <w:t xml:space="preserve">"Аз қамтылған отбасылардағы балалардың қала сыртындағы және мектеп жанындағы лагерьлерде демалуы үшін құжаттар қабылдау және жолдама беру" мемлекеттік </w:t>
-[...47 lines deleted...]
-        <w:t>1. Жалпы ережелер</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5857875" cy="904875"/>
+            <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
+            <wp:docPr id="2" name="Рисунок 2" descr="3"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2" descr="3"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId19" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5857875" cy="904875"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00671648" w:rsidRPr="00671648" w:rsidRDefault="00671648" w:rsidP="00671648">
-[...1588 lines deleted...]
-    <w:sectPr w:rsidR="00CB404F" w:rsidSect="00CB404F">
+    <w:p w:rsidR="00D01892" w:rsidRDefault="00D01892"/>
+    <w:sectPr w:rsidR="00D01892" w:rsidSect="00D01892">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:embedSystemFonts/>
+  <w:stylePaneFormatFilter w:val="3F01"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00671648"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00CB404F"/>
+    <w:rsidRoot w:val="00D01892"/>
+    <w:rsid w:val="00507B32"/>
+    <w:rsid w:val="00D01892"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00CB404F"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="30"/>
-    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00671648"/>
+    <w:rsid w:val="00D01892"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-[...14 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="99"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00671648"/>
+    <w:rsid w:val="00D01892"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
-    <w:rPr>
-[...4 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
-    <w:uiPriority w:val="99"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00671648"/>
+    <w:rsid w:val="00D01892"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="2091730577">
+    <w:div w:id="258833313">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V15K0003355" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V15K0003355" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V15K0003355" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V15K0003355" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V15K0003355" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V15K0003355" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V15K0003355" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V15K0003355" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V15K0003355" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15K0003355" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15K0003355" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15K0003355" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15K0003355" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15K0003355" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15K0003355" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15K0003355" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15K0003355" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15K0003355" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2407,54 +1323,321 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>967</Words>
-  <Characters>5514</Characters>
+  <Words>1080</Words>
+  <Characters>6156</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>51</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company/>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>Home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6469</CharactersWithSpaces>
+  <CharactersWithSpaces>7222</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="84" baseType="variant">
+      <vt:variant>
+        <vt:i4>4849752</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>39</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://adilet.zan.kz/rus/docs/V1500011184</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>z325</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2949225</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>36</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://adilet.zan.kz/rus/docs/V15K0003355</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>z58</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2949225</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>33</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://adilet.zan.kz/rus/docs/V15K0003355</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>z58</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2949225</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>30</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://adilet.zan.kz/rus/docs/V15K0003355</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>z58</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2949225</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>27</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://adilet.zan.kz/rus/docs/V15K0003355</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>z58</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4849752</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>24</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://adilet.zan.kz/rus/docs/V1500011184</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>z325</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2949225</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>21</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://adilet.zan.kz/rus/docs/V15K0003355</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>z58</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2949225</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>18</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://adilet.zan.kz/rus/docs/V15K0003355</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>z58</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2949225</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>15</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://adilet.zan.kz/rus/docs/V15K0003355</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>z58</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2949225</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>12</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://adilet.zan.kz/rus/docs/V15K0003355</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>z58</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2949225</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://adilet.zan.kz/rus/docs/V15K0003355</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>z58</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4849752</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://adilet.zan.kz/rus/docs/V1500011184</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>z325</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4849752</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://adilet.zan.kz/rus/docs/V1500011184</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>z325</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4915291</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://adilet.zan.kz/rus/docs/V1500011184</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>z314</vt:lpwstr>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>