--- v0 (2025-12-08)
+++ v1 (2025-12-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="95ce180" w14:textId="95ce180">
+    <w:p w14:paraId="2d3ca4c" w14:textId="2d3ca4c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,447 +76,447 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>"Психологиялық-педагогикалық қолдау саласындағы жергілікті атқарушы органдар көрсететін мемлекеттік көрсетілетін қызметтерді көрсету тәртібін бекіту туралы"</w:t>
+        <w:t>Об утверждении правил оказания государственных услуг в сфере психолого-педагогической поддержки, оказываемых местными исполнительными органами"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 27 мамырдағы № 223 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 28 мамырда № 20744 болып тіркелді.</w:t>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 27 мая 2020 года № 223. Зарегистрирован в Министерстве юстиции Республики Казахстан 28 мая 2020 года № 20744.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасының Заңы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 1) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
+      В соответствии с подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Қоса беріліп отырған:</w:t>
+      1. Утвердить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) осы бұйрыққа </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Мүмкіндіктері шектеулі балаларды психологиялық-медициналық-педагогикалық тексеру және оларға консультациялық көмек көрсету" мемлекеттік көрсетілетін қызметті көрсету қағидалары;</w:t>
+      1) правила оказания государственной услуги "Обследование и оказание психолого-медико-педагогической консультативной помощи детям с ограниченными возможностями" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) осы бұйрыққа </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Дамуында проблемалары бар балалар мен жасөспірімдерді оңалту және әлеуметтік бейімдеу" мемлекеттік көрсетілетін көрсету қағидалары;</w:t>
+      2) правила оказания государственной услуги "Реабилитация и социальная адаптация детей и подростков с проблемами в развитии" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) осы бұйрыққа </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына денсаулығына байланысты ұзақ уақыт бойы бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттар қабылдау" мемлекеттік көрсетілетін көрсету қағидалары;</w:t>
+      3) правила оказания государственной услуги "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) осы бұйрыққа </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Арнайы жалпы білім беретін оқу бағдарламалары бойынша оқыту үшін мүмкіндіктері шектеулі балалардың құжаттарын қабылдау және арнайы білім беру ұйымдарына қабылдау" мемлекеттік көрсетілетін көрсету қағидалары бекітілсін.</w:t>
+      4) правила оказания государственной услуги "Прием документов и зачисление в специальные организации образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Осы бұйрыққа </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Білім және ғылым министрінің кейбір бұйрықтарының күші жойылды деп танылсын. </w:t>
+      2. Признать утратившими силу некоторые приказы Министра образования и науки Республики Казахстан согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      3. Комитету дошкольного и среднего образования Министерства образования и науки Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      3. Қазақстан Республикасы Білім және ғылым министрлігінің Мектепке дейінгі және орта білім комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z9" w:id="8"/>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z10" w:id="9"/>
+      2) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) осы бұйрықты Қазақстан Республикасы Білім және ғылым министрлігі интернет-ресурсында орналастыруды;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z11" w:id="10"/>
+      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң департаментіне осы тармақтың 1), 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z12" w:id="11"/>
+      4. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра образования и науки Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Білім және ғылым вице-министріне жүктелсін.</w:t>
-[...19 lines deleted...]
-      5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -535,75 +535,92 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Қазақстан Республикасының </w:t>
-[...14 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Білім және ғылым министрі </w:t>
+              <w:t xml:space="preserve">Министр образования и науки </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -705,770 +722,767 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение 1 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>Министра образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 жылғы 27 мамырдағы </w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ 223 бұйрығына </w:t>
-[...12 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>от 27 мая 2020 года № 223</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Мүмкіндіктері шектеулі балаларды психологиялық-медициналық-педагогикалық тексеру және оларға консультациялық көмек көрсету" мемлекеттік көрсетілетін қызмет қағидасы (бұдан әрі – Қағида)</w:t>
+        <w:t xml:space="preserve"> Правила оказания государственной услуги "Обследование и оказание психолого-медико-педагогической консультативной помощи детям с ограниченными возможностями" (далее - Правила)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Мүмкіндіктері шектеулі балаларды психологиялық-медициналық-педагогикалық тексеру және оларға консультациялық көмек көрсету" мемлекеттік көрсетілетін қызмет қағидасы (бұдан әрі – Қағида) "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының 2013 жылғы 15 сәуірдегі заңының (бұдан әрі – Заң) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді және оны қалыптастыру тәртібін анықтайды.</w:t>
+      1. Настоящие Правила оказания государственной услуги "Обследование и оказание психолого-медико-педагогической консультативной помощи детям с ограниченными возможностями" (далее – Правила) разработаны в соответствии с подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" (далее – Закон) и определяют порядок ее предоставления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Осы қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
+      2. В настоящих Правилах используется следующее понятие:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) мемлекеттік көрсетілетін қызмет стандарты – мемлекеттік қызмет көрсету ерекшеліктері ескеріле отырып, қызмет көрсету процесінің сипаттамаларын, нысанын, мазмұны мен нәтижесін, сондай-ақ өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі.</w:t>
+      1) стандарт государственной услуги – перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат, а также иные сведения с учетом особенностей предоставления государственной услуги;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. "Мүмкіндіктері шектеулі балаларды психологиялық-медициналық-педагогикалық тексеру және оларға консультациялық көмек көрсету" мемлекеттік көрсетілетін қызметті (бұдан әрі – мемлекеттік көрсетілетін қызмет) психологиялық-медициналық-педагогикалық консультациялар көрсетеді.</w:t>
+      3. Государственная услуга "Обследование и оказание психолого-медико-педагогической консультативной помощи детям с ограниченными возможностями" (далее – государственная услуга) оказывается психолого-медико- педагогическими консультациями (далее – услугодатель).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. Мемлекеттік қызмет көрсетудің тәртібі</w:t>
+        <w:t xml:space="preserve"> 2. Порядок оказания государственной услуги</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. Мемлекеттік көрсетілетін қызметті алу үшін жеке тұлға (бұдан әрі – көрсетілетін қызметті алушы) көрсетілетін қызметті берушінің кеңсесіне және/немесе "электрондық үкіметтің" www.egov.kz веб-порталына жүгінеді. </w:t>
+      4. Для получения государственной услуги физическое лицо (далее – услугополучатель) обращается в канцелярию услугодателя и/или через веб-портал "электронного правительства" www.egov.kz. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. Көрсетілетін қызметті берушінің кеңсесі арқылы жүгінген кезде тіркеуші осы Қағидаларға </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес құжаттар пакетін психологиялық-медициналық-педагогикалық тексерудің белгіленген күні ұсынады.</w:t>
+      5. При обращении через канцелярию услугодателя регистратор назначает дату психолого-медико-педагогического обследования и вносит данные в Журнал предварительной записи детей на консультацию согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам и уведомляет услугополучателя. Пакет документов согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам услугополучатель предоставляет в назначенный день психолого-медико-педагогического обследования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Телефон арқылы және (немесе) көрсетілетін қызметті алушы тікелей жүгінген кезде алдын ала жазылу көзделген.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="22"/>
+      Предусмотрена предварительная запись по телефону и (или) при непосредственном обращении услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. "Электрондық үкімет" www.egov.kz веб-порталы арқылы жүгінген кезде көрсетілетін қызметті алушы "Отбасы" бөлімінде электрондық мемлекеттік қызметті таңдауды, электрондық сұрау салу жолдарын толтыруды және құжаттар топтамасын бекітуді жүзеге асырады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="22"/>
+      6. При обращении через веб-портал "электронного правительства" www.egov.kz услугополучатель осуществляет выбор электронной государственной услуги в разделе "Семья", заполнение полей электронного запроса и прикрепление пакета документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Көрсетілетін қызметті беруші екі жұмыс күні ішінде көрсетілетін қызметті алушының электрондық сұрау салуын өңдеуді (тексеруді, тіркеуді) жүзеге асырады және осы Қағидаларға </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="23"/>
+      Услугодатель в течении двух рабочих дней осуществляет обработку (проверку, регистрацию) электронного запроса услугополучателя и направляет уведомление о статусе электронного запроса и дате психолого-медико-педагогического обследования в "личный кабинет" услугополучателя на портале согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Мемлекеттік қызметті алу үшін кезекте күту уақыты отыз күнтізбелік күнге дейін құрайды.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="23"/>
+      7. Время ожидания в очереди на психолого-медико-педагогическое обследование составляет до тридцати календарных дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушылардан ақпараттық жүйелерден алынуы мүмкін құжаттарды талап етуге жол берілмейді.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z26" w:id="24"/>
+      Истребование от услугополучателей документов, которые могут быть получены из информационных систем, не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      8. Көрсетілетін қызметті алушы мемлекеттік қызметті алу үшін құжаттардың толық емес тізбесін және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған кезде көрсетілетін қызметті беруші көрсетілген мерзімде өтінішті одан әрі қараудан дәлелді бас тартуды осы Қағидаларға </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z27" w:id="25"/>
+      8. При представлении услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия услугодатель в указанные сроки готовит мотивированный отказ в дальнейшем рассмотрении заявления по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам и направляет в "личный кабинет" портала. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      9. Көрсетілетін қызметті алушы құжаттардың толық топтамасын ұсынған кезде тіркеуші көрсетілетін қызметті алушы келген кезде белгіленген күні көрсетілетін қызметті алушының деректерін осы Қағидаларға </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z28" w:id="26"/>
+      9. При предоставлении услугополучателем полного пакета документов регистратор в назначенный день при явке услугополучателя вносит данные услугополучателя в Журнал учета обследования детей в ПМПК согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, передает пакет документов специалистам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Құжаттар топтамасын алғаннан кейін мамандар ата-анасының (заңды өкілдерінің) қатысуымен баланы психологиялық-медициналық-педагогикалық тексеруді және қызмет берушінің мамандарымен кеңес беруді жүргізеді.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z29" w:id="27"/>
+      10. После получения пакета документов специалистами проводится психолого-медико-педагогическое обследование ребенка в присутствии родителей (законных представителей) и консультирование специалистами услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Психологиялық-медициналық-педагогикалық тексеруден кейін көрсетілетін қызметті берушінің мамандары ұсынылған білім беру, медициналық және әлеуметтік қызметтер, білім беру бағдарламасының түрі көрсетілген жазбаша қорытындыны әзірлейді.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z30" w:id="28"/>
+      11. После психолого-медико-педагогического обследования специалистами услугодателя формируется письменное заключение с указанием рекомендуемых образовательных, медицинских и социальных услуг, типа образовательной программы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      12. Жазбаша қорытындыға көрсетілетін қызметті берушінің басшысы қол қояды және көрсетілетін қызметті алушыға тексерілген күні беріледі және/немесе көрсетілетін қызметті беруші көрсетілетін қызметті алушының порталдағы "жеке кабинетіне" осы Қағидаларға </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="29"/>
+      12. Письменное заключение подписывается руководителем услугодателя и выдается услугополучателю в день обследования и/или услугодатель направляет в "личный кабинет" услугополучателя на портале в форме электронного документа в течение двух рабочих дней по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      13. Заңының 5-бабының </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z32" w:id="30"/>
+      13. Услугодатель обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке согласно подпункту 11) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың) жергілікті атқарушы органдарына көрсетілетін мемлекеттік қызметті берушінің және (немесе) оның мемлекеттік қызмет көрсету мәселелері бойынша лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="31"/>
+        <w:t xml:space="preserve"> 3. Порядок обжалования решений, действий (бездействия) услугодателя в местные исполнительные органы города республиканского значения и столицы, района (города областного значения), и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Мемлекеттік қызметтер көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешіміне, әрекетіне (әрекетсіздігіне) шағым Қазақстан Республикасының заңнамасына сәйкес көрсетілетін қызметті беруші басшысының атына, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға берілуі мүмкін.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="31"/>
+      14. Жалоба на решение, действий (бездействия) услугодателя по вопросам оказания государственных услуг может быть подана на имя руководителя услугодателя, в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг, в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 25-бабының </w:t>
-[...21 lines deleted...]
-    </w:p>
+      Жалоба услугополучателя, поступившая в адрес непосредственно оказывающего государственную услугу услугодателя, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қаралуы тиіс.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z34" w:id="32"/>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Мемлекеттік қызмет көрсету нәтижелерімен келіспеген жағдайда көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінуге құқылы.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="32"/>
+      15. В случаях несогласия с результатами оказания государственной услуги услугополучатель вправе обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1502,515 +1516,578 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Мүмкіндіктері шектеулі </w:t>
+              <w:t>Приложение 1 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балаларды психологиялық-</w:t>
+              <w:t>оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Обследование и оказание</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">медициналық-педагогикалық </w:t>
+              <w:t>психолого-медико-</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">тексеру және оларға </w:t>
+              <w:t>педагогической консультативной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">консультациялық </w:t>
+              <w:t xml:space="preserve">помощи детям </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">көмек көрсету" мемлекеттік </w:t>
-[...25 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>с ограниченными возможностями"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z46" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Балаларды консультацияға алдын ала жазу журналы</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Журнал предварительной записи детей на консультацию</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z47" w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тексеру күні</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата обследования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z48" w:id="40"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тексеру уақыты</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Время обследования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z49" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Баланың ТАӘ (ол болған жағдайда)</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ФИО ребенка(при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z50" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Баланың</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-ЖСН</w:t>
+          <w:bookmarkEnd w:id="42"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖСН</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИИН ребенка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z52" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жасы</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возраст</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z53" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ПМПК-ға келу себептері</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основание обращения в ПМПК</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
@@ -2065,142 +2142,129 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Мүмкіндіктері шектеулі </w:t>
+              <w:t>Приложение 2 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балаларды психологиялық-</w:t>
+              <w:t>оказания государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">медициналық-педагогикалық </w:t>
+              <w:t>"Обследование и оказание</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">тексеру және оларға </w:t>
+              <w:t>психолого-медико-</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">консультациялық </w:t>
+              <w:t>педагогической консультативной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">көмек көрсету" мемлекеттік </w:t>
+              <w:t xml:space="preserve">помощи детям </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">көрсетілетін қызмет қағидасына </w:t>
-[...12 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>с ограниченными возможностями"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
@@ -2219,1977 +2283,2273 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Мүмкіндіктері шектеулі балаларды психологиялық-медициналық-педагогикалық тексеру және оларға консультациялық көмек көрсету" мемлекеттік көрсетілетін қызмет стандарты</w:t>
+ Стандарт государственной услуги "Обследование и оказание психолого-медико-педагогической консультативной помощи детям с ограниченными возможностями"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің атауы</w:t>
+Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Психологиялық-медициналық-педагогикалық консультация</w:t>
+Психолого-медико-педагогическая консультация</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Мемлекеттік қызметті ұсыну тәсілдері (қол жеткізу арналары)</w:t>
+              <w:t xml:space="preserve">
+Способы предоставления государственной услуги (каналы доступа) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...32 lines deleted...]
-- "электрондық үкімет" веб-порталы: www.egov.kz;</w:t>
+          <w:bookmarkStart w:name="z55" w:id="45"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–психолого-медико-педагогическая консультация;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="45"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–веб-портал "электронного правительства": www.egov.kz;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мерзімі</w:t>
+Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...86 lines deleted...]
-Көрсетілетін қызметті алушыға қызмет көрсетудің рұқсат етілген ең ұзақ уақыты – 15 (он бес) минуттан аспайды.</w:t>
+          <w:bookmarkStart w:name="z56" w:id="46"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Время ожидания в очереди на психолого-медико-педагогическое обследование составляет до тридцати календарных дней. </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="46"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При обращении к услугодателю дата психолого-медико-педагогического обследования назначается в день обращения. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При обращении через портал дата психолого-медико-педагогического обследования назначается в течение 2 (двух) рабочих дней.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При этом психолого-медико-педагогическое обследование проводится в назначенный день.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Максимально допустимое время ожидания для сдачи пакета документов к услугодателю – не более 15 (пятнадцать) минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Максимально допустимое время обслуживания услугополучателя – не более 15 (пятнадцать) минут. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсетудің нысаны</w:t>
+Форма оказания оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...32 lines deleted...]
-Қағаз түрінде</w:t>
+          <w:bookmarkStart w:name="z61" w:id="47"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электронная (частично автоматизированная)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="47"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бумажная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нәтижесі</w:t>
+Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...50 lines deleted...]
-Порталда мемлекеттік қызметті көрсету нәтижесі көрсетілетін қызметті алушының "жеке кабинетіне" электрондық құжат нысанында жолданады және сақталады.</w:t>
+          <w:bookmarkStart w:name="z62" w:id="48"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Результат оказания государственной услуги заключение согласно приложению 6 либо мотивированный ответ об отказе в оказании государственной услуги согласно приложению 4 к настоящим Правилам. </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="48"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма предоставления результата оказания государственной услуги: электронная и (или) бумажная.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет жеке тұлғаларға тегін көрсетіледі.</w:t>
+Государственная услуга оказывается бесплатно физическим лицам.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-77</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс кестесі</w:t>
+График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...162 lines deleted...]
-2) www.egov.kz порталында орналасқан.</w:t>
+          <w:bookmarkStart w:name="z64" w:id="49"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугодатель: с понедельника по пятницу включительно, кроме выходных и праздничных дней, согласно Трудовому кодексу Республики Казахстан и в соответствии установленным графиком работы услугодателя, указанным на интернет-ресурсе Министерства: www.edu.gov.kz в разделе "Государственная услуга".</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="49"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прием заявления и выдача результата осуществляется в порядке очереди в день обращения с 9.00 до 17.30 часов в соответствии установленным графиком работы услугодателя.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни в соответствии с трудовым законодательством Республики Казахстан и статьи 5 Закона Республики Казахстан от 13 декабря 2001 года "О праздниках в Республике Казахстан" прием заявок и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем). </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Предусмотрена предварительная запись по телефону и (или) при непосредственном обращении услугополучателя.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адреса мест оказания государственной услуги размещены на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) интернет-ресурсе услугодателя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) портале www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-88</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі</w:t>
+Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...410 lines deleted...]
-Көрсетілген қызметті беруші мемлекеттік қызметтерді көрсету кезінде ақпараттық жүйелердегі заңмен қорғалатын құпиялардың қатарына кіретін мәліметтерді пайдалануға көрсетілетін қызметтерді алушының келісімін, егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, алады.</w:t>
+          <w:bookmarkStart w:name="z70" w:id="50"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя к услугодателю:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="50"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) свидетельство о рождении (оригинал для сверки);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) заключение об инвалидности (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) заключение врачебно-консультационной комиссии о необходимости обучения на дому по состоянию здоровья (для статистического учета детей, обучающихся на дому) (при наличии). </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При необходимости услугодатель для углубленного обследования дополнительно запрашивает следующие документы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) формы первичной медицинской документации организаций здравоохранения:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">форму № 112/у "История развития ребенка"; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форму № 027/у "Выписка из медицинской карты амбулаторного, стационарного больного", утвержденные приказом и.о. Министра здравоохранения Республики Казахстан от 23 ноября 2010 года № 907 (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 6697);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) психолого-педагогическую характеристику из организации образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) письменные работы по языку обучения, математике, рисунки и другие результаты деятельности.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Документы, перечисленные в подпунктах 1), 2) предоставляются в подлинниках и копиях, после сверки которых подлинники возвращаются услугополучателю.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При обращении услугополучателя к услугодателю через портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) свидетельство о рождении (оригинал для сверки);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) заключение об инвалидности (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) заключение врачебно-консультационной комиссии о необходимости обучения на дому по состоянию здоровья (для статистического учета детей, обучающихся на дому) (при наличии). </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При необходимости услугодатель для углубленного обследования дополнительно запрашивает следующие документы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) формы первичной медицинской документации организаций здравоохранения:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">форму № 112/у "История развития ребенка"; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форму № 027/у "Выписка из медицинской карты амбулаторного, стационарного больного", утвержденные приказом и.о. Министра здравоохранения Республики Казахстан от 23 ноября 2010 года № 907 (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 6697);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) психолого-педагогическую характеристику из организации образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) письменные работы по языку обучения, математике, рисунки и другие результаты деятельности.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Истребование от услугополучателей документов, которые могут быть получены из информационных систем, не допускается.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугодатель получает согласие услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-99</w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Көрсетілетін қызметті алушы мемлекеттік қызметті алу үшін құжаттардың толық емес тізбесін және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған кезде көрсетілетін қызметті беруші көрсетілген мерзімде өтінішті одан әрі қараудан дәлелді бас тартуды осы Қағидаларға 4-қосымшаға сәйкес нысан бойынша дайындайды және көрсетілетін қызметті алушының порталдағы "жеке кабинетіне" жібереді.</w:t>
+              <w:t xml:space="preserve">
+При представлении услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия услугодатель в указанные сроки готовит мотивированный отказ в дальнейшем рассмотрении заявления по форме согласно приложению 4 к настоящим Правилам и направляет в "личный кабинет" портала. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-110</w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...86 lines deleted...]
-Порталдағы "жеке кабинеттен" ұсынылған мәліметтер сұратылып отырған тұлғаның келісімі болған жағдайда, сондай-ақ порталдағы хабарламаға жауап ретінде бір реттік парольді беру жолымен немесе қысқа мәтіндік хабарламаны жіберу жолымен субъектінің порталда тіркелген ұялы байланыстың абоненттік нөмірі арқылы үшінші тұлғалардың электрондық сұрау салуы.</w:t>
+          <w:bookmarkStart w:name="z92" w:id="51"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги посредством единого контакт-центра по вопросам оказания государственных услуг. </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="51"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсе Министерства: www.edu.gov.kz в разделе "Государственные услуги". Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб услугодателя, а также Единого контакт-центра "1414", 8-800-080-7777.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электронный запрос третьих лиц, при условии согласия лица, в отношении которого запрашиваются сведения, предоставленного из "личного кабинета" на портале, а также посредством зарегистрированного на портале абонентского номера сотовой связи субъекта путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4228,451 +4588,390 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Мүмкіндіктері шектеулі </w:t>
+              <w:t>Приложение 3 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балаларды психологиялық-</w:t>
+              <w:t>оказания государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>медициналық-педагогикалық</w:t>
+              <w:t>"Обследование и оказание</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">тексеру және оларға </w:t>
+              <w:t>психолого-медико-</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">консультациялық көмек </w:t>
+              <w:t>педагогической консультативной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсету" мемлекеттік</w:t>
+              <w:t xml:space="preserve">помощи детям </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">көрсетілетін қызмет қағидасына </w:t>
-[...12 lines deleted...]
-              <w:t>3-қосымша</w:t>
+              <w:t>с ограниченными возможностями"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z97" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    _____________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   Наименование организации образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z98" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          Уведомление о приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z99" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _____________________________________________</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Уважаемый (-ая)______________________ваши документы приняты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z100" w:id="55"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Білім беру ұйымының атауы</w:t>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="33"/>
+      Фамилия Имя Отчество</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Құрметті ______________________Сіздің құжаттарыңыз қабылданды.</w:t>
+        <w:t xml:space="preserve">Напоминаем вам о необходимости пройти обследование. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Тегі Аты Әкесінің аты</w:t>
+        <w:t>Вид обследования: _______________________ первичное/повторное</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Сізге тексеруден өту қажеттігін еске саламыз.</w:t>
+        <w:t>Дата обследования: _______________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Тексеру түрі: _______________________</w:t>
+        <w:t>Место проведения: _________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Бастапқы/қайталама</w:t>
+        <w:t>Наименование организации ПМПК, КППК, РЦ, ОО</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Тексеру күні: _____________________</w:t>
+        <w:t>Адрес:_____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Өткізу орны: _________________________________________________</w:t>
+        <w:t xml:space="preserve">                         адрес организации</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      ПМПК, ППТК, ОО, БҰ ұйымы атауы</w:t>
+        <w:t>Исп.: _______________________________ Тел.:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Мекенжайы:____________________</w:t>
+        <w:t>Дата</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...72 lines deleted...]
-      Күні:</w:t>
+        <w:t xml:space="preserve">Фамилия, Имя, Отчество: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4708,142 +5007,90 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Мүмкіндіктері шектеулі </w:t>
+              <w:t>Приложение 4 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балаларды психологиялық-</w:t>
+              <w:t>оказания государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">медициналық-педагогикалық </w:t>
+              <w:t>"Обследование и оказание</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тексеру және оларға</w:t>
-[...51 lines deleted...]
-              <w:t>4-қосымша</w:t>
+              <w:t>психолого-медико-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -4864,51 +5111,77 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>педагогической консультативной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">помощи детям </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>с ограниченными возможностями"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -4929,368 +5202,521 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(Көрсетілетін қызметті </w:t>
-[...77 lines deleted...]
-              <w:t>алушының мекенжайы)</w:t>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Фамилия, имя, отчество (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>либо наименование организации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя) ____________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(адрес услугополучателя)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z108" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              _______________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   Наименование организации образования, адрес</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z109" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ____________________________________________________________________</w:t>
-[...1 lines deleted...]
-    </w:p>
+      ФИО: ___________ИИН:_________________Адрес:_________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z110" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    УВЕДОМЛЕНИЕ об отказе в приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z111" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Руководствуясь </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 20 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах", (Наименование организации образования)отказывает в приеме документов на оказание государственной услуги (Наименование государственной услуги) в соответствии со стандартом государственной услуги ввиду</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z112" w:id="60"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Білім беру ұйымының атауы, мекенжайы</w:t>
-[...1 lines deleted...]
-    </w:p>
+                   ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">                                     причины отказа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z113" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      ТАӘ: ___________ ЖСН:_________________ Мекенжай:_________________</w:t>
-[...145 lines deleted...]
-    </w:p>
+      Исп.: Фамилия, Имя, Отчество</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z114" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Тел.: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z115" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...2 lines deleted...]
-    </w:p>
+        <w:t>
+      Дата:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5324,165 +5750,152 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Мүмкіндіктері шектеулі </w:t>
+              <w:t>Приложение 5 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балаларды психологиялық-</w:t>
+              <w:t>оказания государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>медициналық-педагогикалық</w:t>
+              <w:t>"Обследование и оказание</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">тексеру және оларға </w:t>
+              <w:t>психолого-медико-</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">консультациялық көмек </w:t>
+              <w:t>педагогической консультативной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсету" мемлекеттік</w:t>
+              <w:t xml:space="preserve">помощи детям </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">көрсетілетін қызмет қағидасына </w:t>
-[...12 lines deleted...]
-              <w:t>5-қосымша</w:t>
+              <w:t>с ограниченными возможностями"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:bookmarkStart w:name="z117" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ПМПК-да балаларды тексеруді есепке алу журналы</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="35"/>
+        <w:t xml:space="preserve"> Журнал учета обследования детей в ПМПК</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -5521,410 +5934,434 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z118" w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Баланың ТАӘ (ол болған жағдайда)</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-ФИО ребенка (при его наличии)</w:t>
+          <w:bookmarkEnd w:id="65"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ФИО ребенка (при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z119" w:id="66"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Туылған күні</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="66"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата рождения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z120" w:id="67"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тексерілген күні</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="67"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата обследования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z121" w:id="68"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бастапкы</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-Диагнозы</w:t>
+          <w:bookmarkEnd w:id="68"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Диагнозы</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Предварительный диагноз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z123" w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мекенжайы</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Домашний адрес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z124" w:id="70"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ПМПК қорытындысы</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="70"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заключение ПМПК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z125" w:id="71"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұсынымдар</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="71"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Рекомендации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
@@ -5979,417 +6416,392 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Мүмкіндіктері шектеулі </w:t>
+              <w:t>Приложение 6 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балаларды психологиялық-</w:t>
+              <w:t>оказания государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">медициналық-педагогикалық </w:t>
+              <w:t>"Обследование и оказание</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">тексеру және оларға </w:t>
+              <w:t>психолого-медико-</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">консультациялық көмек </w:t>
+              <w:t>педагогической консультативной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">көрсету" мемлекеттік </w:t>
+              <w:t xml:space="preserve">помощи детям </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">көрсетілетін қызмет қағидасына </w:t>
-[...12 lines deleted...]
-              <w:t>6-қосымша</w:t>
+              <w:t>с ограниченными возможностями"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z127" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      Психолого – медико – педагогическая консультация __________ адрес</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z128" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заключение психолого-медико-педагогической консультации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z129" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ФИО:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z130" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      Психологиялық-медициналық-педагогикалық консультация __________ </w:t>
-[...1 lines deleted...]
-    </w:p>
+      ИИН: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z131" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                                                            мекенжайы</w:t>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="36"/>
+      в том, что был (а) консультирован (а) __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z132" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ТАӘ:</w:t>
-[...1 lines deleted...]
-    </w:p>
+      дата обследования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z133" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ЖСН: </w:t>
-[...1 lines deleted...]
-    </w:p>
+      1. Заключение </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z134" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Кеңестен өткені жайлы__________________ тексерілген күні</w:t>
-[...1 lines deleted...]
-    </w:p>
+      2. Рекомендации по обучению и воспитанию, психолого-педагогической поддержке</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z135" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z136" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      1. Қорытынды </w:t>
-[...1 lines deleted...]
-    </w:p>
+      Заведующий/руководитель ПМПКФИО </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z137" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________________________________________________</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Должность и подпись специалиста 1</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z138" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________________________________________________</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Должность и подпись специалиста 2</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z139" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       2. Оқыту және тәрбиелеу, түзеу-педагогикалық қолдау бойынша ұсынымдар</w:t>
-[...91 lines deleted...]
-    </w:p>
+      Дата:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6423,728 +6835,707 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение 2 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>Министра образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 жылғы 27 мамырдағы </w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ 223 бұйрығына </w:t>
-[...12 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>от 27 мая 2020 года № 223</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z46" w:id="37"/>
+    <w:bookmarkStart w:name="z141" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Дамуында проблемалары бар балалар мен жасөспірімдерді оңалту және әлеуметтік бейімдеу" мемлекеттік көрсетілетін қызмет қағидасы</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z47" w:id="38"/>
+        <w:t xml:space="preserve"> Правила оказания государственной услуги "Реабилитация и социальная адаптация детей и подростков с проблемами в развитии" (далее - Правила)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z142" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z48" w:id="39"/>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z143" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Дамуында проблемалары бар балалар мен жасөспірімдерді оңалту және әлеуметтік бейімдеу" мемлекеттік көрсетілетін қызмет қағидасы (бұдан әрі – Қағида) "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының 2013 жылғы 15 сәуірдегі заңының (бұдан әрі – Заң) </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z49" w:id="40"/>
+      1. Настоящие Правила оказания государственной услуги "Реабилитация и социальная адаптация детей и подростков с проблемами в развитии" (далее – Правила) разработаны в соответствии с подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" (далее – Закон) и определяют порядок ее предоставления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z144" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Осы қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="41"/>
+      2. В настоящих Правилах используется следующее понятие:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z145" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      1) стандарт государственной услуги – перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат, а также иные сведения с учетом особенностей предоставления государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z146" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственная услуга "Реабилитация и социальная адаптация детей и подростков с проблемами в развитии" (далее – государственная услуга) оказывается реабилитационными центрами, кабинетами психолого-педагогической коррекции (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z147" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z148" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      1) мемлекеттік көрсетілетін қызмет стандарты – мемлекеттік қызмет көрсету ерекшеліктері ескеріле отырып, қызмет көрсету процесінің сипаттамаларын, нысанын, мазмұны мен нәтижесін, сондай-ақ өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z51" w:id="42"/>
+      4. Для получения государственной услуги физическое лицо (далее – услугополучатель) представляет через канцелярию услугодателя и/или веб-портал "электронного правительства" www.egov.kz пакет документов согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z149" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      При предоставлении документов непосредственно в канцелярию услугодателя в день обращения сотрудник канцелярии услугодателя принимает и регистрирует документы услугополучателя и передает документы руководителю услугодателя. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z150" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      3. "Дамуында проблемалары бар балалар мен жасөспірімдерді оңалту және әлеуметтік бейімдеу" мемлекеттік көрсетілетін қызметті (бұдан әрі – мемлекеттік көрсетілетін қызмет) оңалту орталықтары, психологиялық-педагогикалық түзету кабинеттері (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z52" w:id="43"/>
+      Предусмотрена предварительная запись по телефону и/или при непосредственном обращении услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z151" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. При обращении через веб-портал "электронного правительства" www.egov.kz услугополучатель осуществляет выбор электронной государственной услуги в разделе "Семья", заполнение полей электронного запроса и прикрепление пакета документов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z152" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Услугодатель в течении двух рабочих дней осуществляет обработку (проверку, регистрацию) электронного запроса услугополучателя и направляет в "личный кабинет" услугополучателя на портале уведомление о приеме документов согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z153" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Истребование от услугополучателей документов, которые могут быть получены из информационных систем, не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z154" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. При предоставлении услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия услугодатель в указанные сроки готовит мотивированный отказ в дальнейшем рассмотрении заявления по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z155" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Документы услугополучателя рассматриваются руководителем услугодателя. Руководитель после рассмотрения передает документы специалистам для организации психолого-педагогической поддержки и реабилитации ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z156" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Услугодатель проводит курс психолого-медико-педагогической поддержки и реабилитации услугополучателя. Курс психолого-медико-педагогической поддержки и реабилитации составляет от 90 до 365 дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z157" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. После завершения курса услугополучателю выдается справка о результатах курса психолого-медико-педагогической поддержки и реабилитации детей с особыми образовательными потребностями на основании командной оценки специалистов услугодателя по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z158" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Справка о результатах курса психолого-медико-педагогической поддержки и реабилитации подписывается руководителем услугодателя и выдается услугополучателю в день завершения курса психолого-медико-педагогической поддержки и реабилитации и/или услугодатель направляет в "личный кабинет" услугополучателя на портале в форме электронного документа в течение двух рабочих дней по форме согласно приложению 4 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z159" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Услугодатель обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке согласно подпункту 11) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z160" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. Мемлекеттік қызмет көрсетудің тәртібі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z53" w:id="44"/>
+        <w:t xml:space="preserve"> 3. Порядок обжалования решений, действий (бездействия) услугодателя в местные исполнительные органы города республиканского значения и столицы, района (города областного значения), и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z161" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      12. Жалоба на решение, действий (бездействия) услугодателя по вопросам оказания государственных услуг может быть подана на имя руководителя услугодателя, в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг, в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z162" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      4. Мемлекеттік көрсетілетін қызметті алу үшін жеке тұлға (бұдан әрі – көрсетілетін қызметті алушы) осы Қағидаларға </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="44"/>
+      Жалоба услугополучателя, поступившая в адрес непосредственно оказывающего государственную услугу услугодателя, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z163" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Құжаттарды тікелей көрсетілетін қызметті берушінің кеңсесіне ұсынған кезде көрсетілетін қызметті беруші кеңсесінің қызметкері көрсетілетін қызметті алушының құжаттарын қабылдайды және тіркейді және көрсетілетін қызметті берушінің басшысына береді.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z164" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Телефон арқылы және (немесе) көрсетілетін қызметті алушы тікелей жүгінген кезде алдын ала жазылу көзделген.</w:t>
-[...391 lines deleted...]
-    <w:bookmarkEnd w:id="54"/>
+      13. В случаях несогласия с результатами оказания государственной услуги услугополучатель вправе обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7178,129 +7569,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Дамуында проблемалары бар </w:t>
+              <w:t>Приложение 1 К Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">балалар мен жасөспірімдерді </w:t>
+              <w:t xml:space="preserve">оказания государственной услуги </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>оңалту және әлеуметтік</w:t>
+              <w:t xml:space="preserve">"Реабилитация и социальная </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">бейімдеу" мемлекеттік </w:t>
+              <w:t xml:space="preserve">адаптация детей и подростков </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетілетін қызмет</w:t>
-[...25 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t xml:space="preserve">с проблемами в развитии" </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
@@ -7319,1653 +7684,1769 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Дамуында проблемалары бар балалар мен жасөспірімдерді оңалту және әлеуметтік бейімдеу" мемлекеттік көрсетілетін қызмет стандарты</w:t>
+Стандарт государственной услуги "Реабилитация и социальная адаптация детей и подростков с проблемами в развитии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің атауы</w:t>
+Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Психологиялық-педагогикалық түзету кабинеттері, оңалту орталықтары</w:t>
+Кабинеты психолого-педагогической коррекции, реабилитационные центры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Мемлекеттік қызметті ұсыну тәсілдері (қолжеткізу арналары)</w:t>
+              <w:t xml:space="preserve">
+Способы предоставления государственной услуги (каналы доступа) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...32 lines deleted...]
-2)- "электрондық үкіметтің" веб-порталы: www.egov.kz;</w:t>
+          <w:bookmarkStart w:name="z166" w:id="109"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–Кабинеты психолого-педагогической коррекции, реабилитационные центры;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="109"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–веб-портал "электронного правительства": www.egov.kz;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мерзімі</w:t>
+Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...50 lines deleted...]
-3) Қызмет көрсетудің рұқсат етілген ең ұзақ уақыты – 15 (он бес) минуттан аспайды. </w:t>
+          <w:bookmarkStart w:name="z167" w:id="110"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Срок оказания – от 90 календарных дней до 365 календарных дней;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="110"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) максимально допустимое время ожидания для сдачи документов - не более 15 минут;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) максимально допустимое время обслуживания - не более 15 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсетудің нысаны</w:t>
+Форма оказания оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...32 lines deleted...]
-Қағаз түрінде</w:t>
+          <w:bookmarkStart w:name="z169" w:id="111"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электронная (частично автоматизированная)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="111"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бумажная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нәтижесі</w:t>
+Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...50 lines deleted...]
-Порталда мемлекеттік қызметті көрсету нәтижесі электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетіне" жолданады және сақталады.</w:t>
+          <w:bookmarkStart w:name="z170" w:id="112"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Выдача справки по форме, согласно приложению 4 к настоящему к настоящим Правилам. </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="112"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма предоставления результата оказания государственной услуги: электронная и (или) бумажная.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет жеке тұлғаларға тегін көрсетіледі.</w:t>
+Государственная услуга оказывается бесплатно физическим лицам.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-77</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс кестесі</w:t>
+График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...162 lines deleted...]
-2) www.egov.kz порталында орналасқан.</w:t>
+          <w:bookmarkStart w:name="z172" w:id="113"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугодатель: с понедельника по пятницу включительно, кроме выходных и праздничных дней, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 до 14.30 часов, согласно Трудовому кодексу Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="113"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прием заявления и выдача результата осуществляется с 9.00 до 17.30 часов с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Предусмотрена предварительная запись по телефону и/или при непосредственном обращении услугополучателя.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни в соответствии с трудовым законодательством Республики Казахстан и статьи 5 Закона Республики Казахстан от 13 декабря 2001 года "О праздниках в Республике Казахстан" прием заявок и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адреса мест оказания государственной услуги размещены на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) интернет-ресурсе услугодателя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) портале www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-88</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі</w:t>
+Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...140 lines deleted...]
-Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, көрсетілетін қызметті беруші Мемлекеттік қызметтер көрсету кезінде ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға көрсетілетін қызметті алушының келісімін алады.</w:t>
+          <w:bookmarkStart w:name="z178" w:id="114"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя к услугодателю:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="114"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) заявление родителя (законного представителя) услугополучателя в произвольной форме; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) заключение психолого-медико-педагогической консультации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При обращении услугополучателя через портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) заявление родителя (законного представителя) услугополучателя в произвольной форме; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) заключение психолого-медико-педагогической консультации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Истребование от услугополучателей документов, которые могут быть получены из информационных систем, не допускается.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугодатель получает согласие услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-99</w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушы мемлекеттік қызметті алу үшін құжаттардың толық емес тізбесін және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған кезде көрсетілетін қызметті беруші көрсетілген мерзімде өтінішті одан әрі қараудан дәлелді бас тартуды осы Қағидаларға 3-қосымшаға сәйкес нысан бойынша жібереді.</w:t>
+При предоставлении услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия услугодатель в указанные сроки готовит мотивированный отказ в дальнейшем рассмотрении заявления по форме согласно приложению 3 к настоящим Правилам.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-110</w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...86 lines deleted...]
-Порталдағы "жеке кабинеттен" ұсынылған мәліметтер сұратылып отырған тұлғаның келісімі болған жағдайда, сондай-ақ порталдағы хабарламаға жауап ретінде бір реттік парольді беру жолымен немесе қысқа мәтіндік хабарламаны жіберу жолымен субъектінің порталда тіркелген ұялы байланыстың абоненттік нөмірі арқылы үшінші тұлғалардың электрондық сұрау салуы.</w:t>
+          <w:bookmarkStart w:name="z185" w:id="115"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги посредством единого контакт-центра по вопросам оказания государственных услуг. </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="115"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсе Министерства: www.edu.gov.kz в разделе "Государственные услуги". Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб услугодателя, а также Единого контакт-центра "1414", 8-800-080-7777.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электронный запрос третьих лиц, при условии согласия лица, в отношении которого запрашиваются сведения, предоставленного из "личного кабинета" на портале, а также посредством зарегистрированного на портале абонентского номера сотовой связи субъекта путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9004,299 +9485,275 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Дамуында проблемалары бар </w:t>
+              <w:t>Приложение 2 К Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">балалар мен жасөспірімдерді </w:t>
+              <w:t xml:space="preserve">оказания государственной услуги </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оңалту және әлеуметтік </w:t>
+              <w:t xml:space="preserve">"Реабилитация и социальная </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">бейімдеу" мемлекеттік </w:t>
+              <w:t xml:space="preserve">адаптация детей и подростков </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">көрсетілетін қызмет қағидасына </w:t>
-[...12 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>с проблемами в развитии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z190" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    _____________________________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         Наименование организации образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z191" w:id="117"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________</w:t>
-[...1 lines deleted...]
-    </w:p>
+       Уведомление о приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...20 lines deleted...]
-    <w:bookmarkEnd w:id="55"/>
+        <w:t xml:space="preserve">Уважаемый (-ая)______________________ваши документы приняты. </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Құрметті ______________________Сіздің құжаттарыңыз қабылданды.</w:t>
+        <w:t>Фамилия Имя Отчество</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Тегі Аты Әкесінің аты</w:t>
+        <w:t>Напоминаем вам о необходимости явиться с ребенком для получения курса психолого-педагогической</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сізге психологиялық-педагогикалық қолдау курсын алу үшін балаңызбен мына </w:t>
+        <w:t>поддержки по адресу _________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      мекенжай бойынша келу қажеттілігі туралы еске саламыз: _______________________ </w:t>
+        <w:t>Адрес организации КППК, РЦ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-                                                      ППТК, ОО ұйымдары мекенжайы </w:t>
+        <w:t xml:space="preserve">Исп.: _______________________________ Тел.: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...18 lines deleted...]
-      Тегі Аты Әкесінің аты</w:t>
+        <w:t xml:space="preserve">Дата Фамилия, Имя, Отчество: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -9332,116 +9789,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Дамуында проблемалары бар </w:t>
+              <w:t>Приложение 3 К Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">балалар мен жасөспірімдерді </w:t>
+              <w:t xml:space="preserve">оказания государственной услуги </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>оңалту және әлеуметтік</w:t>
+              <w:t xml:space="preserve">"Реабилитация и социальная </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">бейімдеу" мемлекеттік </w:t>
+              <w:t xml:space="preserve">адаптация детей и подростков </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">көрсетілетін қызмет қағидасына </w:t>
-[...12 lines deleted...]
-              <w:t>3-қосымша</w:t>
+              <w:t>с проблемами в развитии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -9462,51 +9906,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -9527,388 +9971,501 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(Көрсетілетін қызметті </w:t>
-[...77 lines deleted...]
-              <w:t>алушының мекенжайы)</w:t>
+              <w:t>(Фамилия, имя, отчество (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>либо наименование организации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя) ________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(адрес услугополучателя)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z198" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   Наименование организации образования, адрес</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z199" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      ФИО: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z200" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ИИН: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z201" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      __________________________________________________________________</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Адрес:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z202" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      УВЕДОМЛЕНИЕ </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               об отказе в приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z203" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Руководствуясь </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 20 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах", (Наименование организации образования) отказывает в приеме документов на оказание государственной услуги (Наименование государственной услуги) в соответствии со стандартом государственной услуги ввиду</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z204" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              _______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           причины отказа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z205" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Білім беру ұйымының атауы, мекенжайы</w:t>
-[...183 lines deleted...]
-    </w:p>
+      Исп.: Фамилия, Имя, Отчество</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z206" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Тел.: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z207" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Күні: </w:t>
-[...1 lines deleted...]
-    </w:p>
+      Дата: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9942,129 +10499,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Дамуында проблемалары бар </w:t>
+              <w:t>Приложение 4 К Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">балалар мен жасөспірімдерді </w:t>
+              <w:t xml:space="preserve">оказания государственной услуги </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оңалту және әлеуметтік </w:t>
+              <w:t xml:space="preserve">"Реабилитация и социальная </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">бейімдеу" мемлекеттік </w:t>
+              <w:t xml:space="preserve">адаптация детей и подростков </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетілетін қызмет</w:t>
-[...25 lines deleted...]
-              <w:t>4-қосымша</w:t>
+              <w:t>с проблемами в развитии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -10085,272 +10616,278 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z70" w:id="57"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z210" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+                                     С П Р А В К А</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z211" w:id="129"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      20 __ ж. "__" _____ туылған __________________________________________, </w:t>
-[...1 lines deleted...]
-    </w:p>
+      Дана ____________________________________________________________________, </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-                                    (баланың Т.А.Ә.(болған жағдайда) </w:t>
+        <w:t xml:space="preserve">                               (Ф.И.О. (при его наличии) ребенка)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      ___________________________________________________________________ </w:t>
+        <w:t>"__" _______ 20_ г.р., в том, что он(а) действительно посещал(а)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-                                    (ОО, ППТК атауы) </w:t>
+        <w:t>___________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...2 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">                               (наименование РЦ, КППК)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z212" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...2 lines deleted...]
-    </w:p>
+        <w:t>
+      с "__" ______ 20_ года по "__" _______ 20_ г.,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-    </w:p>
+      <w:bookmarkStart w:name="z213" w:id="131"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      (қызметті көрсету күні) </w:t>
+        <w:t xml:space="preserve">             (дата оказание услуги)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-    </w:p>
+      <w:bookmarkStart w:name="z214" w:id="132"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заключение _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...2 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">                   Ф.И.О. (при его наличии) руководителя организации </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z215" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      М.О.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      М.П.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10384,648 +10921,627 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение 3 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>Министра образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 жылғы 27 мамырдағы </w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ 223 бұйрығына </w:t>
-[...12 lines deleted...]
-              <w:t>3-қосымша</w:t>
+              <w:t>от 27 мая 2020 года № 223</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z72" w:id="58"/>
+    <w:bookmarkStart w:name="z217" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына денсаулығына байланысты ұзақ уақыт бойы бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттар қабылдау" мемлекеттік көрсетілетін қызмет қағидасы (бұдан әрі – Қағида)</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z73" w:id="59"/>
+        <w:t xml:space="preserve"> Правила оказания государственной услуги "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования" (далее – Правила)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z218" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z74" w:id="60"/>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z219" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына денсаулығына байланысты ұзақ уақыт бойы бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттар қабылдау" мемлекеттік көрсетілетін қызмет қағидасы (бұдан әрі – Қағида) "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының 2013 жылғы 15 сәуірдегі заңының (бұдан әрі – Заң) </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z75" w:id="61"/>
+      1. Настоящие Правила оказания государственной услуги "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования" (далее – Правила) разработаны в соответствии с подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" (далее – Закон) и определяют порядок ее предоставления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z220" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Осы қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z76" w:id="62"/>
+      2. В настоящих Правилах используется следующее понятие:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z221" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      1) стандарт государственной услуги – перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат, а также иные сведения с учетом особенностей предоставления государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z222" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственная услуга "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования" (далее – государственная услуга) оказывается организациями начального, основного среднего, общего среднего образования (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z223" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z224" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      1) мемлекеттік көрсетілетін қызмет стандарты – мемлекеттік қызмет көрсету ерекшеліктері ескеріле отырып, қызмет көрсету процесінің сипаттамаларын, нысанын, мазмұны мен нәтижесін, сондай-ақ өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z77" w:id="63"/>
+      4. Для получения государственной услуги физическое лицо (далее – услугополучатель) представляет услугодателю через канцелярию услугодателя, либо через – веб-портал "электронного правительства" www.egov.kz (далее – портал) пакет документов согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z225" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. "Бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына денсаулығына байланысты ұзақ уақыт бойы бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттар қабылдау" мемлекеттік көрсетілетін қызметті (бұдан әрі – мемлекеттік көрсетілетін қызмет) бастауыш, негізгі орта, жалпы орта білім беру ұйымдары (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z78" w:id="64"/>
+      При предоставлении пакета документов через канцелярию услугодателя услугодатель принимает заявление и пакет документов и передает документы услугополучателя руководителю услугодателя. Сотрудником канцелярии услугодателя выдается расписка о приеме документов (в произвольной форме) услугополучателю. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z226" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При предоставлении услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия услугодатель готовит мотивированный отказ в дальнейшем рассмотрении заявления по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z227" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. При обращении через веб-портал "электронного правительства" www.egov.kz услугополучательь осуществляет выбор электронной государственной услуги в разделе "Образование", заполнение полей электронного запроса и прикрепление пакета документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z228" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Услугодатель в течении двух рабочих дней осуществляет обработку (проверку, регистрацию) электронного запроса услугополучателя и направляет в "личный кабинет" услугополучателя на портале уведомление о приеме документов согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам либо готовит мотивированный ответ о дальнейшем рассмотрении заявления по форме согласно приложению 2 к настоящим Правилам и направляет в "личный кабинет" портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z229" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Истребование от услугополучателей документов, которые могут быть получены из информационных систем, не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z230" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Документы услугополучателя рассматриваются руководителем услугодателя для определения класса, языка обучения. Руководитель после рассмотрения передает документы специалистам для организации индивидуального бесплатного обучения на дому ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z231" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Услугодатель формирует приказ о зачислении на индивидуальное бесплатное обучение на дому.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z232" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Услугодатель обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке согласно подпункту 11) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z233" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. Мемлекеттік қызмет көрсетудің тәртібі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z79" w:id="65"/>
+        <w:t xml:space="preserve"> 3. Порядок обжалования решений, действий (бездействия) услугодателя в местные исполнительные органы, города республиканского значения и столицы, района (города областного значения), и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z234" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      9. Жалоба на решение, действий (бездействия) услугодателя по вопросам оказания государственных услуг может быть подана на имя руководителя услугодателя, в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг, в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z235" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      4. Мемлекеттік көрсетілетін қызметті алу үшін жеке тұлға (бұдан әрі – көрсетілетін қызметті алушы) көрсетілетін қызметті берушіге көрсетілетін қызметті берушінің кеңсесі арқылы немесе "электрондық үкіметтің" веб-порталы арқылы www.egov.kz (бұдан әрі – портал) осы Қағидаларға </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="65"/>
+      Жалоба услугополучателя, поступившая в адрес непосредственно оказывающего государственную услугу услугодателя, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z236" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...2 lines deleted...]
-    </w:p>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z237" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...37 lines deleted...]
-        </w:rPr>
         <w:t>
-      5. "Электрондық үкімет" веб-порталы арқылы жүгінген кезде www.egov.kz көрсетілетін қызметті алушы "Білім беру" бөлімінде электрондық мемлекеттік қызметті таңдауды, электрондық сұрау салу жолдарын толтыруды және құжаттар топтамасын бекітуді жүзеге асырады.</w:t>
-[...272 lines deleted...]
-    <w:bookmarkEnd w:id="72"/>
+      10. В случаях несогласия с результатами оказания государственной услуги услугополучатель вправе обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11059,168 +11575,168 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Бастауыш, негізгі орта, жалпы </w:t>
+              <w:t>Приложение 1 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">орта білім беру ұйымдарына </w:t>
+              <w:t xml:space="preserve">оказания государственной услуги </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>денсаулығына байланысты ұзақ</w:t>
+              <w:t xml:space="preserve">"Прием документов для организации </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">уақыт бойы бара алмайтын </w:t>
+              <w:t xml:space="preserve">индивидуального бесплатного обучения </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">балаларды үйде жеке тегін </w:t>
+              <w:t xml:space="preserve">на дому детей, которые по </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оқытуды ұйымдастыру үшін </w:t>
+              <w:t xml:space="preserve">состоянию здоровья в течение </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">құжаттар қабылдау" </w:t>
+              <w:t>длительного времени не могут</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мемлекеттік көрсетілетін </w:t>
+              <w:t xml:space="preserve">посещать организации </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қызмет қағидасына </w:t>
+              <w:t xml:space="preserve">начального, основного среднего, </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1-қосымша</w:t>
+              <w:t>общего среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
@@ -11239,51 +11755,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына денсаулығына байланысты ұзақ уақыт бойы бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттар қабылдау" мемлекеттік көрсетілетін қызметі стандарты</w:t>
+Стандарт государственной услуги "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11315,88 +11831,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Көрсетілетін қызметті берушінің атауы</w:t>
+              <w:t xml:space="preserve">
+Наименование услугодателя </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары</w:t>
+Организации начального, основного среднего и общего среднего образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11428,106 +11944,108 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Мемлекеттік қызметті ұсыну тәсілдері (қолжеткізуарналары)</w:t>
+              <w:t xml:space="preserve">
+Способы предоставления государственной услуги (каналы доступа) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...32 lines deleted...]
-- "электронды үкіметтің" веб-порталы: www.egov.kz;</w:t>
+          <w:bookmarkStart w:name="z239" w:id="155"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–Организации начального, основного среднего и общего среднего образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="155"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+–веб-портал "электронного правительства": www.egov.kz;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11560,123 +12078,135 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мерзімі</w:t>
+Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...50 lines deleted...]
-Көрсетілетін қызметті алушыға қызмет көрсетудің рұқсат етілген ең ұзақ уақыты – 15 ( он бес) минуттан аспайды.</w:t>
+          <w:bookmarkStart w:name="z240" w:id="156"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Срок оказания – 2 рабочих дней. </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="156"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Максимально допустимое время ожидания для сдачи пакета документов – не более 15 (пятнадцать) минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Максимально допустимое время обслуживания услугополучателя - не более 15 (пятнадцать) минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11709,105 +12239,107 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсетудің нысаны</w:t>
+Форма оказания оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...32 lines deleted...]
-Қағаз түрінде</w:t>
+          <w:bookmarkStart w:name="z242" w:id="157"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электронная (частично автоматизированная)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="157"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бумажная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11840,159 +12372,191 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нәтижесі</w:t>
+Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...52 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z243" w:id="158"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Мемлекеттік қызмет көрсету нысаны: электрондық және (немесе) қағаз түрінде ұсынылады. </w:t>
-[...17 lines deleted...]
-Порталда мемлекеттік қызметті көрсету нәтижесі электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетінде" жолданады және сақталады.</w:t>
+Результат оказания государственной услуги: </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="158"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) расписка о приеме документов (в произвольной форме);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) приказ о зачислении на индивидуальное бесплатное обучение на дому.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма предоставления результата оказания государственной услуги: электронная и (или) бумажная. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12025,87 +12589,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет жеке тұлғаларға тегін көрсетіледі.</w:t>
+Государственная услуга оказывается бесплатно физическим лицам.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12138,215 +12702,247 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс кестесі</w:t>
+График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...142 lines deleted...]
-2) www.egov.kz. </w:t>
+          <w:bookmarkStart w:name="z247" w:id="159"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугодатель: с понедельника по субботу включительно, кроме выходных и праздничных дней, с 9.00 часов до 18.30 часов с перерывом на обед с 13.00 до 14.30 часов, согласно Трудовому кодексу Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="159"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прием заявления и выдача результата осуществляется с 9.00 до 17.30 часов с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Предварительная запись и ускоренное обслуживание не предусмотрены.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни в соответствии с трудовым законодательством Республики Казахстан и статьи 5 Закона Республики Казахстан от 13 декабря 2001 года "О праздниках в Республике Казахстан" прием заявок и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Адреса мест оказания государственной услуги размещены на: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) интернет-ресурсе услугодателя; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) портале www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12379,213 +12975,275 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі</w:t>
+Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...140 lines deleted...]
-Көрсетілген қызметті беруші мемлекеттік қызметтерді көрсету кезінде ақпараттық жүйелердегі заңмен қорғалатын құпиялардың қатарына кіретін мәліметтерді пайдалануға көрсетілетін қызметтерді алушының келісімін, егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, алады.</w:t>
+          <w:bookmarkStart w:name="z253" w:id="160"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя к услугодателю:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="160"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) заявление (в произвольной форме);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) заключение врачебно-консультационной комиссии с рекомендацией по обучению на дому.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При обращении услугополучателя к услугодателю через портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) заявление (в произвольной форме);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) заключение врачебно-консультационной комиссии с рекомендацией по обучению на дому.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Истребование от услугополучателей документов, которые могут быть получены из информационных систем, не допускается.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугодатель получает согласие услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12618,87 +13276,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы құжаттардың толық емес тізбесін және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайларда, көрсетілетін қызметті беруші өтініштерді қабылдаудан бас тартады және осы мемлекеттік көрсетілетін қызмет қағидаларының 3-қосымшасына сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы хабарлама береді.</w:t>
+В случае предоставления услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия для получения государственной услуги услугодатель отказывает в оказании государственной услуги и выдает уведомление об отказе в приеме документов по форме согласно приложению 3 к настоящим правилам оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12731,159 +13389,191 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті, оның ішінд еэлектрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...86 lines deleted...]
-Порталдағы "жеке кабинеттен" ұсынылған мәліметтер сұратылып отырған тұлғаның келісімі болған жағдайда, сондай-ақ порталдағы хабарламаға жауап ретінде бір реттік парольді беру жолымен немесе қысқа мәтіндік хабарламаны жіберу жолымен субъектінің порталда тіркелген ұялы байланыстың абоненттік нөмірі арқылы үшінші тұлғалардың электрондық сұрау салуы.</w:t>
+          <w:bookmarkStart w:name="z260" w:id="161"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги посредством единого контакт-центра по вопросам оказания государственных услуг. </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="161"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсе Министерства: www.edu.gov.kz в разделе "Государственные услуги". Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб услугодателя, а также Единого контакт-центра "1414", 8-800-080-7777.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электронный запрос третьих лиц, при условии согласия лица, в отношении которого запрашиваются сведения, предоставленного из "личного кабинета" на портале, а также посредством зарегистрированного на портале абонентского номера сотовой связи субъекта путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12922,168 +13612,168 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Бастауыш, негізгі орта, жалпы </w:t>
+              <w:t>Приложение 2 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">орта білім беру ұйымдарына </w:t>
+              <w:t xml:space="preserve">оказания государственной услуги </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">денсаулығына байланысты ұзақ </w:t>
+              <w:t xml:space="preserve">"Прием документов для организации </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">уақыт бойы бара алмайтын </w:t>
+              <w:t xml:space="preserve">индивидуального бесплатного обучения </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">балаларды үйде жеке тегін </w:t>
+              <w:t xml:space="preserve">на дому детей, которые по </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оқытуды ұйымдастыру үшін </w:t>
+              <w:t xml:space="preserve">состоянию здоровья в течение </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">құжаттар қабылдау" </w:t>
+              <w:t>длительного времени не могут</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мемлекеттік көрсетілетін </w:t>
+              <w:t xml:space="preserve">посещать организации </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қызмет қағидасына </w:t>
+              <w:t xml:space="preserve">начального, основного среднего, </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t>общего среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -13104,252 +13794,321 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысаны</w:t>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Фамилия, имя, отчество </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>либо наименование организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя) ________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(адрес услугополучателя)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z267" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              __________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               [Наименование ГО]</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z268" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                Уведомление об отказе</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z269" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...2 lines deleted...]
-    </w:p>
+        <w:t>
+      Уважаемый: [ФИО школьника]</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z270" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...2 lines deleted...]
-    </w:p>
+        <w:t>
+      Документы для зачисления в [Наименование организации образования], в [класс, язык обучения] НЕ ПРИНЯТЫ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z271" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...2 lines deleted...]
-    </w:p>
+        <w:t>
+      Причина_________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z272" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (көрсетілетін қызметті алушының мекенжайы)</w:t>
-[...35 lines deleted...]
-    <w:bookmarkEnd w:id="73"/>
+      Для разъяснения просим обратиться в приемную комиссию [Наименование организации образования].</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z273" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Құрметті: [Оқушының аты-жөні]</w:t>
-[...73 lines deleted...]
-    </w:p>
+      Адрес ________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13383,297 +14142,313 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Бастауыш, негізгі орта, жалпы </w:t>
+              <w:t>Приложение 3 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">орта білім беру ұйымдарына </w:t>
+              <w:t xml:space="preserve">оказания государственной услуги </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">денсаулығына байланысты ұзақ </w:t>
+              <w:t xml:space="preserve">"Прием документов для организации </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">уақыт бойы бара алмайтын </w:t>
+              <w:t xml:space="preserve">индивидуального бесплатного обучения </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">балаларды үйде жеке тегін </w:t>
+              <w:t xml:space="preserve">на дому детей, которые по </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оқытуды ұйымдастыру үшін </w:t>
+              <w:t xml:space="preserve">состоянию здоровья в течение </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">құжаттар қабылдау" </w:t>
+              <w:t>длительного времени не могут</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мемлекеттік көрсетілетін </w:t>
+              <w:t xml:space="preserve">посещать организации </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қызмет қағидасына </w:t>
+              <w:t xml:space="preserve">начального, основного среднего, </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3-қосымша</w:t>
+              <w:t>общего среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z275" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ________________________________________________________________________  [МО атауы]</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z91" w:id="74"/>
+        <w:t xml:space="preserve">                    _____________________________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               [Наименование ГО]</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z276" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Құжаттарды қабылдау және оқуға қабылдау туралы хабарлама</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="74"/>
+        <w:t xml:space="preserve">                    Уведомление о приеме документов и зачислении в</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   [наименование организации образования]</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z277" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      [білім беру ұйымының атауы]</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Уважаемый: [ФИО школьника]</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z278" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Құрметті: [Оқушының аты-жөні]</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Документы в [Наименование организации образования] приняты. Вы зачислены в [класс, литера, язык обучения], согласно Приказу № [номер приказа] от [дата].</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z279" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Құжаттар [білім беру ұйымының атауы] қабылданды. Сіз [күні] № [бұйрық нөмірі] бұйрығына сәйкес [сынып, әдебиет, оқу тілі] қабылдандыңыз.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Просим Вас подойти в [Наименование школы] ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z280" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сізден [мектеп атауы] баруыңызды сұраймыз_____________________</w:t>
-[...19 lines deleted...]
-    </w:p>
+      Адрес __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13707,666 +14482,627 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение 4 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>Министра образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 жылғы 27 мамырдағы </w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ 223 бұйрығына </w:t>
-[...12 lines deleted...]
-              <w:t>4-қосымша</w:t>
+              <w:t>от 27 мая 2020 года № 223</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z93" w:id="75"/>
+    <w:bookmarkStart w:name="z282" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Арнайы жалпы білім беретін оқу бағдарламалары бойынша оқыту үшін мүмкіндіктері шектеулі балалардың құжаттарын қабылдау және арнайы білім беру ұйымдарына қабылдау" мемлекеттік көрсетілетін қызмет қағидасы</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z94" w:id="76"/>
+        <w:t xml:space="preserve"> Правила оказания государственной услуги "Прием документов и зачисление в специальные организации образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z283" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z95" w:id="77"/>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z284" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Арнайы жалпы білім беретін оқу бағдарламалары бойынша оқыту үшін мүмкіндіктері шектеулі балалардың құжаттарын қабылдау және арнайы білім беру ұйымдарына қабылдау" мемлекеттік көрсетілетін қызмет қағидасы (бұдан әрі – Қағида) "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының 2013 жылғы 15 сәуірдегі заңының (бұдан әрі – Заң) </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="77"/>
+      1. Настоящие Правила оказания государственной услуги "Прием документов и зачисление в специальные организации образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам" (далее – Правила) разработаны в соответствии с подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" (далее – Закон) и определяют порядок ее предоставления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z285" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Осы қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z96" w:id="78"/>
+      2. В настоящих Правилах используется следующее понятие:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z286" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) мемлекеттік көрсетілетін қызмет стандарты – мемлекеттік қызмет көрсету процесінің сипаттамасын, нысанын, мазмұны мен нәтижесін, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z97" w:id="79"/>
+      1) стандарт государственной услуги – перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат, а также иные сведения с учетом особенностей предоставления государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z287" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. "Арнайы жалпы білім беретін оқу бағдарламалары бойынша оқыту үшін мүмкіндіктері шектеулі балалардың құжаттарын қабылдау және арнайы білім беру ұйымдарына қабылдау" мемлекеттік көрсетілетін қызметті (бұдан әрі – мемлекеттік көрсетілетін қызмет) арнайы білім беру ұйымдары (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z98" w:id="80"/>
+      3. Государственная услуга "Прием документов и зачисление в специальные организации образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам" (далее – государственная услуга) оказывается специальными организациями образования (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z288" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. Мемлекеттік қызмет көрсетудің тәртібі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z99" w:id="81"/>
+        <w:t xml:space="preserve"> 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z289" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. Мемлекеттік көрсетілетін қызметті алу үшін жеке тұлға (бұдан әрі – көрсетілетін қызметті алушы) көрсетілетін қызметті берушіге көрсетілетін қызметті берушінің кеңсесі арқылы немесе "электрондық үкімет" веб-порталы арқылы: www.egov.kz (бұдан әрі - портал) осы Қағидаларға </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="81"/>
+      4. Для получения государственной услуги физическое лицо (далее – услугополучатель) представляет услугодателю через канцелярию услугодателя, либо через через веб-портал "электронного правительства" www.egov.kz (далее – портал) пакет документов согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам не позднее 30 августа календарного года, в первый класс – с 1 июня по 30 августа календарного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z290" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Құжаттар тізбесінен көрсетілетін қызметті беруші кеңсесі арқылы көрсетілген кезде көрсетілетін қызметті беруші өтініш пен құжаттар тізбесін қабылдайды және көрсетілетін қызметті алушының құжаттарын көрсетілетін қызметті берушінің басшысына береді. Көрсетілетін қызметті берушінің кеңсе қызметкері көрсетілетін қызметті алушыға құжаттардың қабылданғаны туралы қолхат (еркін түрде) береді.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      При предоставлении пакета документов через канцелярию услугодателя услугодатель принимает заявление и пакет документов и передает документы услугополучателя руководителю услугодателя. Сотрудником канцелярии услугодателя выдается расписка о приеме документов (в произвольной форме) услугополучателю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z291" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Көрсетілетін қызметті алушы мемлекеттік қызметті алу үшін құжаттар топтамасын және (немесе) қолданылу мерзімі өткен құжаттарды толық ұсынбаған жағдайда, көрсетілетін қызметті берушінің кеңсе қызметкері мемлекеттік қызметті көрсетуден бас тартады және осы Қағидаларға </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z100" w:id="82"/>
+      При предоставлении услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия для получения государственной услуги сотрудник канцелярии услугодателя отказывает в оказании государственной услуги и выдает уведомление об отказе в приеме документов по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z292" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. "Электрондық үкімет" веб-порталы арқылы жүгінген кезде www.egov.kz көрсетілетін қызметті алушы "Білім беру" бөлімінде электрондық мемлекеттік қызметті таңдауды, электрондық сұрау салу жолдарын толтыруды және құжаттар топтамасын бекітуді жүзеге асырады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="82"/>
+      5. При обращении через веб-портал "электронного правительства" www.egov.kz услугополучатель осуществляет выбор электронной государственной услуги в разделе "Образование", заполнение полей электронного запроса и прикрепление пакета документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z293" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      Услугодатель в течении трех рабочих дней осуществляет обработку (проверку, регистрацию) электронного запроса услугополучателя и направляет в "личный кабинет" услугополучателя на портале уведомление о приеме документов согласно приложению 3 к настоящим Правилам либо готовит мотивированный отказ в дальнейшем рассмотрении заявления по форме согласно приложению 2 к настоящим Правилам и направляет в "личный кабинет" портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z294" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Истребование от услугополучателей документов, которые могут быть получены из информационных систем, не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z295" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Основанием для зачисления в специальную организацию образования после начала учебного года является заключение психолого-медико-педагогической консультации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z296" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Документы услугополучателя рассматриваются руководителем услугодателя для определения класса, языка обучения. Руководитель после рассмотрения передает документы специалистам для организации обучения ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z297" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      Көрсетілетін қызметті беруші үш жұмыс күні ішінде көрсетілетін қызметті алушының электрондық сұрау салуын өңдеуді (тексеруді, тіркеуді) жүзеге асырады және көрсетілетін қызметті алушының порталдағы "жеке кабинетіне" осы Қағидаларға </w:t>
-[...41 lines deleted...]
-    </w:p>
+      8. Услугодатель формирует приказ о зачислении в специальную организацию образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z298" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      9. Услугодатель обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке согласно подпункту 11) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z299" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Порядок обжалования решений, действий (бездействия) услугодателя в местные исполнительные органы города республиканского значения и столицы, района (города областного значения), и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z300" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушылардан ақпараттық жүйелерден алуға болатын құжаттарды талап етуге жол берілмейді.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z101" w:id="83"/>
+      10. Жалоба на решение, действий (бездействия) услугодателя по вопросам оказания государственных услуг может быть подана на имя руководителя услугодателя, в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг, в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z301" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Жалоба услугополучателя, поступившая в адрес непосредственно оказывающего государственную услугу услугодателя, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z302" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      6. Оқу жылы басталғаннан кейін арнайы білім беру ұйымына қабылдау үшін психологиялық-медициналық-педагогикалық консультацияның қорытындысы негіз болып табылады.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z102" w:id="84"/>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z303" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Көрсетілетін қызметті алушының құжаттарын көрсетілетін қызметті берушінің басшысы оқыту сыныбын, тілін анықтау үшін қарайды. Басшы құжаттарды қарағаннан кейін баланы оқытуды ұйымдастыру үшін мамандарға береді.</w:t>
-[...176 lines deleted...]
-    <w:bookmarkEnd w:id="89"/>
+      11. В случаях несогласия с результатами оказания государственной услуги услугополучатель вправе обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -14400,155 +15136,129 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Арнайы жалпы білім беретін </w:t>
+              <w:t>Приложение 1 к правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оқу бағдарламалары бойынша </w:t>
+              <w:t>оказания государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оқыту үшін мүмкіндіктері </w:t>
+              <w:t>"Прием документов и зачисление в</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">шектеулі балалардың </w:t>
+              <w:t>специальные организации образования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">құжаттарын қабылдау және </w:t>
+              <w:t>детей с ограниченными возможностями</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">арнайы білім беру ұйымдарына </w:t>
+              <w:t>для обучения по специальным</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қабылдау" мемлекеттік </w:t>
-[...25 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>общеобразовательным учебным программам"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
@@ -14567,51 +15277,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Арнайы жалпы білім беретін оқу бағдарламалары бойынша оқыту үшін мүмкіндіктері шектеулі балалардың құжаттарын қабылдау және арнайы білім беру ұйымдарына қабылдау" мемлекеттік көрсетілетін қызметі стандарты</w:t>
+Стандарт государственной услуги "Прием документов и зачисление в специальные организации образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14643,88 +15353,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Көрсетілетін қызметті берушінің атауы</w:t>
+              <w:t xml:space="preserve">
+Наименование услугодателя </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Арнайы білім беру ұйымдары</w:t>
+Специальные организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14756,106 +15466,108 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Мемлекеттік қызметті ұсыну тәсілдері (қол жеткізу арналары)</w:t>
+              <w:t xml:space="preserve">
+Способы предоставления государственной услуги (каналы доступа) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...32 lines deleted...]
-- "электрондық үкіметтің" веб-порталы: www.egov.kz</w:t>
+          <w:bookmarkStart w:name="z305" w:id="197"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+– специальные организации образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="197"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+– веб-портал "электронного правительства": www.egov.kz;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14888,141 +15600,163 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мерзімі</w:t>
+Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...68 lines deleted...]
-3) көрсетілетін қызметті алушыға қызмет көрсетудің рұқсат етілген ең ұзақ уақыты 15 минуттан аспайды.</w:t>
+          <w:bookmarkStart w:name="z306" w:id="198"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с момента сдачи пакета документов:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="198"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) для зачисления в специальную организацию образования - не позднее 30 августа календарного года, в первый класс – с 1 июня по 30 августа календарного года;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) максимально допустимое время ожидания для сдачи пакета документов услугополучателем услугодателю – не более 15 (пятнадцати) минут; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) максимально допустимое время обслуживания услугополучателя услугодателем – не более 15 (пятнадцати) минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15055,105 +15789,107 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсетудің нысаны</w:t>
+Форма оказания оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...32 lines deleted...]
-Қағаз түрінде</w:t>
+          <w:bookmarkStart w:name="z309" w:id="199"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электронная (частично автоматизированная)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="199"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бумажная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15186,159 +15922,191 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нәтижесі</w:t>
+Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...86 lines deleted...]
-Порталда мемлекеттік қызметті көрсету нәтижесі электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетінде" жолданады және сақталады.</w:t>
+          <w:bookmarkStart w:name="z310" w:id="200"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Результат оказания государственной услуги: </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="200"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) расписка о приеме документов (в произвольной форме);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) приказ о зачислении в специальную организацию образования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма предоставления результата оказания государственной услуги: электронная и (или) бумажная. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15371,87 +16139,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет жеке тұлғаларға тегін көрсетіледі.</w:t>
+Государственная услуга оказывается бесплатно физическим лицам.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15484,215 +16252,247 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс кестесі</w:t>
+График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...142 lines deleted...]
-2) www.egov.kz порталында орналасқан.</w:t>
+          <w:bookmarkStart w:name="z314" w:id="201"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугодатель: с понедельника по субботу включительно, кроме выходных и праздничных дней, с 9.00 часов до 18.30 часов с перерывом на обед с 13.00 до 14.30 часов, согласно Трудовому кодексу Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="201"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прием заявления и выдача результата осуществляется с 9.00 до 17.30 часов с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Предварительная запись и ускоренное обслуживание не предусмотрены.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни в соответствии с трудовым законодательством Республики Казахстан и статьи 5 Закона Республики Казахстан от 13 декабря 2001 года "О праздниках в Республике Казахстан" прием заявок и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Адреса мест оказания государственной услуги размещены на: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) интернет-ресурсе услугодателя; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) портале www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15725,213 +16525,275 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі</w:t>
+Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...140 lines deleted...]
- Көрсетілген қызметті беруші мемлекеттік қызметтерді көрсету кезінде ақпараттық жүйелердегі заңмен қорғалатын құпиялардың қатарына кіретін мәліметтерді пайдалануға көрсетілетін қызметтерді алушының келісімін, егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, алады.</w:t>
+          <w:bookmarkStart w:name="z320" w:id="202"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя к услугодателю:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="202"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) заявление родителя или иного законного представителя услугополучателя о зачислении в специальную организацию образования (в произвольной форме).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) заключение психолого-медико-педагогической консультации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При обращении услугополучателя к услугодателю через портал: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) заявление родителя или иного законного представителя услугополучателя о зачислении в специальную организацию образования (в произвольной форме);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) заключение психолого-медико-педагогической консультации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Истребование от услугополучателей документов, которые могут быть получены из информационных систем, не допускается.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугодатель получает согласие услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15964,87 +16826,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы құжаттардың толық емес тізбесін және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайларда, көрсетілетін қызметті беруші өтініштерді қабылдаудан бас тартады және осы мемлекеттік көрсетілетін қызмет қағидаларының 2-қосымшасына сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы хабарлама береді.</w:t>
+При предоставлении услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия для получения государственной услуги услугодатель отказывает в оказании государственной услуги и выдает уведомление об отказе в приеме документов по форме согласно приложению 2 к настоящим правилам оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16077,159 +16939,191 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...86 lines deleted...]
-Порталдағы "жеке кабинеттен" ұсынылған мәліметтер сұратылып отырған тұлғаның келісімі болған жағдайда, сондай-ақ порталдағы хабарламаға жауап ретінде бір реттік парольді беру жолымен немесе қысқа мәтіндік хабарламаны жіберу жолымен субъектінің порталда тіркелген ұялы байланыстың абоненттік нөмірі арқылы үшінші тұлғалардың электрондық сұрау салуы.</w:t>
+          <w:bookmarkStart w:name="z327" w:id="203"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги посредством единого контакт-центра по вопросам оказания государственных услуг. </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="203"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсе Министерства: www.edu.gov.kz в разделе "Государственные услуги". Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб услугодателя, а также Единого контакт-центра "1414", 8-800-080-7777.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электронный запрос третьих лиц, при условии согласия лица, в отношении которого запрашиваются сведения, предоставленного из "личного кабинета" на портале, а также посредством зарегистрированного на портале абонентского номера сотовой связи субъекта путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -16268,155 +17162,129 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Арнайы жалпы білім беретін </w:t>
+              <w:t>Приложение 2 к правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оқу бағдарламалары бойынша </w:t>
+              <w:t>оказания государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оқыту үшін мүмкіндіктері </w:t>
+              <w:t>"Прием документов и зачисление в</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">шектеулі балалардың </w:t>
+              <w:t>специальные организации образования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">құжаттарын қабылдау және </w:t>
+              <w:t>детей с ограниченными возможностями</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">арнайы білім беру ұйымдарына </w:t>
+              <w:t>для обучения по специальным</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қабылдау" мемлекеттік </w:t>
-[...25 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>общеобразовательным учебным программам"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -16437,252 +17305,321 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысаны</w:t>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при его наличии)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>либо наименование организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя) ________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(адрес услугополучателя)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z334" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              __________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               [Наименование ГО]</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z335" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                Уведомление об отказе</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z336" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...2 lines deleted...]
-    </w:p>
+        <w:t>
+      Уважаемый: [ФИО школьника]</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z337" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...2 lines deleted...]
-    </w:p>
+        <w:t>
+      Документы для зачисления в [Наименование организации образования], в [класс, язык обучения] НЕ ПРИНЯТЫ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z338" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...2 lines deleted...]
-    </w:p>
+        <w:t>
+      Причина_________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z339" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (көрсетілетін қызметті алушының мекенжайы)</w:t>
-[...35 lines deleted...]
-    <w:bookmarkEnd w:id="90"/>
+      Для разъяснения просим обратиться в приемную комиссию [Наименование организации образования].</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z340" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Құрметті: [Оқушының аты-жөні]</w:t>
-[...73 lines deleted...]
-    </w:p>
+      Адрес ________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16716,284 +17653,274 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Арнайы жалпы білім беретін </w:t>
+              <w:t>Приложение 3 к правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оқу бағдарламалары бойынша </w:t>
+              <w:t>оказания государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оқыту үшін мүмкіндіктері </w:t>
+              <w:t>"Прием документов и зачисление в</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">шектеулі балалардың </w:t>
+              <w:t>специальные организации образования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">құжаттарын қабылдау және </w:t>
+              <w:t>детей с ограниченными возможностями</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">арнайы білім беру ұйымдарына </w:t>
+              <w:t>для обучения по специальным</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қабылдау" мемлекеттік </w:t>
-[...25 lines deleted...]
-              <w:t>3-қосымша</w:t>
+              <w:t>общеобразовательным учебным программам"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z342" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> _____________________________________________  [МО атауы]</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z112" w:id="91"/>
+        <w:t xml:space="preserve">                    _____________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               [Наименование ГО]</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z343" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Құжаттарды қабылдау және оқуға қабылдау туралы хабарлама</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="91"/>
+        <w:t xml:space="preserve">                    Уведомление о приеме документов и зачислении в </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   [наименование организации образования]</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z344" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      [білім беру ұйымының атауы]</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Уважаемый: [ФИО школьника]</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z345" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Құрметті: [Оқушының аты-жөні]</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Документы в [Наименование организации образования] приняты. Вы зачислены в [класс, литера, язык обучения], согласно Приказу № [номер приказа] от [дата].</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z346" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Құжаттар [білім беру ұйымының атауы] қабылданды. Сіз [күні] № [бұйрық нөмірі] бұйрығына сәйкес [сынып, әдебиет, оқу тілі] қабылдандыңыз.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Просим Вас подойти в [Наименование школы] ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z347" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сізден [мектеп атауы] баруыңызды сұраймыз_____________________</w:t>
-[...19 lines deleted...]
-    </w:p>
+      Адрес __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17027,300 +17954,287 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение 5 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>Министра образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 жылғы 27 мамырдағы </w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ 223 бұйрығына </w:t>
-[...12 lines deleted...]
-              <w:t>5-қосымша</w:t>
+              <w:t>от 27 мая 2020 года № 223</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z114" w:id="92"/>
+    <w:bookmarkStart w:name="z349" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасы Білім және ғылым министрінің күші жойылатын кейбір бұйрықтарының тізімі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z115" w:id="93"/>
+        <w:t xml:space="preserve"> Перечень, утративших силу некоторых приказов Министра образования и науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z350" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Арнайы білім беру саласындағы жергілікті атқарушы органдар көрсететін мемлекеттік көрсетілетін қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 8 сәуірдегі № 174 </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z116" w:id="94"/>
+      1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 8 апреля 2015 года № 174 "Об утверждении стандартов государственных услуг в сфере специального образования, оказываемых местными исполнительными органами" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 11047, опубликован в информационно-правовой системе нормативных правовых актов Республики Казахстан "Әділет" 22 мая 2015 года).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z351" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. "Арнайы білім беру саласындағы жергілікті атқарушы органдар көрсететін мемлекеттік көрсетілетін қызметтер стандарттарын бекіту туралы Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 8 сәуірдегі № 174 бұйрығына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 13 қыркүйектегі № 462 </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z117" w:id="95"/>
+      2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 13 сентября 2018 года № 462 "О внесении изменений и дополнений в приказ Министра образования и науки Республики Казахстан от 8 апреля 2015 года № 174 "Об утверждении стандартов государственных услуг в сфере специального образования, оказываемых местными исполнительными органами" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 125325, опубликован в информационно-правовой системе нормативных правовых актов Республики Казахстан "Әділет" 25 октября 2018 года).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z352" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3."Кемтар балаларға арнаулы түзеу ұйымдары мен басқа да ұйымдарға медициналық, арнаулы білім және арнаулы әлеуметтік қызметтерді алуы үшін жолдама беру" мемлекеттік көрсетілетін қызмет стандартын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2017 жылғы 14 наурыздағы № 120 </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="95"/>
+      3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 14 марта 2017 года № 120 "Об утверждении стандарта государственной услуги "Выдача направления детям с ограниченными возможностями в специальные коррекционные и другие организации для получения медицинских, специальных образовательных и специальных социальных услуг" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 113285, опубликован в информационно-правовой системе нормативных правовых актов Республики Казахстан "Әділет" 17 июля 2017 года).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -17646,31 +18560,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
+<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>