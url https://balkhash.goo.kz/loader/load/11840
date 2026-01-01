--- v0 (2025-12-08)
+++ v1 (2026-01-01)
@@ -1,212 +1,134 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00BD3AE2" w:rsidRPr="00BD3AE2" w:rsidRDefault="00BD3AE2" w:rsidP="00BD3AE2">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00F42D65" w:rsidRPr="00F42D65" w:rsidRDefault="00F42D65" w:rsidP="00F42D65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F42D65">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Ветераны педагогического труда</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE027B" w:rsidRDefault="00F42D65" w:rsidP="00F42D65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F42D65">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП «Дворец школьников имени </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BD3AE2">
-[...3 lines deleted...]
-        <w:t>Педагогикалық</w:t>
+      <w:r w:rsidRPr="00F42D65">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Агыбай</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BD3AE2">
-[...28 lines deleted...]
-    <w:p w:rsidR="00F42D65" w:rsidRDefault="00BD3AE2" w:rsidP="00BD3AE2">
+      <w:r w:rsidRPr="00F42D65">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> батыра»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42D65" w:rsidRDefault="00F42D65" w:rsidP="00F42D65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...76 lines deleted...]
-        <w:rPr>
           <w:noProof/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="73864333" wp14:editId="00CCE9AD">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B243A97" wp14:editId="67E893E3">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>1518285</wp:posOffset>
+              <wp:posOffset>1396365</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>129540</wp:posOffset>
+              <wp:posOffset>128270</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2647950" cy="3135630"/>
             <wp:effectExtent l="0" t="0" r="0" b="7620"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Рисунок 2" descr="http://balkhash.goo.kz/media/img/photohost/5a13de02e765a.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="http://balkhash.goo.kz/media/img/photohost/5a13de02e765a.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId4">
+                    <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect l="32000" t="33111" r="29000"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2647950" cy="3135630"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
@@ -346,145 +268,136 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F42D65" w:rsidRDefault="00F42D65" w:rsidP="00F42D65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F42D65" w:rsidRDefault="00F42D65" w:rsidP="00F42D65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42D65" w:rsidRDefault="00F42D65" w:rsidP="00F42D65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00F42D65">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Царско Надежда Ивановна</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F42D65" w:rsidRPr="00BD3AE2" w:rsidRDefault="00BD3AE2" w:rsidP="00BD3AE2">
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="00F42D65" w:rsidRPr="00F42D65" w:rsidRDefault="00F42D65" w:rsidP="00F42D65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F42D65">
+        <w:t xml:space="preserve">1974 – 1984 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F42D65">
+        <w:t>г.г</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F42D65">
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F42D65">
+        <w:t>– директор Дворца пионеров и школьников</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42D65" w:rsidRDefault="00F42D65" w:rsidP="00F42D65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42D65" w:rsidRDefault="00F42D65" w:rsidP="00F42D65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">1974 – 1984 ж. ж. – </w:t>
-[...45 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51E5EC7F" wp14:editId="7CAE9548">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1196340</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>167005</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3429000" cy="3095625"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\1\Desktop\ВС.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\1\Desktop\ВС.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5">
+                    <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3429000" cy="3095625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -637,219 +550,152 @@
     </w:p>
     <w:p w:rsidR="00F42D65" w:rsidRDefault="00F42D65" w:rsidP="00F42D65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F42D65" w:rsidRDefault="00F42D65" w:rsidP="00F42D65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Красовская Валентина Семеновна</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD3AE2" w:rsidRDefault="00BD3AE2" w:rsidP="00BD3AE2">
-[...3 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00F42D65" w:rsidRPr="00F42D65" w:rsidRDefault="00F42D65" w:rsidP="00F42D65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F42D65">
+        <w:t>1974-1984</w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">1974-1984 ж. ж. - </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Пионерлер</w:t>
-[...23 lines deleted...]
-        <w:t>сарайы</w:t>
+        <w:t>г.г</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00F42D65">
+        <w:t xml:space="preserve"> – заведующая политико-массовым отделом </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42D65" w:rsidRDefault="00F42D65" w:rsidP="00F42D65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F42D65">
+        <w:t>Дворца пионеров и школьников</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42D65" w:rsidRDefault="00F42D65" w:rsidP="00F42D65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1984 – 2007 </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>саяси-көпшілік</w:t>
+        <w:t>г.г</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>. – директор Дворца школьников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42D65" w:rsidRDefault="00F42D65" w:rsidP="00F42D65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42D65" w:rsidRDefault="00F42D65" w:rsidP="00F42D65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F42D65" w:rsidRDefault="00F42D65" w:rsidP="00F42D65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...77 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1253490</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-329565</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2838450" cy="3634534"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\1\Desktop\ЗО.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\1\Desktop\ЗО.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print">
+                    <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2838450" cy="3634534"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -1005,117 +851,116 @@
         </w:rPr>
         <w:t>Зауреш</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005B0B8B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F42D65">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F42D65">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Оспановна</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00426D0C" w:rsidRDefault="00BD3AE2" w:rsidP="00F42D65">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">1988-2007 ж. ж. - </w:t>
+    <w:p w:rsidR="005B0B8B" w:rsidRDefault="005B0B8B" w:rsidP="00F42D65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005B0B8B">
+        <w:t xml:space="preserve">1988-2007 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BD3AE2">
-        <w:t>Оқушылар</w:t>
+      <w:r w:rsidRPr="005B0B8B">
+        <w:t>г.г</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BD3AE2">
-[...14 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B0B8B">
+        <w:t>. – методист Дворца школьников</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00426D0C" w:rsidRDefault="00426D0C" w:rsidP="00F42D65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00426D0C" w:rsidRDefault="00426D0C" w:rsidP="00F42D65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00426D0C" w:rsidRDefault="00426D0C" w:rsidP="00F42D65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4910607C" wp14:editId="14525256">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>1219200</wp:posOffset>
+              <wp:posOffset>1005840</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>133350</wp:posOffset>
+              <wp:posOffset>110490</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2959100" cy="3156585"/>
             <wp:effectExtent l="0" t="0" r="0" b="5715"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="Рисунок 4" descr="C:\Users\1\Desktop\ЛВ.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\1\Desktop\ЛВ.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7">
+                    <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2959100" cy="3156585"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -1244,193 +1089,129 @@
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="005B0B8B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Лидия </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="005B0B8B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Васильевна</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005B0B8B" w:rsidRDefault="00BD3AE2" w:rsidP="00F42D65">
+    <w:p w:rsidR="005B0B8B" w:rsidRDefault="005B0B8B" w:rsidP="00F42D65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005B0B8B">
+        <w:t xml:space="preserve">1977-1995 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B0B8B">
+        <w:t>г.г</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B0B8B">
+        <w:t>.- руководитель кружка «Начальное техническое моделирование»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B0B8B" w:rsidRDefault="005B0B8B" w:rsidP="00F42D65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B0B8B" w:rsidRDefault="005B0B8B" w:rsidP="00F42D65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B0B8B" w:rsidRDefault="005B0B8B" w:rsidP="00F42D65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B0B8B" w:rsidRDefault="005B0B8B" w:rsidP="00F42D65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B0B8B" w:rsidRDefault="00426D0C" w:rsidP="00F42D65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">1977-1995 </w:t>
-[...103 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6BBBBEE5" wp14:editId="1C975992">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1263015</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>51435</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3086100" cy="3575050"/>
             <wp:effectExtent l="0" t="0" r="0" b="6350"/>
             <wp:wrapNone/>
             <wp:docPr id="5" name="Рисунок 5" descr="C:\Users\1\Desktop\ВЭ.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\1\Desktop\ВЭ.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print">
+                    <a:blip r:embed="rId9" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3086100" cy="3575050"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -1567,117 +1348,116 @@
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005B0B8B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Шелухина</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005B0B8B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Валентина </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005B0B8B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Эскендеровна</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00D70E13" w:rsidRDefault="00BD3AE2" w:rsidP="005B0B8B">
-[...5 lines deleted...]
-        <w:t>2001-2013 ж. ж. – "</w:t>
+    <w:p w:rsidR="005B0B8B" w:rsidRDefault="005B0B8B" w:rsidP="005B0B8B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005B0B8B">
+        <w:t xml:space="preserve">2001-2013 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BD3AE2">
-        <w:t>Грация"спорттық</w:t>
+      <w:r w:rsidRPr="005B0B8B">
+        <w:t>г.г</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BD3AE2">
-[...14 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B0B8B">
+        <w:t>. – руководитель кружка спортивных танцев «Грация»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00426D0C" w:rsidRDefault="00426D0C" w:rsidP="005B0B8B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D70E13" w:rsidRDefault="00D70E13" w:rsidP="005B0B8B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="00AE099E" w:rsidRDefault="004B1FD2" w:rsidP="005B0B8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="25FDE25F" wp14:editId="17E20CC3">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>767715</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>106680</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4097655" cy="2838450"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="6" name="Рисунок 6" descr="D:\Старый комп\Disk E\rabochi stol ot 05.12.17\все по метод\методический вернисаж 14 -15 ІІ этап\Муратбекова С.И\Муратбекова С.И..jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="D:\Старый комп\Disk E\rabochi stol ot 05.12.17\все по метод\методический вернисаж 14 -15 ІІ этап\Муратбекова С.И\Муратбекова С.И..jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId9" cstate="print">
+                    <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect l="10256" b="17066"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4097655" cy="2838450"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
@@ -1801,173 +1581,141 @@
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D70E13">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Муратбекова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D70E13">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Светлана </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D70E13">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Ибраемовна</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00426D0C" w:rsidRDefault="00BD3AE2" w:rsidP="005B0B8B">
+    <w:p w:rsidR="00D70E13" w:rsidRDefault="00D70E13" w:rsidP="005B0B8B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70E13">
+        <w:t xml:space="preserve">2007-2017 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D70E13">
+        <w:t>г.г</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D70E13">
+        <w:t>. – директор КГКП «Дворец школьников»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00426D0C" w:rsidRDefault="00426D0C" w:rsidP="005B0B8B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00426D0C" w:rsidRDefault="00426D0C" w:rsidP="005B0B8B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00426D0C" w:rsidRDefault="00426D0C" w:rsidP="005B0B8B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00426D0C" w:rsidRDefault="00426D0C" w:rsidP="005B0B8B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00426D0C" w:rsidRDefault="00426D0C" w:rsidP="005B0B8B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00426D0C" w:rsidRDefault="00426D0C" w:rsidP="005B0B8B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00426D0C" w:rsidRDefault="004B1FD2" w:rsidP="005B0B8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:t>2007-2017 ж. ж. – "</w:t>
-[...83 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="356B4F26" wp14:editId="70C82ADC">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1491615</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-96520</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2771775" cy="3569335"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name="Рисунок 7" descr="D:\Старый комп\2017-2018 уч.год\фото пдо\1.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="D:\Старый комп\2017-2018 уч.год\фото пдо\1.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10">
+                    <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2771775" cy="3569335"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -2114,117 +1862,112 @@
         </w:rPr>
         <w:t>Бахыт</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E20929">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E20929">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Дюсенбаевна</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E20929">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E20929" w:rsidRDefault="00BD3AE2" w:rsidP="005B0B8B">
-[...5 lines deleted...]
-        <w:t>2001-2019 ж. ж. - "</w:t>
+    <w:p w:rsidR="00E20929" w:rsidRDefault="00E20929" w:rsidP="005B0B8B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2001-2019 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BD3AE2">
+      <w:r>
+        <w:t>г.г</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>. – руководитель кружка «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>Бояулар</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BD3AE2">
-[...20 lines deleted...]
-      </w:pPr>
       <w:r>
+        <w:t xml:space="preserve"> сыры»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E20929" w:rsidRDefault="004B1FD2" w:rsidP="005B0B8B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A8267F3" wp14:editId="67DAA4A0">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B8854FD" wp14:editId="58312176">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>1575435</wp:posOffset>
+              <wp:posOffset>1491615</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>147320</wp:posOffset>
+              <wp:posOffset>123190</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2790825" cy="3552825"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:wrapNone/>
             <wp:docPr id="8" name="Рисунок 8" descr="http://balkhash.goo.kz/media/img/photohost/5a0e770760c33.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="http://balkhash.goo.kz/media/img/photohost/5a0e770760c33.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11" cstate="print">
+                    <a:blip r:embed="rId12" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2790825" cy="3552825"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -2266,660 +2009,661 @@
     </w:p>
     <w:p w:rsidR="00E20929" w:rsidRDefault="00E20929" w:rsidP="005B0B8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E20929" w:rsidRDefault="00E20929" w:rsidP="005B0B8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E20929" w:rsidRDefault="00E20929" w:rsidP="005B0B8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E20929" w:rsidRDefault="00E20929" w:rsidP="005B0B8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="00E20929" w:rsidRDefault="00E20929" w:rsidP="005B0B8B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="00E20929" w:rsidRPr="00E20929" w:rsidRDefault="00E20929" w:rsidP="00E20929"/>
     <w:p w:rsidR="00E20929" w:rsidRPr="00E20929" w:rsidRDefault="00E20929" w:rsidP="00E20929"/>
     <w:p w:rsidR="00E20929" w:rsidRPr="00E20929" w:rsidRDefault="00E20929" w:rsidP="00E20929"/>
     <w:p w:rsidR="00E20929" w:rsidRDefault="00E20929" w:rsidP="00E20929"/>
     <w:p w:rsidR="004B1FD2" w:rsidRDefault="004B1FD2" w:rsidP="00E20929">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD3AE2" w:rsidRDefault="00BD3AE2" w:rsidP="00E20929">
+    <w:p w:rsidR="00E20929" w:rsidRDefault="00E20929" w:rsidP="00E20929">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Алимжанов Ергазы Аубакирович </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C27E1" w:rsidRPr="001C27E1" w:rsidRDefault="001C27E1" w:rsidP="001C27E1">
+    <w:p w:rsidR="00E20929" w:rsidRDefault="00E20929" w:rsidP="00E20929">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00E20929">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20929">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Ш</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001C27E1">
+        <w:t>заслуженный тренер РК по шахматам</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ахматтан ҚР еңбек сіңірген жаттықтырушысы,</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="001C27E1">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00426D0C" w:rsidRPr="00E20929" w:rsidRDefault="00E20929" w:rsidP="00E20929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2013-2020 ж. ж. - "Белая ладья"</w:t>
-      </w:r>
+        <w:t>2013-2020</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="001C27E1">
+        <w:t xml:space="preserve"> г.г. – руководитель </w:t>
+      </w:r>
+      <w:r w:rsidR="004B1FD2">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>шахмат клубының жетекшісі</w:t>
-[...2 lines deleted...]
-    <w:sectPr w:rsidR="00426D0C" w:rsidRPr="001C27E1">
+        <w:t>шахма</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тного клуба «Белая ладья»</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00426D0C" w:rsidRPr="00E20929">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A76E0"/>
     <w:rsid w:val="000F09C2"/>
-    <w:rsid w:val="001C27E1"/>
     <w:rsid w:val="003A76E0"/>
     <w:rsid w:val="00426D0C"/>
     <w:rsid w:val="004B1FD2"/>
     <w:rsid w:val="005B0B8B"/>
     <w:rsid w:val="007561A3"/>
-    <w:rsid w:val="007E30D1"/>
     <w:rsid w:val="00AE099E"/>
-    <w:rsid w:val="00BD3AE2"/>
     <w:rsid w:val="00C71EEA"/>
     <w:rsid w:val="00D70E13"/>
-    <w:rsid w:val="00DF1849"/>
     <w:rsid w:val="00E20929"/>
-    <w:rsid w:val="00E35346"/>
     <w:rsid w:val="00F42D65"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-[...2 lines deleted...]
-  <w15:docId w15:val="{8ECC32B3-22FC-4F6F-9FC0-07741329D41E}"/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F42D65"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F42D65"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E20929"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -2953,58 +2697,58 @@
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F42D65"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E20929"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3250,68 +2994,68 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>163</Words>
-  <Characters>931</Characters>
+  <Words>160</Words>
+  <Characters>915</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1092</CharactersWithSpaces>
+  <CharactersWithSpaces>1073</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь Windows</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>