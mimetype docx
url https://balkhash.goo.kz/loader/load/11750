--- v0 (2025-12-15)
+++ v1 (2025-12-17)
@@ -1,436 +1,342 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:body>
-    <w:p w14:paraId="2F556A7D" w14:textId="6CFA4028" w:rsidR="00C82E1D" w:rsidRPr="004D1604" w:rsidRDefault="00461540" w:rsidP="00B47A15">
+    <w:p w14:paraId="2F556A7D" w14:textId="188B1168" w:rsidR="00C82E1D" w:rsidRPr="004D1604" w:rsidRDefault="004D1604" w:rsidP="009E0866">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00461540">
-[...21 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ЕНТ</w:t>
+        <w:t>Қаңтар айының ҰБТ-ы</w:t>
       </w:r>
-      <w:r w:rsidRPr="00461540">
+      <w:r w:rsidR="00D7227E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> қортындысы</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...23 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="542"/>
         <w:gridCol w:w="2685"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="1799"/>
         <w:gridCol w:w="1822"/>
         <w:gridCol w:w="2182"/>
         <w:gridCol w:w="2408"/>
         <w:gridCol w:w="2192"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CF533F" w:rsidRPr="00B47A15" w14:paraId="09D2A30F" w14:textId="40140350" w:rsidTr="00C67FA0">
         <w:trPr>
           <w:trHeight w:val="220"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AE2FAEC" w14:textId="77777777" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70C134CE" w14:textId="77777777" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
-[...12 lines deleted...]
-              <w:t>ФИО</w:t>
+          <w:p w14:paraId="70C134CE" w14:textId="7C45BC50" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="009E0866" w:rsidP="00B47A15">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аты-жөні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F13B374" w14:textId="7F106790" w:rsidR="00CF533F" w:rsidRPr="00C67FA0" w:rsidRDefault="00461540" w:rsidP="00B47A15">
+          <w:p w14:paraId="3F13B374" w14:textId="48F0AFD6" w:rsidR="00CF533F" w:rsidRPr="00C67FA0" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00B47A15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Матем сауат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 15</w:t>
+            </w:r>
+            <w:r w:rsidR="00C67FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1799" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71D84347" w14:textId="291E4834" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00461540" w:rsidP="00B47A15">
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="71D84347" w14:textId="722AC437" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47A15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу сауат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 20 б</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1822" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1099E857" w14:textId="2DE0DB57" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47A15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз.тарих</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 15 б</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2182" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B731AA8" w14:textId="549682DA" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47A15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1 пән</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4</w:t>
+            </w:r>
+            <w:r w:rsidR="00895F4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00C67FA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...83 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2408" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04BB2D25" w14:textId="5B5503ED" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B47A15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2 пән</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> 4</w:t>
             </w:r>
             <w:r w:rsidR="00895F4F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00C67FA0">
-[...57 lines deleted...]
-            <w:r w:rsidR="00CF533F">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2192" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5ACFDB18" w14:textId="36D45F67" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00461540" w:rsidP="00B47A15">
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="5ACFDB18" w14:textId="1B287331" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
             <w:r w:rsidR="00C67FA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00811A96">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00D4186A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
             <w:r w:rsidR="00811A96">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
@@ -455,65 +361,56 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D93B725" w14:textId="07184B76" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> Ақерке </w:t>
+            <w:r w:rsidRPr="00B47A15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Абдуалиева Ақерке </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26E6060C" w14:textId="6982ECA0" w:rsidR="00CF533F" w:rsidRPr="00026B17" w:rsidRDefault="005F37AE" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -540,124 +437,85 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1822" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57BF2D17" w14:textId="64D8EAE6" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="005F37AE" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C31B3BB" w14:textId="6544669A" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00461540" w:rsidP="00B47A15">
-[...44 lines deleted...]
-              <w:t>12</w:t>
+          <w:p w14:paraId="5C31B3BB" w14:textId="04D07B6A" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="005F37AE" w:rsidP="00B47A15">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>д/ж тарих 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="215636FC" w14:textId="26F5D192" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00461540" w:rsidP="00B47A15">
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> 16</w:t>
+          <w:p w14:paraId="215636FC" w14:textId="59675AB0" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="005F37AE" w:rsidP="00B47A15">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Құқық 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2192" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="09090FB1" w14:textId="742F7828" w:rsidR="00CF533F" w:rsidRPr="00811A96" w:rsidRDefault="005F37AE" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>59</w:t>
@@ -681,67 +539,59 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C3F4CFC" w14:textId="0B9B46BE" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Бурибаев</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Бурибаев Олжас</w:t>
+            </w:r>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53795FF9" w14:textId="7E3F2236" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="004D1604" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
@@ -771,131 +621,85 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1822" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C0BDEE4" w14:textId="57105C04" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="004D1604" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E72A0C8" w14:textId="3253BF93" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00461540" w:rsidP="00B47A15">
-[...51 lines deleted...]
-              <w:t>7</w:t>
+          <w:p w14:paraId="0E72A0C8" w14:textId="1C603C61" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="004D1604" w:rsidP="00B47A15">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>д/ж тарих 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17676FAC" w14:textId="7057AD76" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00461540" w:rsidP="00B47A15">
-[...19 lines deleted...]
-              <w:t>15</w:t>
+          <w:p w14:paraId="17676FAC" w14:textId="0D5071D4" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="004D1604" w:rsidP="00B47A15">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Құқық 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2192" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="45800F69" w14:textId="3B034091" w:rsidR="00CF533F" w:rsidRPr="00811A96" w:rsidRDefault="004D1604" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>59</w:t>
@@ -920,162 +724,140 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006761D3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F57CE2D" w14:textId="55B372D0" w:rsidR="00CF533F" w:rsidRPr="006761D3" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk97019175"/>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006761D3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Жаксибеков</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Жаксибеков Мади</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="568D6498" w14:textId="6E7EAA9B" w:rsidR="00CF533F" w:rsidRPr="006761D3" w:rsidRDefault="005F37AE" w:rsidP="00B47A15">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="006761D3">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="568D6498" w14:textId="6E7EAA9B" w:rsidR="00CF533F" w:rsidRPr="006761D3" w:rsidRDefault="005F37AE" w:rsidP="00B47A15">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="095909AB" w14:textId="0C63E19D" w:rsidR="00CF533F" w:rsidRPr="006761D3" w:rsidRDefault="005F37AE" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006761D3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="095909AB" w14:textId="0C63E19D" w:rsidR="00CF533F" w:rsidRPr="006761D3" w:rsidRDefault="005F37AE" w:rsidP="00B47A15">
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1822" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="706DC895" w14:textId="6ED30DB0" w:rsidR="00CF533F" w:rsidRPr="006761D3" w:rsidRDefault="005F37AE" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006761D3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>8</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="706DC895" w14:textId="6ED30DB0" w:rsidR="00CF533F" w:rsidRPr="006761D3" w:rsidRDefault="005F37AE" w:rsidP="00B47A15">
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2182" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EB4E4A7" w14:textId="0A3BBE36" w:rsidR="00CF533F" w:rsidRPr="006761D3" w:rsidRDefault="005F37AE" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006761D3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...34 lines deleted...]
-              <w:t>7</w:t>
+              <w:t>Матем 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E5E931D" w14:textId="6803ECF8" w:rsidR="00CF533F" w:rsidRPr="006761D3" w:rsidRDefault="005F37AE" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006761D3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Физика 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1129,72 +911,56 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46FAFB14" w14:textId="1740D542" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Жанғазы</w:t>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Жанғазы Балсая</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="257EFAC5" w14:textId="03902BF9" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="004D1604" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1322,72 +1088,56 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4554FA9B" w14:textId="49BE6F84" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Жаниева</w:t>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Жаниева Бағжан</w:t>
+            </w:r>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="681EDC54" w14:textId="57E34F77" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1501,65 +1251,56 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21FD79EC" w14:textId="1FAFA880" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Hlk97019186"/>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> Гүлім </w:t>
+            <w:r w:rsidRPr="00B47A15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жарылгапберген Гүлім </w:t>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="143B20F6" w14:textId="7B5DFE23" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="005F37AE" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1608,78 +1349,64 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="181C630C" w14:textId="61B9A0A5" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="005F37AE" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>География 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E708B28" w14:textId="60440BE4" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="005F37AE" w:rsidP="00B47A15">
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> 10</w:t>
+          <w:p w14:paraId="5E708B28" w14:textId="00BB9D23" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="005F37AE" w:rsidP="00B47A15">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Матем 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2192" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="72BF44F1" w14:textId="52C243B9" w:rsidR="00CF533F" w:rsidRPr="00811A96" w:rsidRDefault="005F37AE" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>48</w:t>
@@ -1879,81 +1606,56 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29E4D88E" w14:textId="00068631" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...29 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00B47A15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Касымова Алтынгуль </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4B549950" w14:textId="4259F087" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00FF1F5F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2081,75 +1783,57 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2010DF6C" w14:textId="7EC9DF62" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Какенова</w:t>
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Какенова Аружан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4257E449" w14:textId="43A8E316" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1799" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40DDAB3F" w14:textId="607C79F4" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00FF1F5F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2255,79 +1939,63 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59DF59CC" w14:textId="16ABD91C" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Канагат</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Канагат Арайлым</w:t>
+            </w:r>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6884BDB9" w14:textId="2122B654" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="005F026A" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -2353,133 +2021,85 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1822" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75FA5FA0" w14:textId="4F471A8C" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="005F026A" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21336D38" w14:textId="4B05FD30" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00461540" w:rsidP="00B47A15">
-[...28 lines deleted...]
-              <w:t>7</w:t>
+          <w:p w14:paraId="21336D38" w14:textId="6E0FC6C6" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="005F026A" w:rsidP="00B47A15">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ағылшын 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C390B23" w14:textId="58B2C0D4" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00461540" w:rsidP="00B47A15">
-[...44 lines deleted...]
-              <w:t>10</w:t>
+          <w:p w14:paraId="4C390B23" w14:textId="154DDFF1" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="005F026A" w:rsidP="00B47A15">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>д/ж тарих 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2192" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F93EF65" w14:textId="54FB522D" w:rsidR="00CF533F" w:rsidRPr="00811A96" w:rsidRDefault="005F026A" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>50</w:t>
@@ -2502,65 +2122,56 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D3CF2A6" w14:textId="0B445F69" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Кудушева</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> Дильназ </w:t>
+              <w:t xml:space="preserve">Кудушева Дильназ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16358C05" w14:textId="0F51803C" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="006B0323" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2587,113 +2198,85 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1822" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0DF87709" w14:textId="4BAAAEA4" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="006B0323" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FFB4F17" w14:textId="3EF0A188" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="006B0323" w:rsidP="00B47A15">
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> 16</w:t>
+          <w:p w14:paraId="0FFB4F17" w14:textId="0FF4EDE7" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="006B0323" w:rsidP="00B47A15">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Матем 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49927DC1" w14:textId="1E01CC5F" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="006B0323" w:rsidP="00B47A15">
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> 18</w:t>
+          <w:p w14:paraId="49927DC1" w14:textId="347E8280" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="006B0323" w:rsidP="00B47A15">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Географ 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2192" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C92E581" w14:textId="1640DF51" w:rsidR="00CF533F" w:rsidRPr="00811A96" w:rsidRDefault="00FF1F5F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>65</w:t>
@@ -2716,65 +2299,56 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4FC68E33" w14:textId="16C58B23" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Касымова</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> Аяулым </w:t>
+              <w:t xml:space="preserve">Касымова Аяулым </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F4A2CCC" w14:textId="74613E1A" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="006B0323" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2801,113 +2375,85 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1822" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7DD4C908" w14:textId="24702553" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="006B0323" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67313389" w14:textId="4777EAFE" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="006B0323" w:rsidP="00B47A15">
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> 17</w:t>
+          <w:p w14:paraId="67313389" w14:textId="40E6A78A" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="006B0323" w:rsidP="00B47A15">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Матем 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A8FD0CF" w14:textId="0E0CD176" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="006B0323" w:rsidP="00B47A15">
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> 20</w:t>
+          <w:p w14:paraId="5A8FD0CF" w14:textId="63FE2095" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="006B0323" w:rsidP="00B47A15">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Географ 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2192" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A9A67FC" w14:textId="3454E0A6" w:rsidR="00CF533F" w:rsidRPr="00811A96" w:rsidRDefault="006B0323" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>72</w:t>
@@ -2930,65 +2476,56 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="706AEB8F" w14:textId="33B9D8F2" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> Айтолқын </w:t>
+            <w:r w:rsidRPr="00B47A15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Несипбаева Айтолқын </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50DBB074" w14:textId="31FE5961" w:rsidR="00CF533F" w:rsidRPr="0046460C" w:rsidRDefault="00FF1F5F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -3130,75 +2667,57 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="599FA542" w14:textId="1DAAFC9A" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B47A15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Нургалиева Толганай</w:t>
+            </w:r>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C93BCC0" w14:textId="1DEA1C37" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3319,81 +2838,56 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6FE3A73F" w14:textId="0DDBBB1E" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="_Hlk97019209"/>
-            <w:proofErr w:type="spellStart"/>
-[...29 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00B47A15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Нагизбаев Ернур </w:t>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B94046A" w14:textId="7EF7B073" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1799" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="487A18F8" w14:textId="4CBC6B05" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="004D1604" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
@@ -3501,75 +2995,57 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6AD88896" w14:textId="360231C8" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B47A15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Моделханова Жаннур</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0FFCE0E6" w14:textId="6A04D527" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="005F37AE" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3704,63 +3180,55 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D81ECC0" w14:textId="0A4E672C" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="_Hlk97019219"/>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Мұхамбетжанов</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> Алишер</w:t>
+              <w:t>Мұхамбетжанов Алишер</w:t>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C642DF5" w14:textId="0F2B886C" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="004D1604" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3902,67 +3370,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D31CAE7" w14:textId="25928161" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="4" w:name="_Hlk97019226"/>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Сатыбалды </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Сатыбалды Мади </w:t>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A41F81A" w14:textId="250B1D94" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="005A20F6" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3990,78 +3442,64 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1822" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5636EE82" w14:textId="2709CEE7" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="005A20F6" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1468DC87" w14:textId="66C37511" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="005A20F6" w:rsidP="00B47A15">
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> 10</w:t>
+          <w:p w14:paraId="1468DC87" w14:textId="18E0DB66" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="005A20F6" w:rsidP="00B47A15">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Матем 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="74AB22B1" w14:textId="5DDE61F8" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="005A20F6" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Физика 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4105,81 +3543,56 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="46567A2D" w14:textId="679274AE" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Сатибек</w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Сатибек Амина </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E99F3A0" w14:textId="01AD0254" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="005F37AE" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4311,63 +3724,55 @@
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58B9FACE" w14:textId="78FFBEA2" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">Сыздыкова </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Сыздыкова Гүлбар</w:t>
+            </w:r>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="71D78A73" w14:textId="72658974" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00FF1F5F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
@@ -4412,65 +3817,56 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00FF1F5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="089EE498" w14:textId="1FA69790" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00FF1F5F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> 28</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Матем 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="336351D3" w14:textId="5A6F1A80" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00FF1F5F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Физика 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4521,81 +3917,65 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
           <w:p w14:paraId="2DC2041B" w14:textId="6FC4AD0E" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="5" w:name="_Hlk97019364"/>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Совет </w:t>
-[...7 lines deleted...]
-              <w:t>М</w:t>
+              <w:t>Совет М</w:t>
             </w:r>
             <w:r w:rsidR="006761D3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ұ</w:t>
             </w:r>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>хаммадрасул</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">хаммадрасул </w:t>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
           <w:p w14:paraId="072444F9" w14:textId="23DD305E" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="004D1604" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
@@ -4627,78 +4007,64 @@
             <w:tcW w:w="1822" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
           <w:p w14:paraId="047E5464" w14:textId="5D82D4C2" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="004D1604" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="7D7833E0" w14:textId="2A7D72B3" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="004D1604" w:rsidP="00B47A15">
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> 31</w:t>
+          <w:p w14:paraId="7D7833E0" w14:textId="1F99FF10" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="004D1604" w:rsidP="00B47A15">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Матем 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
           <w:p w14:paraId="2F3DC02E" w14:textId="3E5B8622" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="004D1604" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Физика 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4746,59 +4112,57 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10185EB3" w14:textId="77777777" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="6" w:name="_Hlk97019236"/>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сагатбек</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> Динара</w:t>
             </w:r>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11F5BD24" w14:textId="170EA68B" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="006B0323" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4838,78 +4202,64 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1822" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A630EE3" w14:textId="048647C0" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="006B0323" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="353EEF23" w14:textId="1E31FEAB" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="006B0323" w:rsidP="00B47A15">
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> 14</w:t>
+          <w:p w14:paraId="353EEF23" w14:textId="442E3F55" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="006B0323" w:rsidP="00B47A15">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Матем 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A8A7DC1" w14:textId="18C658DE" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="006B0323" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Физика 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4955,65 +4305,56 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47A15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2685" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2FFD5322" w14:textId="08ED3663" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="00CF533F" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="7" w:name="_Hlk97019244"/>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> Хаким </w:t>
+            <w:r w:rsidRPr="00B47A15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тюльбаев Хаким </w:t>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="246B17EB" w14:textId="260F132F" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="005F37AE" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5041,87 +4382,64 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1822" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D667934" w14:textId="1064EBA4" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="005F37AE" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F44AE1D" w14:textId="3A0B3D83" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="005F37AE" w:rsidP="00B47A15">
-[...35 lines deleted...]
-              <w:t>5</w:t>
+          <w:p w14:paraId="0F44AE1D" w14:textId="3B337167" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="005F37AE" w:rsidP="00B47A15">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Матем 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="325C7270" w14:textId="1BA57560" w:rsidR="00CF533F" w:rsidRPr="00B47A15" w:rsidRDefault="005F37AE" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>География 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -5221,87 +4539,87 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="74A92041" w14:textId="77777777" w:rsidR="00811A96" w:rsidRDefault="00811A96" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17475893" w14:textId="5BC130BD" w:rsidR="005A20F6" w:rsidRPr="005A20F6" w:rsidRDefault="00461540" w:rsidP="00B47A15">
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="3B5ADB97" w14:textId="4D45CDAE" w:rsidR="00FF2623" w:rsidRDefault="005A20F6" w:rsidP="00B47A15">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Шығармашылықпен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17475893" w14:textId="2EAF769D" w:rsidR="005A20F6" w:rsidRPr="005A20F6" w:rsidRDefault="00C67FA0" w:rsidP="00B47A15">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ш</w:t>
+            </w:r>
+            <w:r w:rsidR="005A20F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ығармашылықсыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2192" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AA2A053" w14:textId="1ACB5005" w:rsidR="00477CBF" w:rsidRDefault="005A20F6" w:rsidP="00B47A15">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>52,5</w:t>
@@ -5377,88 +4695,87 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:zoom w:percent="112"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00512BEB"/>
     <w:rsid w:val="00026B17"/>
     <w:rsid w:val="00093D0F"/>
     <w:rsid w:val="001224DD"/>
     <w:rsid w:val="00123FA0"/>
     <w:rsid w:val="001733E6"/>
     <w:rsid w:val="00455027"/>
-    <w:rsid w:val="00461540"/>
     <w:rsid w:val="0046460C"/>
     <w:rsid w:val="00477CBF"/>
     <w:rsid w:val="0049080D"/>
     <w:rsid w:val="00491E8A"/>
     <w:rsid w:val="004D1604"/>
     <w:rsid w:val="004D3841"/>
     <w:rsid w:val="005012C8"/>
     <w:rsid w:val="00512BEB"/>
     <w:rsid w:val="005A20F6"/>
     <w:rsid w:val="005F026A"/>
     <w:rsid w:val="005F37AE"/>
     <w:rsid w:val="006761D3"/>
     <w:rsid w:val="006B0323"/>
     <w:rsid w:val="007116B4"/>
     <w:rsid w:val="007573A3"/>
     <w:rsid w:val="00793301"/>
     <w:rsid w:val="00811A96"/>
     <w:rsid w:val="00895F4F"/>
     <w:rsid w:val="009363EA"/>
+    <w:rsid w:val="009E0866"/>
     <w:rsid w:val="00A6456B"/>
     <w:rsid w:val="00B41241"/>
     <w:rsid w:val="00B47A15"/>
     <w:rsid w:val="00C67FA0"/>
     <w:rsid w:val="00C82E1D"/>
     <w:rsid w:val="00CF533F"/>
     <w:rsid w:val="00D4186A"/>
     <w:rsid w:val="00D44E86"/>
     <w:rsid w:val="00D7227E"/>
     <w:rsid w:val="00E208F6"/>
     <w:rsid w:val="00F75C48"/>
     <w:rsid w:val="00FF1F5F"/>
     <w:rsid w:val="00FF2623"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -6208,70 +5525,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E9C1868-EDFF-40B4-A595-0AF2427C6CCA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>202</Words>
-  <Characters>1152</Characters>
+  <Words>194</Words>
+  <Characters>1107</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1352</CharactersWithSpaces>
+  <CharactersWithSpaces>1299</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Дина</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>